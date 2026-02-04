--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,1314 +1,395 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0056135E" w:rsidRPr="0056135E" w:rsidRDefault="00302A3D" w:rsidP="0056135E">
+    <w:p w:rsidR="00C564AA" w:rsidRPr="00871A37" w:rsidRDefault="00302A3D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                   </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0056135E" w:rsidRPr="0056135E">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidR="00251248" w:rsidRPr="00871A37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Өткізілген</w:t>
-[...80 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Справка о проведенной  лекции </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0056135E" w:rsidRPr="0056135E" w:rsidRDefault="0056135E" w:rsidP="0056135E">
+    <w:p w:rsidR="00251248" w:rsidRPr="00871A37" w:rsidRDefault="00251248">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0056135E">
+      <w:r w:rsidRPr="00302A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00871A37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Өткізу</w:t>
-[...117 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>: 28  ноября  2018  года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B06765" w:rsidRDefault="0056135E" w:rsidP="0056135E">
+    <w:p w:rsidR="00251248" w:rsidRPr="00871A37" w:rsidRDefault="00251248">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0056135E">
+      <w:r w:rsidRPr="00302A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Классы: 7-8  классы</w:t>
+      </w:r>
+      <w:r w:rsidR="00302A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00871A37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2018 </w:t>
+        <w:t xml:space="preserve"> ( мальчики)</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0056135E">
+    </w:p>
+    <w:p w:rsidR="00B06765" w:rsidRDefault="00871A37">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жылдың</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0056135E">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 28 </w:t>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0056135E">
+      <w:r w:rsidR="00302A3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қарашасында</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0056135E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A30105" w:rsidRPr="00302A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С целью </w:t>
+      </w:r>
+      <w:r w:rsidR="005D69AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профилактики   употребления насвая </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A30105" w:rsidRPr="00302A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00203C8D" w:rsidRPr="00302A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00251248" w:rsidRPr="00302A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28  ноября   2018   года   школьным инспектором  </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7A6F" w:rsidRPr="00302A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Секебаевым   Ж. Б.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00613B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7A6F" w:rsidRPr="00302A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  социальным педагогом   Бейсекеевой  З.Р.    среди   мальчиков 7-8 классо</w:t>
+      </w:r>
+      <w:r w:rsidR="00302A3D" w:rsidRPr="00302A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в   проведена  профилактическая   лекция. В ходе лекции  </w:t>
+      </w:r>
+      <w:r w:rsidR="00613B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учащимся </w:t>
+      </w:r>
+      <w:r w:rsidR="005D69AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   пояснено  о том, что</w:t>
+      </w:r>
+      <w:r w:rsidR="00302A3D" w:rsidRPr="00302A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  данный  </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB353A" w:rsidRPr="00302A3D">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>продукт может вызвать рак ротовой полости, язвы желудка, гниение зубов, никотиновую зависимость, задержку в умственном развитии и др</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB353A" w:rsidRPr="00302A3D">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00302A3D" w:rsidRPr="00302A3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0056135E">
+      <w:r w:rsidR="00302A3D" w:rsidRPr="00302A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ч</w:t>
+      </w:r>
+      <w:r w:rsidR="00302A3D" w:rsidRPr="00302A3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>мектеп</w:t>
+        <w:t>то при изготовлении насвая используют табак и гашеная известь или куриный помет</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0056135E">
+      <w:r w:rsidR="00972577">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00302A3D" w:rsidRPr="00302A3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> инспекторы Ж. Б. </w:t>
+        <w:t>специи для смягчению вкуса, а иногда и клей.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0056135E">
+      <w:r w:rsidR="00B00B61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Секебаев</w:t>
+        <w:t>В конце лекции  организован  просмотр  вилеороликов</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0056135E">
+      <w:r w:rsidR="00A93C5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> и были розданы  брошюры. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0056135E">
+      <w:r w:rsidR="00437CC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...899 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00B06765">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51F2C9B0" wp14:editId="6A303602">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5924550" cy="3952875"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Зере\Desktop\IMG_9570.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\IMG_9570.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
@@ -1320,51 +401,51 @@
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00B06765">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5694D918" wp14:editId="27595CEA">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5924550" cy="3952875"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\Зере\Desktop\IMG_9574.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\IMG_9574.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
@@ -1375,51 +456,51 @@
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00B06765">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A4E45C4" wp14:editId="17D731FE">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5924550" cy="3952875"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Рисунок 5" descr="C:\Users\Зере\Desktop\IMG_9579.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Зере\Desktop\IMG_9579.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
@@ -3650,51 +2731,50 @@
     <w:rsid w:val="00554349"/>
     <w:rsid w:val="0055478D"/>
     <w:rsid w:val="005548D2"/>
     <w:rsid w:val="00554927"/>
     <w:rsid w:val="00554B85"/>
     <w:rsid w:val="0055524E"/>
     <w:rsid w:val="00555588"/>
     <w:rsid w:val="00555D67"/>
     <w:rsid w:val="005569DC"/>
     <w:rsid w:val="00556AE0"/>
     <w:rsid w:val="00556BE6"/>
     <w:rsid w:val="00556D0A"/>
     <w:rsid w:val="00556E6C"/>
     <w:rsid w:val="00556F42"/>
     <w:rsid w:val="005579C8"/>
     <w:rsid w:val="00557FD0"/>
     <w:rsid w:val="005604C7"/>
     <w:rsid w:val="0056071A"/>
     <w:rsid w:val="00560854"/>
     <w:rsid w:val="00560911"/>
     <w:rsid w:val="00560921"/>
     <w:rsid w:val="00560927"/>
     <w:rsid w:val="00560C64"/>
     <w:rsid w:val="00560DD8"/>
     <w:rsid w:val="00561138"/>
-    <w:rsid w:val="0056135E"/>
     <w:rsid w:val="00561632"/>
     <w:rsid w:val="005616EB"/>
     <w:rsid w:val="00561738"/>
     <w:rsid w:val="00561C1B"/>
     <w:rsid w:val="00562242"/>
     <w:rsid w:val="00562637"/>
     <w:rsid w:val="00563D33"/>
     <w:rsid w:val="005645BE"/>
     <w:rsid w:val="005647C4"/>
     <w:rsid w:val="005649EF"/>
     <w:rsid w:val="005651ED"/>
     <w:rsid w:val="00565700"/>
     <w:rsid w:val="00565AF6"/>
     <w:rsid w:val="00565B22"/>
     <w:rsid w:val="00565FA7"/>
     <w:rsid w:val="005661CC"/>
     <w:rsid w:val="0056707F"/>
     <w:rsid w:val="00567659"/>
     <w:rsid w:val="005705D0"/>
     <w:rsid w:val="00570CE2"/>
     <w:rsid w:val="00570D1A"/>
     <w:rsid w:val="0057111F"/>
     <w:rsid w:val="00571944"/>
     <w:rsid w:val="005720AF"/>
     <w:rsid w:val="0057264F"/>
@@ -8885,66 +7965,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>98</Words>
-  <Characters>564</Characters>
+  <Words>116</Words>
+  <Characters>667</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>661</CharactersWithSpaces>
+  <CharactersWithSpaces>782</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>