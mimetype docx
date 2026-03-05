--- v0 (2025-12-09)
+++ v1 (2026-03-05)
@@ -1,2222 +1,349 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00147830" w:rsidRPr="00147830" w:rsidRDefault="00147830" w:rsidP="00147830">
+    <w:p w:rsidR="001812E3" w:rsidRPr="00BB644B" w:rsidRDefault="00D62AFD" w:rsidP="00BB644B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...134 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26 ноября 2018 года </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>состояли</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сь торжественные общешкольные линейки, посвященные Дню Первого Президента Республики Казахстан.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00147830" w:rsidRPr="00147830" w:rsidRDefault="00147830" w:rsidP="00147830">
+    <w:p w:rsidR="00D62AFD" w:rsidRPr="00BB644B" w:rsidRDefault="00D62AFD" w:rsidP="00BB644B">
       <w:pPr>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учащихся 6</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D62AFD" w:rsidRPr="00BB644B" w:rsidRDefault="00D62AFD" w:rsidP="00BB644B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тутаева Анастасия, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Осипова Алин</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а, Марков Данил, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Искакова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Диана, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гужавина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нина, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Рахимбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Асел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Могильная Лера, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пришутова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Соня – рассказали о значимости</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> этого праздника для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>казахстанцев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, а так</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">же о вкладе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Н.А.Назарбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в развитие </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нашей огромной страны на протяжении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нескольких десятилетий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D62AFD" w:rsidRPr="00BB644B" w:rsidRDefault="00D62AFD" w:rsidP="00BB644B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Как много за эти годы было сделано нашим руководителем! Надо было доказать всему миру, что мы не только базовая страна с многомиллионными запасами ресурсов, такими как нефть, золото, газ. Нам необходимо было возрождать своё </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB644B" w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">духовное наследие, культуру, чтобы Родина крепла и закалялась на своих истоках, корнях, чтобы люди, живущие и поднимающие страну, могли уверенно смотреть в будущее. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB644B" w:rsidRPr="00BB644B" w:rsidRDefault="00BB644B" w:rsidP="00BB644B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Межнациональная стабильность в стране – одна из главных его заслуг. У нас проживает свыше ста сорока национальностей, но все мы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дружны</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00147830">
-[...41 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00BB644B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> между собой. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147830" w:rsidRPr="00147830" w:rsidRDefault="00147830" w:rsidP="00147830">
-[...1969 lines deleted...]
-    <w:sectPr w:rsidR="00BB644B" w:rsidRPr="00147830">
+    <w:sectPr w:rsidR="00BB644B" w:rsidRPr="00BB644B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2283,51 +410,50 @@
     <w:rsid w:val="000E184B"/>
     <w:rsid w:val="000E2611"/>
     <w:rsid w:val="000E7798"/>
     <w:rsid w:val="000E77E3"/>
     <w:rsid w:val="000E7E04"/>
     <w:rsid w:val="000F3BB1"/>
     <w:rsid w:val="000F787E"/>
     <w:rsid w:val="00102451"/>
     <w:rsid w:val="00105597"/>
     <w:rsid w:val="00107111"/>
     <w:rsid w:val="00111530"/>
     <w:rsid w:val="00111D71"/>
     <w:rsid w:val="00114349"/>
     <w:rsid w:val="00115186"/>
     <w:rsid w:val="00115F76"/>
     <w:rsid w:val="0011776F"/>
     <w:rsid w:val="001224E3"/>
     <w:rsid w:val="001228F7"/>
     <w:rsid w:val="00130010"/>
     <w:rsid w:val="001345CA"/>
     <w:rsid w:val="00141913"/>
     <w:rsid w:val="001419E6"/>
     <w:rsid w:val="00141C2A"/>
     <w:rsid w:val="00142AB1"/>
     <w:rsid w:val="00142BB8"/>
-    <w:rsid w:val="00147830"/>
     <w:rsid w:val="001627E9"/>
     <w:rsid w:val="001639A5"/>
     <w:rsid w:val="00170CF2"/>
     <w:rsid w:val="001745CC"/>
     <w:rsid w:val="00175930"/>
     <w:rsid w:val="00175932"/>
     <w:rsid w:val="001812E3"/>
     <w:rsid w:val="00184CBB"/>
     <w:rsid w:val="00186CBB"/>
     <w:rsid w:val="001939EB"/>
     <w:rsid w:val="00196580"/>
     <w:rsid w:val="00197309"/>
     <w:rsid w:val="001A6239"/>
     <w:rsid w:val="001A769C"/>
     <w:rsid w:val="001B5C43"/>
     <w:rsid w:val="001C28EE"/>
     <w:rsid w:val="001D0FDD"/>
     <w:rsid w:val="001D144A"/>
     <w:rsid w:val="001D1C9C"/>
     <w:rsid w:val="001D66DE"/>
     <w:rsid w:val="001E009E"/>
     <w:rsid w:val="001E01AE"/>
     <w:rsid w:val="001E6623"/>
     <w:rsid w:val="001E6F93"/>
     <w:rsid w:val="001F09DC"/>
@@ -2550,51 +676,50 @@
     <w:rsid w:val="007B2BAF"/>
     <w:rsid w:val="007B6E40"/>
     <w:rsid w:val="007B7A57"/>
     <w:rsid w:val="007C110B"/>
     <w:rsid w:val="007C165C"/>
     <w:rsid w:val="007D3385"/>
     <w:rsid w:val="007D4720"/>
     <w:rsid w:val="007D49B8"/>
     <w:rsid w:val="007E1197"/>
     <w:rsid w:val="007E6DDE"/>
     <w:rsid w:val="007E7522"/>
     <w:rsid w:val="007F05A2"/>
     <w:rsid w:val="007F0B8E"/>
     <w:rsid w:val="007F2A0B"/>
     <w:rsid w:val="007F540D"/>
     <w:rsid w:val="007F5E20"/>
     <w:rsid w:val="00801597"/>
     <w:rsid w:val="00802BD6"/>
     <w:rsid w:val="008055D2"/>
     <w:rsid w:val="00814A6C"/>
     <w:rsid w:val="00814E45"/>
     <w:rsid w:val="00815D23"/>
     <w:rsid w:val="0081669C"/>
     <w:rsid w:val="0082320B"/>
     <w:rsid w:val="00824685"/>
-    <w:rsid w:val="00825190"/>
     <w:rsid w:val="00843238"/>
     <w:rsid w:val="0084589E"/>
     <w:rsid w:val="00845E8E"/>
     <w:rsid w:val="00850B14"/>
     <w:rsid w:val="008516E0"/>
     <w:rsid w:val="00857EDF"/>
     <w:rsid w:val="00866101"/>
     <w:rsid w:val="00866181"/>
     <w:rsid w:val="00866CC2"/>
     <w:rsid w:val="008715F1"/>
     <w:rsid w:val="00873FD3"/>
     <w:rsid w:val="00874426"/>
     <w:rsid w:val="0087781F"/>
     <w:rsid w:val="008812D4"/>
     <w:rsid w:val="00881F3B"/>
     <w:rsid w:val="008828BB"/>
     <w:rsid w:val="0089516F"/>
     <w:rsid w:val="00895B36"/>
     <w:rsid w:val="00896B41"/>
     <w:rsid w:val="00896EA2"/>
     <w:rsid w:val="008A4A47"/>
     <w:rsid w:val="008A7D33"/>
     <w:rsid w:val="008B21BD"/>
     <w:rsid w:val="008B356F"/>
     <w:rsid w:val="008B385B"/>
@@ -4638,65 +2763,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>140</Words>
-  <Characters>798</Characters>
+  <Words>145</Words>
+  <Characters>830</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>937</CharactersWithSpaces>
+  <CharactersWithSpaces>974</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>АДМИН 19</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>