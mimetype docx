--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -1,506 +1,329 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="003670F6" w:rsidRDefault="00794192" w:rsidP="00794192">
-[...245 lines deleted...]
-    <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t>И</w:t>
       </w:r>
       <w:r w:rsidRPr="00794192">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">нновационный учитель - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> качественное образование</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00794192" w:rsidRPr="00794192" w:rsidRDefault="00794192" w:rsidP="00794192">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан «Об образовании», «Основная цель системы образования на основе национальных и общечеловеческих ценностей, достижений науки и практики, а также улучшить профессиональные навыки формирования людей: внедрение новых технологий для создания необходимых условий для получения образования, образования, информации, международного, глобального, доступ к сетям связи "будет рассматриваться как дальнейшее развитие системы образования. Чтобы решить эти проблемы, необходимо пройти все новости и реконструкции, новый опыт, имеющий решающее значение для изменений, и новые отношения через ежедневные поиски школьного персонала, каждого учителя.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00794192" w:rsidRPr="00794192" w:rsidRDefault="00794192" w:rsidP="00794192">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794192">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Закон Республики Казахстан «Об образовании», «Основная цель системы образования на основе национальных и общечеловеческих ценностей, достижений науки и практики, а также улучшить профессиональные навыки формирования людей: внедрение новых технологий для создания необходимых условий для получения образования, образования, информации, международного, глобального, доступ к сетям связи "будет рассматриваться как дальнейшее развитие системы образования. Чтобы решить эти проблемы, необходимо пройти все новости и реконструкции, новый опыт, имеющий решающее значение для изменений, и новые отношения через ежедневные поиски школьного персонала, каждого учителя.</w:t>
+        <w:t>Сегодняшняя цель - предоставить студентам основы фундаментальных знаний и культуры и создать благоприятные условия для их всестороннего развития.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00794192" w:rsidRPr="00794192" w:rsidRDefault="00794192" w:rsidP="00794192">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794192">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Сегодняшняя цель - предоставить студентам основы фундаментальных знаний и культуры и создать благоприятные условия для их всестороннего развития.</w:t>
+        <w:t xml:space="preserve">Глава нашего государства Н.А. Назарбаев </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Назарбаев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> требует особого внимания к функциональной грамотности молодого поколения, говоря: «Чтобы стать развитым, конкурентоспособным государством, мы должны стать нацией с высоким уровнем обучения». </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>К.Ушинский</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сказал: «Учитель - когда учитель постоянно отменяет свои знания, он перестанет учиться, и его / ее учение будет устранено». Сегодня это период радикальных изменений в содержании образования, отношения ученика и педагога и деятельности.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00794192" w:rsidRPr="00794192" w:rsidRDefault="00794192" w:rsidP="00794192">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794192">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Глава нашего государства Н.А. Назарбаев Назарбаев требует особого внимания к функциональной грамотности молодого поколения, говоря: «Чтобы стать развитым, конкурентоспособным государством, мы должны стать нацией с высоким уровнем обучения». К.Ушинский сказал: «Учитель - когда учитель постоянно отменяет свои знания, он перестанет учиться, и его / ее учение будет устранено». Сегодня это период радикальных изменений в содержании образования, отношения ученика и педагога и деятельности.</w:t>
+        <w:t xml:space="preserve">С момента обретения независимости страна уделяет особое внимание развитию науки и образования и формированию образовательного пространства. Она дружелюбная к школе среда, ее сердце - учитель. Главная обязанность учителя состоит в том, чтобы обучить студентов развитию мышления ребенка, сохранить нашу вечную Независимость в богатстве и счастье. Цель современной системы образования - подготовить конкурентоспособного специалиста. Особый подход в творчестве исследователя состоит в том, чтобы превратить предмет в сердце человека. Обучение основано на формировании функциональной грамотности учащихся посредством академических дисциплин, основанных на способности адаптироваться и адаптироваться к предмету обучения по предмету обучения на протяжении всей жизни. Только знание может сформировать конкурентного человека. Одаренный учитель К. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ушинский: «Это не увлечение, которое постепенно устраняет любопытство студента, и только обучение на основе интересов убаюкивает его или ее свободную волю», - говорит Ушинский. Поэтому каждый урок должен вводиться с использованием современных технологий современного образования, чтобы учитель мог строить хорошее образование, твердое мышление. Я считаю, что в каждом классе учителей в соответствии с возрастом необходимо использовать новые методы обучения, чтобы повысить квалификацию учеников. Чтобы повысить свою квалификацию, каждый учитель должен улучшить свои </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>профессиональные навыки и знания. Только тогда он сможет сформировать активного, образованного человека в обществе, который может развиваться и развиваться. «Обучение не только обычный уровня, он -ü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nemi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> найти новый учитель искусства,» сказал писатель -ğ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ı</w:t>
+      </w:r>
+      <w:r>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Zhusipbek</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аймауытов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сказал в прошлый раз, использование новых и оригинальных технологии в процессе обучения наших соотечественников, деятельность учителя, рациональное использование творческого поиска, это обучение играет ключевую роль в учебном процессе.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00794192" w:rsidRPr="00794192" w:rsidRDefault="00794192" w:rsidP="00794192">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794192">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">С момента обретения независимости страна уделяет особое внимание развитию науки и образования и формированию образовательного пространства. Она дружелюбная к школе среда, ее сердце - учитель. Главная обязанность учителя состоит в том, чтобы обучить студентов развитию мышления ребенка, сохранить нашу вечную Независимость в богатстве и счастье. Цель современной системы образования - подготовить конкурентоспособного специалиста. Особый подход в творчестве исследователя состоит в том, чтобы превратить предмет в сердце человека. Обучение основано на формировании функциональной грамотности учащихся посредством академических дисциплин, основанных на способности адаптироваться и адаптироваться к предмету обучения по предмету обучения на протяжении всей жизни. Только знание может сформировать конкурентного человека. Одаренный учитель К. </w:t>
-[...51 lines deleted...]
-        <w:t xml:space="preserve"> Аймауытов сказал в прошлый раз, использование новых и оригинальных технологии в процессе обучения наших соотечественников, деятельность учителя, рациональное использование творческого поиска, это обучение играет ключевую роль в учебном процессе.</w:t>
+        <w:t>21 век - столетие преподавателей. Именно поэтому каждый учитель обязан повысить качество образования, определить таланты учащихся, обучить их в соответствии со своими знаниями, умением мыслить и создавать навыки научных исследований. Учитель должен признать способности и таланты молодых людей, направлять их дальнейшее развитие и направлять их в одном направлении.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00794192" w:rsidRPr="00794192" w:rsidRDefault="00794192" w:rsidP="00794192">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794192">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>21 век - столетие преподавателей. Именно поэтому каждый учитель обязан повысить качество образования, определить таланты учащихся, обучить их в соответствии со своими знаниями, умением мыслить и создавать навыки научных исследований. Учитель должен признать способности и таланты молодых людей, направлять их дальнейшее развитие и направлять их в одном направлении.</w:t>
+        <w:t xml:space="preserve">Учитель новой формации, способный к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>саморефлексии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, пытаясь провести методологические исследования, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ï</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>dakt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ï</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>kal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ı</w:t>
+      </w:r>
+      <w:r>
+        <w:t>q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00794192">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- методической, социальную личность, характеризуется высоким уровнем коммуникативных компетенций, информации и более духовного, нравственного, гражданского, ответственного, активного, умного, творческого человека.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00794192" w:rsidRPr="00794192" w:rsidRDefault="00794192" w:rsidP="00794192">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794192">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Учитель новой формации, способный к саморефлексии, пытаясь провести методологические исследования, </w:t>
-[...47 lines deleted...]
-        </w:rPr>
         <w:t>Самое главное, что учитель учится следовать за ходом сегодняшней жизни. Настоящий учитель стремится осваивать инновационные технологии и интерактивные методы на основе новой образовательной парадигмы. Все это успех учителя, как копание инъекции, через работу, работу, поиск. В настоящее время содержание образования измеряется с точки зрения количества, а не качества. Качество образования, эффективность образования зависит от учителя профессионального уровня. Поэтому в настоящее время большое внимание уделяется образованию. Принимая во внимание решающую роль учителя в повышении содержания школьного образования, была проделана работа по повышению квалификации учителей. 33 (80%) учителей обучались на уровне повышения квалификации педагогических кадров. Обратная связь - это отношения между учителем и учеником, между учеником и учеником, между учителем и учителем. Эти работы улучшили качество преподавания и обучения в школе и внесли много изменений в образование.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192">
       <w:r>
-        <w:t>В учителе</w:t>
-      </w:r>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>учителе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:p w:rsidR="00794192" w:rsidRDefault="00794192" w:rsidP="00794192"/>
     <w:sectPr w:rsidR="00794192">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
@@ -529,91 +352,91 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC63CA"/>
     <w:rsid w:val="003670F6"/>
+    <w:rsid w:val="006E7F90"/>
     <w:rsid w:val="00794192"/>
     <w:rsid w:val="00865854"/>
     <w:rsid w:val="00CC63CA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="242B9540"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{224B9D2D-8FEE-4C56-9B1F-58D949BAFC95}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Algerian" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Algerian" w:cs="Tahoma"/>
         <w:b/>
         <w:sz w:val="1200"/>
         <w:szCs w:val="1200"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -1284,54 +1107,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2475</Words>
-  <Characters>14112</Characters>
+  <Words>740</Words>
+  <Characters>4220</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>117</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16554</CharactersWithSpaces>
+  <CharactersWithSpaces>4951</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>