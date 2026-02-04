--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,71 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00B066EC" w:rsidRDefault="00ED5CE1" w:rsidP="00E27754">
+    <w:p w:rsidR="0031003E" w:rsidRDefault="00ED5CE1" w:rsidP="00E27754">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18DCBA1F" wp14:editId="66DD0449">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-537210</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>2442210</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2856865" cy="3733800"/>
             <wp:effectExtent l="19050" t="0" r="635" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="9074" y="110"/>
                 <wp:lineTo x="7778" y="331"/>
                 <wp:lineTo x="4609" y="1543"/>
                 <wp:lineTo x="4321" y="2094"/>
                 <wp:lineTo x="2593" y="3637"/>
                 <wp:lineTo x="1296" y="5400"/>
                 <wp:lineTo x="432" y="7163"/>
                 <wp:lineTo x="-144" y="10690"/>
                 <wp:lineTo x="432" y="14216"/>
                 <wp:lineTo x="1152" y="15980"/>
                 <wp:lineTo x="2305" y="17743"/>
                 <wp:lineTo x="4321" y="19727"/>
                 <wp:lineTo x="8066" y="21269"/>
                 <wp:lineTo x="8498" y="21380"/>
@@ -90,160 +89,350 @@
                 <wp:lineTo x="21029" y="7273"/>
                 <wp:lineTo x="21029" y="7163"/>
                 <wp:lineTo x="20164" y="5400"/>
                 <wp:lineTo x="18868" y="3637"/>
                 <wp:lineTo x="17140" y="2094"/>
                 <wp:lineTo x="16996" y="1653"/>
                 <wp:lineTo x="13683" y="331"/>
                 <wp:lineTo x="12387" y="110"/>
                 <wp:lineTo x="9074" y="110"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="3" name="Рисунок 1" descr="C:\Users\Зере\Desktop\акции\2-г.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\акции\2-г.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5"/>
+                    <a:blip r:embed="rId4"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2856865" cy="3733800"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00B066EC" w:rsidRPr="00B066EC">
+      <w:r w:rsidR="009678BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>2018 жылғы 15 қарашада "№1 жалпы білім беретін орта мектебі " КММҚайырымдылық акциясының қорытындысы өткізілді. Акция шеңберінде мектеп оқушылары, ата-аналар бұрын қолданыста болған ойыншықтармен, сондай-ақ жаңа ойыншықтармен бөлісті. Басқа отбасыларда қажетсіз болған қуыршақтар, машинкалар, үстел ойындары, жұмсақ ойыншықтар</w:t>
+        <w:t>15</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00B066EC" w:rsidRPr="00B066EC">
+      <w:r w:rsidR="00E27754" w:rsidRPr="00E27754">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ноября 2018 года в КГУ «Общеобразовательная средняя школа №1 им.М.Горького» </w:t>
+      </w:r>
+      <w:r w:rsidR="009678BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведены   итоги </w:t>
+      </w:r>
+      <w:r w:rsidR="00E27754" w:rsidRPr="00E27754">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>благотворительн</w:t>
+      </w:r>
+      <w:r w:rsidR="009678BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27754" w:rsidRPr="00E27754">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акци</w:t>
+      </w:r>
+      <w:r w:rsidR="009678BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27754" w:rsidRPr="00E27754">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27754" w:rsidRPr="00E27754">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> аз қамтылған, мұқтаж отбасылардың балаларына қуаныш әкелді. Акция қорытындысы бойынша аз қамтылған отбасынан шыққан 27 бала өзіне ойыншықтар сатып алды.  Ата-аналар ұйымдастырушыларға өз алғыстарын білдірді</w:t>
+        <w:t>Поделись игрушкой».</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidR="00E27754">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009678BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В рамках акции  учащиеся  школы, родители </w:t>
+      </w:r>
+      <w:r w:rsidR="00E27754" w:rsidRPr="00E27754">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>подели</w:t>
+      </w:r>
+      <w:r w:rsidR="009678BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лись </w:t>
+      </w:r>
+      <w:r w:rsidR="00E27754" w:rsidRPr="00E27754">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> игрушками как бывшими в употреблении, так и новыми. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E27754" w:rsidRPr="00E27754">
         <w:rPr>
           <w:rStyle w:val="textexposedshow"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Куклы, машинки, настольные игры, мягкие игрушки, ставшие ненужными </w:t>
+      </w:r>
+      <w:r w:rsidR="0031003E">
         <w:rPr>
           <w:rStyle w:val="textexposedshow"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> в других</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27754" w:rsidRPr="00E27754">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семь</w:t>
+      </w:r>
+      <w:r w:rsidR="0031003E">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ях</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27754" w:rsidRPr="00E27754">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>, принес</w:t>
+      </w:r>
+      <w:r w:rsidR="0031003E">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ли </w:t>
+      </w:r>
+      <w:r w:rsidR="00E27754" w:rsidRPr="00E27754">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> радость детям из малоимущих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E27754" w:rsidRPr="00E27754">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0031003E">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E27754" w:rsidRPr="00E27754">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>уждающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="0031003E">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27754" w:rsidRPr="00E27754">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">емей. </w:t>
+      </w:r>
+      <w:r w:rsidR="00663BF4">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>По итогам акции  27   детей из  малообеспеченных   семей  приобрели себе  игрушки.  Родители   выражали   свою благодарность   организаторам.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00323182" w:rsidRDefault="00ED5CE1" w:rsidP="00E27754">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="textexposedshow"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3743325" cy="2807494"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="7" name="Рисунок 2" descr="C:\Users\Зере\Desktop\акции\7-д.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\акции\7-д.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6"/>
+                    <a:blip r:embed="rId5"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3743325" cy="2807494"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -269,402 +458,408 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E27754" w:rsidRDefault="00ED5CE1" w:rsidP="00377355">
       <w:pPr>
         <w:ind w:left="-993"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1843088" cy="2457450"/>
             <wp:effectExtent l="0" t="0" r="4762" b="0"/>
             <wp:docPr id="8" name="Рисунок 3" descr="C:\Users\Зере\Desktop\акции\22222.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\акции\22222.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:blip r:embed="rId6" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1849495" cy="2465993"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00E27754">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2333147" cy="2457450"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\акции\Рисунок1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\акции\Рисунок1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2333147" cy="2457450"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00E27754">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1842257" cy="2457328"/>
             <wp:effectExtent l="0" t="0" r="5593" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Зере\Desktop\акции\игр.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\акции\игр.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:blip r:embed="rId8" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1842257" cy="2457328"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E27754" w:rsidRDefault="00221CD1" w:rsidP="00377355">
       <w:pPr>
         <w:ind w:left="-993" w:right="-426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2362200" cy="3150864"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Рисунок 4" descr="C:\Users\Зере\Desktop\игр1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\игр1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
+                    <a:blip r:embed="rId9"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2362200" cy="3150864"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2113701" cy="3152775"/>
             <wp:effectExtent l="19050" t="0" r="849" b="0"/>
             <wp:docPr id="6" name="Рисунок 5" descr="C:\Users\Зере\Desktop\22222222222222.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Зере\Desktop\22222222222222.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId10"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2117078" cy="3157813"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00ED5CE1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2105025" cy="3248025"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="9" name="Рисунок 3" descr="C:\Users\Зере\Desktop\акции\аян.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\акции\аян.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12"/>
+                    <a:blip r:embed="rId11"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2108586" cy="3253519"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00ED5CE1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3152775" cy="4276725"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="10" name="Рисунок 4" descr="C:\Users\Зере\Desktop\акции\аяннааа.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\акции\аяннааа.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13"/>
+                    <a:blip r:embed="rId12"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3160973" cy="4287845"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -683,96 +878,90 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005A0873" w:rsidRPr="00E27754" w:rsidRDefault="005A0873" w:rsidP="00221CD1">
       <w:pPr>
         <w:ind w:left="-993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005A0873" w:rsidRPr="00E27754" w:rsidSect="00C564AA">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...5 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00E27754"/>
     <w:rsid w:val="00000A70"/>
     <w:rsid w:val="00000C4D"/>
     <w:rsid w:val="00001119"/>
     <w:rsid w:val="000013D1"/>
     <w:rsid w:val="00001D22"/>
     <w:rsid w:val="00003430"/>
     <w:rsid w:val="00003B67"/>
     <w:rsid w:val="00004094"/>
     <w:rsid w:val="00004A97"/>
     <w:rsid w:val="00004ACB"/>
     <w:rsid w:val="00005208"/>
     <w:rsid w:val="00006300"/>
     <w:rsid w:val="00006C6A"/>
     <w:rsid w:val="000070E7"/>
     <w:rsid w:val="00007530"/>
     <w:rsid w:val="000109B7"/>
     <w:rsid w:val="00011D99"/>
     <w:rsid w:val="0001203F"/>
     <w:rsid w:val="000125B6"/>
     <w:rsid w:val="00012865"/>
     <w:rsid w:val="000132AA"/>
     <w:rsid w:val="0001331C"/>
     <w:rsid w:val="00013C3F"/>
@@ -4811,51 +5000,50 @@
     <w:rsid w:val="00AF7D76"/>
     <w:rsid w:val="00AF7F63"/>
     <w:rsid w:val="00B0039D"/>
     <w:rsid w:val="00B008D3"/>
     <w:rsid w:val="00B009E2"/>
     <w:rsid w:val="00B00E04"/>
     <w:rsid w:val="00B00F5A"/>
     <w:rsid w:val="00B00F8B"/>
     <w:rsid w:val="00B0100C"/>
     <w:rsid w:val="00B016D9"/>
     <w:rsid w:val="00B019F4"/>
     <w:rsid w:val="00B02453"/>
     <w:rsid w:val="00B024D9"/>
     <w:rsid w:val="00B026C7"/>
     <w:rsid w:val="00B0283B"/>
     <w:rsid w:val="00B032F3"/>
     <w:rsid w:val="00B03DC0"/>
     <w:rsid w:val="00B03FEE"/>
     <w:rsid w:val="00B03FFF"/>
     <w:rsid w:val="00B04B09"/>
     <w:rsid w:val="00B04C03"/>
     <w:rsid w:val="00B04F28"/>
     <w:rsid w:val="00B058A6"/>
     <w:rsid w:val="00B06452"/>
     <w:rsid w:val="00B06698"/>
-    <w:rsid w:val="00B066EC"/>
     <w:rsid w:val="00B06793"/>
     <w:rsid w:val="00B06885"/>
     <w:rsid w:val="00B06B81"/>
     <w:rsid w:val="00B07A75"/>
     <w:rsid w:val="00B10936"/>
     <w:rsid w:val="00B10A4C"/>
     <w:rsid w:val="00B10CA7"/>
     <w:rsid w:val="00B10E68"/>
     <w:rsid w:val="00B11313"/>
     <w:rsid w:val="00B116FA"/>
     <w:rsid w:val="00B11A06"/>
     <w:rsid w:val="00B12667"/>
     <w:rsid w:val="00B1295F"/>
     <w:rsid w:val="00B12EC1"/>
     <w:rsid w:val="00B132D9"/>
     <w:rsid w:val="00B13A90"/>
     <w:rsid w:val="00B13B6F"/>
     <w:rsid w:val="00B14402"/>
     <w:rsid w:val="00B14468"/>
     <w:rsid w:val="00B1526E"/>
     <w:rsid w:val="00B153DB"/>
     <w:rsid w:val="00B153E6"/>
     <w:rsid w:val="00B154F5"/>
     <w:rsid w:val="00B155F7"/>
     <w:rsid w:val="00B15620"/>
@@ -6661,81 +6849,81 @@
     <w:rsid w:val="00FF1697"/>
     <w:rsid w:val="00FF19E8"/>
     <w:rsid w:val="00FF1B52"/>
     <w:rsid w:val="00FF2550"/>
     <w:rsid w:val="00FF2BFD"/>
     <w:rsid w:val="00FF2D8D"/>
     <w:rsid w:val="00FF37D4"/>
     <w:rsid w:val="00FF3F9C"/>
     <w:rsid w:val="00FF4426"/>
     <w:rsid w:val="00FF4C5C"/>
     <w:rsid w:val="00FF525D"/>
     <w:rsid w:val="00FF52A8"/>
     <w:rsid w:val="00FF5D55"/>
     <w:rsid w:val="00FF6516"/>
     <w:rsid w:val="00FF6C37"/>
     <w:rsid w:val="00FF6C8A"/>
     <w:rsid w:val="00FF6DD3"/>
     <w:rsid w:val="00FF761A"/>
     <w:rsid w:val="00FF7646"/>
     <w:rsid w:val="00FF7758"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -6842,287 +7030,64 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00C564AA"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...210 lines deleted...]
-    <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...10 lines deleted...]
-    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="textexposedshow">
     <w:name w:val="text_exposed_show"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00E27754"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
@@ -7134,59 +7099,59 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E27754"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7432,67 +7397,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>470</Characters>
+  <Pages>2</Pages>
+  <Words>81</Words>
+  <Characters>468</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>551</CharactersWithSpaces>
+  <CharactersWithSpaces>548</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>