--- v0 (2026-01-01)
+++ v1 (2026-01-02)
@@ -1,2236 +1,1989 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="00AF6842" w:rsidRDefault="00AF6842" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогтың портфолиосы туралы ЕРЕЖЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="00AF6842" w:rsidRDefault="002C5AE0" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы ережесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6842" w:rsidRDefault="002C5AE0" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ереже портфолионың бірыңғай мақсаты мен міндетін, оның құрылымы мен мазмұнын қарастырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="00AF6842" w:rsidRDefault="002C5AE0" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Портфолионың мақсаты мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1A0C" w:rsidRDefault="002C5AE0" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="002C5AE0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00487579">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мақсаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызды кәсіби нәтижелерді сараптау ме</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">н ұсыну, педагогтың кәсіби өсу мониторингісін қамтамасыз ету. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="000C1A0C" w:rsidRDefault="002C5AE0" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:t>ПОЛОЖЕНИЕ</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Міндеттері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="000C1A0C" w:rsidRDefault="000C1A0C" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагогтың-оқыту, тәрбиелеу, шығармашылық, өздігінен білім көтеру секілді түрлі әрекеттегі жеткен нәтижелерін ескеру. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="00487579" w:rsidRDefault="000C1A0C" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагогтың біліктілік категориясын көтеруге немесе растауға қажетті, сонымен бірге, марапатқа ұсыну немесе оқу жылының соңында ақшалай сыйақы тағайындауға ақпараттың жинақталуын қамтамасыз ету. Педагогтың кәсіби шеберлігінің өсуі мен нақты өзгерістерін белгілеп отыру. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="00487579" w:rsidRDefault="002C5AE0" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00487579">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> педагога</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Портфолио ұсыну формасы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-[...22 lines deleted...]
-        <w:t> </w:t>
+    <w:p w:rsidR="000C1A0C" w:rsidRDefault="002C5AE0" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00487579">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мұғалімнің п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00487579">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ортфолио</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сы файлды папка-жинаққа ресімделеді. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00487579">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-[...22 lines deleted...]
-        <w:t>1. Общие положения</w:t>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="000C1A0C" w:rsidRDefault="002C5AE0" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мұғалім п</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1A0C" w:rsidRPr="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ортфолио</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сының құрылымы мен мазмұны.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="004E1630" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="000C1A0C" w:rsidRDefault="002C5AE0" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-        <w:t>структуру и его содержание.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бірінші бөлім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> «</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог жайлы жалпы мәлімет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="000C1A0C" w:rsidRDefault="000C1A0C" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогтың аты-жөні, туған жылы</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-[...114 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="002C5AE0" w:rsidRDefault="000C1A0C" w:rsidP="00B13290">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:ind w:left="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...54 lines deleted...]
-        <w:t>деятельности - обучающей, воспитательной, творческой, самообразовательной.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білімі</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5AE0" w:rsidRPr="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қашан және не бітірді</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5AE0" w:rsidRPr="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дипломы бойынша алған мамандығы мен біліктілігі</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5AE0" w:rsidRPr="000C1A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="000972A9" w:rsidRDefault="000C1A0C" w:rsidP="00B13290">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:ind w:left="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...74 lines deleted...]
-        <w:t>ему поощрений и представления к наградам и денежным премиям по итогам учебного года.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалпы еңбек және педагогикалық өтілі</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5AE0" w:rsidRPr="000972A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000972A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы білім беру мекемесіндегі педагогикалық жұмыс өтілі</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5AE0" w:rsidRPr="000972A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="004E1630" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="000972A9" w:rsidRDefault="000972A9" w:rsidP="00B13290">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:ind w:left="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-        <w:t>мастерства педагога.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біліктілігін көтеру</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5AE0" w:rsidRPr="000972A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыңдалған курстың жылы, айы, курс мәселесі</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5AE0" w:rsidRPr="000972A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-[...161 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="000972A9" w:rsidRDefault="000972A9" w:rsidP="00B13290">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:ind w:left="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Курстан өткенін, ғылыми, құрмет, дәрежелерін растайтын құжат көшірмелері</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5AE0" w:rsidRPr="000972A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="000972A9" w:rsidRDefault="000972A9" w:rsidP="00B13290">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:ind w:left="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t>Образование (что и когда окончил, полученная специальность и квалификация по диплому).</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Марапат, грамота, түрлі деңгейдегі алғыс хаттар жайлы ақпараттар. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="000972A9" w:rsidRDefault="000972A9" w:rsidP="00B13290">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:ind w:left="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t>Общий трудовой и педагогический стаж. Педагогический стаж работы в данном образовательном учреждении.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Түрлі конкурстардан диплом көшірмелері</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5AE0" w:rsidRPr="000972A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="000972A9" w:rsidRDefault="000972A9" w:rsidP="00B13290">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:ind w:left="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t>Повышение квалификации (название структур, в которых прослушаны курсы; год, месяц, проблематика курсов).</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогтың қалауы бойынша өзге құжаттар.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="000972A9" w:rsidRDefault="002C5AE0" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000972A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.2. </w:t>
+      </w:r>
+      <w:r w:rsidR="000972A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екінші бөлім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000972A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> «</w:t>
+      </w:r>
+      <w:r w:rsidR="000972A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогикалық іс-әрекетінің нәтижесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000972A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B13290" w:rsidRDefault="000972A9" w:rsidP="00B13290">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:ind w:left="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t>Копии документов, подтверждающих прохождение курсов; копии документов, подтверждающих наличие ученых и почетных званий и степеней.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқушылардың қосымша білім беру бағдарламаларын меңгеру нәтижелері</w:t>
+      </w:r>
+      <w:r w:rsidR="00B13290">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жайлы материалдар мен оқытуға тиісті курс бойынша өзекті құзырлылықты қалыптастыру.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="004140F4" w:rsidRDefault="004140F4" w:rsidP="00B13290">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:ind w:left="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог қызметкердің 3 жылғы іс-әрекетінің салыстырмалы сараптамасы, келесі негіздермен:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="00B13290" w:rsidRDefault="00B13290" w:rsidP="00B13290">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:ind w:left="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t>Копии дипломов различных конкурсов.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E0CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәрбиеленушілерінің аудандық, аймақтық және федералдық конкурстарға қатысуы (атап шығу);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="004E1630" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="009E0CAA" w:rsidRDefault="009E0CAA" w:rsidP="00B13290">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:ind w:left="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аудандық, аймақтық және федералдық конкурстар бойынша жүлдегерлерінің болуы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-[...81 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="009E0CAA" w:rsidRDefault="009E0CAA" w:rsidP="00B13290">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> материалы с результатами освоения обучающимися программы дополнительного образования и сформированности у них ключевых компетентностей по преподаваемому курсу;</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қосымша білім беру ұйымын бітіргені жайлы құжаты бар түлектерінің болуы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="00DE7349" w:rsidRPr="009E592C" w:rsidRDefault="009E592C" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бөлімнің материалдары оқытушының белгілі бір мерзімдегі педагогикалық іс-әрекетінің нәтижесінің динамикасы жайлы ақпаратте беруі керек.</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5AE0" w:rsidRPr="009E592C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="009E592C" w:rsidRDefault="002C5AE0" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E592C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E592C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:r w:rsidR="009E592C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бөлім </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E592C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="009E592C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ғылыми-әдістемелік әрекет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E592C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E592C" w:rsidRDefault="002C5AE0" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E592C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E592C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E592C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бұл бөлімге қосымша білім беру педагогының кәсіби шеберлігін көрсететін әдістемелік материалдар орналастырылады: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C5AE0" w:rsidRDefault="009E592C" w:rsidP="009E592C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> сравнительный анализ деятельности педагогического работника за 3 года на основании:</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқу үрдісінде жаңа педагогикалық технологияларды пайдалану </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E592C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқу бағдарламаларын іске асыру барысында пайдаланатын </w:t>
+      </w:r>
+      <w:r w:rsidR="002C5AE0" w:rsidRPr="009E592C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагоги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>калық технологияларды сипаттау</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5AE0" w:rsidRPr="009E592C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007D181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қатысқан сабақтары бойынша </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пікірлер, сараптамалар</w:t>
+      </w:r>
+      <w:r w:rsidR="007D181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т.с.с)</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5AE0" w:rsidRPr="009E592C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="007D181C" w:rsidRDefault="007D181C" w:rsidP="009E592C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> участия воспитанников в районных, зональных, краевых и федеральных конкурсах (перечислить);</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әдістемелік бірлестіктердегі жұмысы, қалалық әдістемелік қызметпен серіктестік (баяндама т.с.с.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="007D181C" w:rsidRPr="007D181C" w:rsidRDefault="007D181C" w:rsidP="007D181C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> наличие победителей в районных, зональных, краевых и федеральных конкурсах (ксерокопии грамот, дипломов);</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Түрлі деңгейдегі шығармашылық және кәсіби конкурстарға қатысу; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="007D181C" w:rsidRPr="007D181C" w:rsidRDefault="007D181C" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C5AE0">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="007D181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шебер кластар, дөңгелек столдар, семинар ұйымдастыру мен өткізу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D181C" w:rsidRPr="007D181C" w:rsidRDefault="007D181C" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> количество выпускников, получ</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Авторлық бағдарламалар дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="007D181C" w:rsidRDefault="007D181C" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ивших документ об окончании </w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шығармашылық есептер, рефераттар, баяндамалар, мақалалар мен өзге құжаттарға (ашық сабақтар, конкурстар, викториналар, тестілер, сценарий, фотосуреттер мен өткізілген іс-шаралары бар видеожазбалар) дайындық</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5AE0" w:rsidRPr="007D181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>организации</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="00AF6842" w:rsidRDefault="002C5AE0" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> дополнительного образования</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...97 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>                                </w:t>
+      </w:r>
+      <w:r w:rsidR="007D181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4 Бөлім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Раздел 3 «Научно — методическая деятельность»</w:t>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="007D181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәрбие жұмысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>        </w:t>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D181C" w:rsidRDefault="002C5AE0" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="007D181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бұл бөлімде келесі материалдар ұсынылуы қажет: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002C5AE0">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="007D181C" w:rsidRPr="007D181C" w:rsidRDefault="007D181C" w:rsidP="007D181C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C5AE0">
-[...47 lines deleted...]
-        <w:t>);</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шығрамашылық жұмыстар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="00EB6388" w:rsidRPr="00EB6388" w:rsidRDefault="007D181C" w:rsidP="007D181C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C5AE0">
-[...47 lines deleted...]
-        <w:t>);</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рефераттар, зерттеу жұмыстарының, оқушылардың өз бетінше орындаған жобаларының тізімі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="00EB6388" w:rsidRPr="00EB6388" w:rsidRDefault="00EB6388" w:rsidP="00EB6388">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C5AE0">
-[...27 lines deleted...]
-        <w:t>;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сабақтан тыс өткізілген сабақтар, мереке сценарийлері,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB6388">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өткізілген іс-шаралары бар видеожазбалар (көрме, саяхат, КТК, брейн-ринг т.с.с) </w:t>
+      </w:r>
+      <w:r w:rsidR="007D181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="00EB6388" w:rsidRPr="00AF6842" w:rsidRDefault="00EB6388" w:rsidP="00EB6388">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C5AE0">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өзге құжаттар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="00AF6842" w:rsidRDefault="002C5AE0" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> организация и проведение семинаров, «круглых столов», мастер — классов и т.п.;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                           </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="00AF6842" w:rsidRDefault="002C5AE0" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6388">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>портфолио құрудағы педагогтың іс-әрекеті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A202A6" w:rsidRDefault="002C5AE0" w:rsidP="00A202A6">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF6842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:t>разработка авторских программ;</w:t>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="00A202A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">едагог портфолиосы жинақ папкасына ерсімделеді. Портфолиоға енгізілген әр материалдың күні белгіленуі керек. Портфолионың құрамы педагогтың алдына қойған нақты міндеттеріне байланысты болуы керек. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="00A202A6" w:rsidRDefault="00A202A6" w:rsidP="00A202A6">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...38 lines deleted...]
-        <w:t>записью проведенных мероприятий)</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог портфолиосы әдістемелік портфолио конкрусына, біліктілік санатына аттестатталу үшін қызмет жасауы керек. Портфолио материалдары мекемені лицензиялау, аккредитациялау үрдісінде, түрлі конкурстық үрдістер, еңбектің бөліктерін төлеуді бөлу кезінде пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-[...96 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00B2651F" w:rsidRPr="00487579" w:rsidRDefault="00A202A6" w:rsidP="00B2651F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...25 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Барлық білім беру іс-әрекеттің  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындалған нәтижелері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002C5AE0">
-[...27 lines deleted...]
-        <w:t>исследовательских работ, проектов, выполненных учащимися самостоятельно;</w:t>
+      <w:r w:rsidR="00B2651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">грамоталар, дипломдар, куәліктер, аттестатталушының баспа жарияланымдарының көшірмесін қоспағанда, білім беру мекемесі мөрімен немесе білім беру мекемесі әкімшілігінің қолымен расталуы керек. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-      <w:pPr>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="00487579" w:rsidRDefault="00B2651F" w:rsidP="00B2651F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...38 lines deleted...]
-        <w:t>записью проведенных мероприятий (выставки, экскурсии, КВН, брейн-ринги и т.п.);</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құжаттар арқылы айқындалған іс-әрекет пакеті нәтижелерін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аттестатталатын педагог өзі құрастыруы керек. Осыған орай, ол өзі үшін басым болып табылатыніс-әрекеті көрсеткіштері мен факторларын анықтауға құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-[...25 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="002C5AE0" w:rsidRPr="00487579" w:rsidRDefault="002C5AE0" w:rsidP="00AF6842">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidRDefault="002C5AE0" w:rsidP="004E1630">
-[...286 lines deleted...]
-    <w:sectPr w:rsidR="002C5AE0" w:rsidRPr="002C5AE0" w:rsidSect="00531A46">
+    <w:sectPr w:rsidR="002C5AE0" w:rsidRPr="00487579" w:rsidSect="00531A46">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2246,50 +1999,276 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="13A72203"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="098ED3CE"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="795" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1515" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2235" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2955" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3675" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4395" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5115" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5835" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6555" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16457765"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4088154A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="795" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1515" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2235" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2955" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3675" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4395" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5115" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5835" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6555" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="246E4C9D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E04ECE1A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2394,51 +2373,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27DF4D59"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3AEE2316"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2543,51 +2522,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A512AB3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7FF66F28"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2692,51 +2671,164 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2EF775E9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5E08BF86"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31DB4CAE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E7041676"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2841,51 +2933,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32220446"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="67522BC4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2990,51 +3082,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3695429D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8864F40C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3103,51 +3195,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AB14D22"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="89E6A788"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3252,51 +3344,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AB871E0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D1C624C2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3365,51 +3457,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3ACC656D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="59CEB1BC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3514,51 +3606,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D755F21"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="91BA01DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3663,51 +3755,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="403B6942"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C0B8F1D0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3812,51 +3904,164 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48470C01"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="554491CC"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48BD402D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="890294CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3961,51 +4166,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49B15FEC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3266CB54"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4110,51 +4315,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B6A4827"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9FFE6F4E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4223,51 +4428,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="604D47C3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="97983556"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4372,51 +4577,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C7F2598"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EDE043C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4521,51 +4726,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FF904FB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="95BE1750"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4634,51 +4839,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76695EC7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8DA09584"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4783,51 +4988,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76B13010"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="151669C8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4932,51 +5137,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76EF7B2A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C0805EBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5081,162 +5286,300 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E444A71"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="74E283FA"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="14">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="20">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="3">
-[...5 lines deleted...]
-  <w:num w:numId="5">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="7">
-[...20 lines deleted...]
-  <w:num w:numId="14">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="16">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C5AE0"/>
-    <w:rsid w:val="0000485F"/>
-    <w:rsid w:val="00247D48"/>
+    <w:rsid w:val="000972A9"/>
+    <w:rsid w:val="000C1A0C"/>
+    <w:rsid w:val="002544E2"/>
     <w:rsid w:val="00261F11"/>
     <w:rsid w:val="002C5AE0"/>
-    <w:rsid w:val="00346403"/>
+    <w:rsid w:val="004140F4"/>
+    <w:rsid w:val="00487579"/>
     <w:rsid w:val="004E1630"/>
     <w:rsid w:val="00531A46"/>
     <w:rsid w:val="00625052"/>
     <w:rsid w:val="006A2497"/>
+    <w:rsid w:val="007D181C"/>
+    <w:rsid w:val="009E0CAA"/>
+    <w:rsid w:val="009E592C"/>
+    <w:rsid w:val="00A202A6"/>
+    <w:rsid w:val="00AF6842"/>
+    <w:rsid w:val="00B13290"/>
+    <w:rsid w:val="00B2651F"/>
     <w:rsid w:val="00DE7349"/>
+    <w:rsid w:val="00EB6388"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7A8A4C50"/>
-  <w15:docId w15:val="{1AAFFF91-30D8-49EA-88B4-5CC24FDF6462}"/>
+  <w14:docId w14:val="71395C14"/>
+  <w15:docId w15:val="{BD831985-0518-4360-9F39-96A9E80DD748}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5644,50 +5987,59 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002C5AE0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="002C5AE0"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AF6842"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="327252967">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="505050112">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -6001,65 +6353,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>715</Words>
-  <Characters>4081</Characters>
+  <Words>641</Words>
+  <Characters>3658</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4787</CharactersWithSpaces>
+  <CharactersWithSpaces>4291</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulmira</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>