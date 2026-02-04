--- v0 (2025-12-09)
+++ v1 (2026-02-04)
@@ -1204,50 +1204,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F7D3E">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00966A11" w:rsidRDefault="002225FE" w:rsidP="000F7D3E">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25B11E56" wp14:editId="16E59E37">
             <wp:extent cx="2689799" cy="2171700"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\акции\ян1111.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\акции\ян1111.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
@@ -1258,50 +1259,51 @@
                       <a:ext cx="2691609" cy="2173161"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="01F356B6" wp14:editId="6F523677">
             <wp:extent cx="2943074" cy="2083299"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Зере\Desktop\акции\index.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\акции\index.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -1311,50 +1313,51 @@
                       <a:ext cx="2943074" cy="2083299"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="400075D5" wp14:editId="6CB54DDC">
             <wp:extent cx="2228850" cy="3123252"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Рисунок 3" descr="C:\Users\Зере\Desktop\акции\2 корзина.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\акции\2 корзина.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -1364,50 +1367,51 @@
                       <a:ext cx="2229648" cy="3124370"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0278D6D4" wp14:editId="70D637B0">
             <wp:extent cx="2238375" cy="3152775"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="6" name="Рисунок 4" descr="C:\Users\Зере\Desktop\акции\рахимбаев.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\акции\рахимбаев.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -1484,55 +1488,51 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00966A11"/>
     <w:rsid w:val="00000A70"/>
     <w:rsid w:val="00000C4D"/>
     <w:rsid w:val="00001119"/>
     <w:rsid w:val="000013D1"/>
     <w:rsid w:val="00001D22"/>
     <w:rsid w:val="00003430"/>
     <w:rsid w:val="00003B67"/>
     <w:rsid w:val="00004094"/>
     <w:rsid w:val="00004A97"/>
     <w:rsid w:val="00004ACB"/>
     <w:rsid w:val="00005208"/>
     <w:rsid w:val="00006300"/>
     <w:rsid w:val="00006C6A"/>
     <w:rsid w:val="000070E7"/>
     <w:rsid w:val="00007530"/>
     <w:rsid w:val="000109B7"/>
     <w:rsid w:val="00011D99"/>
     <w:rsid w:val="0001203F"/>
     <w:rsid w:val="000125B6"/>
     <w:rsid w:val="00012865"/>
     <w:rsid w:val="000132AA"/>
     <w:rsid w:val="0001331C"/>
@@ -6918,51 +6918,50 @@
     <w:rsid w:val="00EA316A"/>
     <w:rsid w:val="00EA31E4"/>
     <w:rsid w:val="00EA3D2E"/>
     <w:rsid w:val="00EA43D0"/>
     <w:rsid w:val="00EA4430"/>
     <w:rsid w:val="00EA5228"/>
     <w:rsid w:val="00EA5356"/>
     <w:rsid w:val="00EA6DB1"/>
     <w:rsid w:val="00EA6E84"/>
     <w:rsid w:val="00EA745C"/>
     <w:rsid w:val="00EA7866"/>
     <w:rsid w:val="00EA78CC"/>
     <w:rsid w:val="00EA7D4A"/>
     <w:rsid w:val="00EB044C"/>
     <w:rsid w:val="00EB0A9D"/>
     <w:rsid w:val="00EB1079"/>
     <w:rsid w:val="00EB1935"/>
     <w:rsid w:val="00EB1F0C"/>
     <w:rsid w:val="00EB203A"/>
     <w:rsid w:val="00EB2151"/>
     <w:rsid w:val="00EB2E57"/>
     <w:rsid w:val="00EB30A4"/>
     <w:rsid w:val="00EB3198"/>
     <w:rsid w:val="00EB31E3"/>
     <w:rsid w:val="00EB3288"/>
-    <w:rsid w:val="00EB3DA4"/>
     <w:rsid w:val="00EB461A"/>
     <w:rsid w:val="00EB4893"/>
     <w:rsid w:val="00EB4942"/>
     <w:rsid w:val="00EB4D16"/>
     <w:rsid w:val="00EB516D"/>
     <w:rsid w:val="00EB517B"/>
     <w:rsid w:val="00EB52B2"/>
     <w:rsid w:val="00EB5839"/>
     <w:rsid w:val="00EB58D0"/>
     <w:rsid w:val="00EB5C91"/>
     <w:rsid w:val="00EB5FC1"/>
     <w:rsid w:val="00EB6A3D"/>
     <w:rsid w:val="00EB6AEA"/>
     <w:rsid w:val="00EB6E09"/>
     <w:rsid w:val="00EB6F88"/>
     <w:rsid w:val="00EB704C"/>
     <w:rsid w:val="00EC0139"/>
     <w:rsid w:val="00EC058D"/>
     <w:rsid w:val="00EC0FA3"/>
     <w:rsid w:val="00EC1543"/>
     <w:rsid w:val="00EC2075"/>
     <w:rsid w:val="00EC265E"/>
     <w:rsid w:val="00EC26B9"/>
     <w:rsid w:val="00EC31BA"/>
     <w:rsid w:val="00EC3810"/>
@@ -7442,54 +7441,54 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -7596,50 +7595,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00C564AA"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -7843,80 +7843,50 @@
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...28 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>