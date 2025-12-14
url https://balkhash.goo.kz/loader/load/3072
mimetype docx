--- v0 (2025-12-10)
+++ v1 (2025-12-14)
@@ -2,7940 +2,1035 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="001401C7" w:rsidRPr="001401C7" w:rsidRDefault="001401C7" w:rsidP="001401C7">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="003B6AC4" w:rsidRPr="003B6AC4" w:rsidRDefault="00C064CF" w:rsidP="003B6AC4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Атқарылған</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Информация  о проделанной работе </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C064CF" w:rsidRPr="003B6AC4" w:rsidRDefault="00C064CF" w:rsidP="003B6AC4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>жұмыстар</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>в период осенних каникул</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B6AC4" w:rsidRPr="003B6AC4" w:rsidRDefault="003B6AC4" w:rsidP="003B6AC4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C064CF" w:rsidRPr="003B6AC4" w:rsidRDefault="00C064CF" w:rsidP="003B6AC4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Согласно плану работы во время осенних каникул с 2</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 октября по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 ноября 2018 года с учащимися школы воспитательные мероприятия проводились  ежедневно. Все классные руководители спланировали свою работу на каникулах, опираясь на интересы и потребности своих классов. В школе был оформлен стенд, на котором помещена информация, план работы во время осенних каникул. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C064CF" w:rsidRPr="003B6AC4" w:rsidRDefault="00C064CF" w:rsidP="003B6AC4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перед уходом на каникулы со всеми учащимися школы были проведены беседы о соблюдении во время осенних каникул правил техники безопасности и безопасного поведения дома и в общественных местах, во время экскурсий. Учащимся напомнили об основных правилах дорожного движения и необходимости их неукоснительного соблюдения. Значительное место при проведении бесед было уделено профилактике правонарушений несовершеннолетних. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B6AC4" w:rsidRDefault="00C064CF" w:rsidP="003B6AC4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Во время осенних каникул в школе для учеников </w:t>
+      </w:r>
+      <w:r w:rsidR="001A34D4" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5-11 классо</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в прошли школьные предметные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олимпиады.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C064CF" w:rsidRPr="003B6AC4" w:rsidRDefault="003B6AC4" w:rsidP="003B6AC4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00C064CF" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>целях повышения качества подготовки учащихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C064CF" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">класса к государственной итоговой аттестации </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF50D8" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводились </w:t>
+      </w:r>
+      <w:r w:rsidR="00C064CF" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> групповые и индивидуальные  консультации  по экзаменационным предметам.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20288" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00F564C9" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В первые дни каникул ученики начальной школы посетили кинотеатр «</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F564C9" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F564C9" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F564C9" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Синема</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F564C9" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>». Ребята с удовольствием посмотре</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF50D8" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ли веселый мультфильм «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CF50D8" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смолтфурт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F564C9" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», охват 40 человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52985" w:rsidRPr="003B6AC4" w:rsidRDefault="00F564C9" w:rsidP="003B6AC4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для учащихся 2 –х  классов провели игру "Осень в красках". Дети участвовали в различных конкурсах, разгадывали кроссворды.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52985" w:rsidRPr="003B6AC4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F564C9" w:rsidRPr="003B6AC4" w:rsidRDefault="00D52985" w:rsidP="003B6AC4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Среди 3-х классов проведена   игра-викторина  по ПДД «Счастливый случай». Ребята вспоминали и закрепляли знания по правилам  дорожного движения в игровой форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB44C6" w:rsidRPr="003B6AC4" w:rsidRDefault="00BB44C6" w:rsidP="003B6AC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Весело и интересно прошли интеллектуальные конкурсы «Юным умникам и умницам», викторина «Хочу все знать!», игра «Лиде X</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>XI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  века», данные мероприятия  способствовали  развитию логического, творческого мышления.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20288" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Учащиеся 9 классов  участвовали в городской акции «Я люблю свой город!», восстанавливали и реставрировали деревянные фигуры на центральной  аллее парка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52985" w:rsidRPr="003B6AC4" w:rsidRDefault="00BB44C6" w:rsidP="003B6AC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вопросы профориентации были рассмотрены в 8 «Б» ,8 «Г» классах.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF50D8" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Классные  руководители  провели </w:t>
+      </w:r>
+      <w:r w:rsidR="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внеклассные мероприятия</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF50D8" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Моя будущая профессия», «Выбор профессии – дело серьезное!», где были рассмотрены самые востребованные профессии. Ребят</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF50D8" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также ознакомили с учебными заведениями, где можно получить интересующие профессии.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB44C6" w:rsidRPr="003B6AC4" w:rsidRDefault="00E419E0" w:rsidP="003B6AC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rStyle w:val="extended-textfull"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В 5 «Б» классе проведен </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52985" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rStyle w:val="extended-textfull"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF50D8" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rStyle w:val="extended-textfull"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">классный час </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52985" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rStyle w:val="extended-textfull"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по вопросам защиты от отрицательного воздействия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rStyle w:val="extended-textfull"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52985" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rStyle w:val="extended-textfull"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>социальных сетей, наносящих вред здоровью</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF50D8" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rStyle w:val="extended-textfull"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> человека.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB44C6" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB44C6" w:rsidRPr="003B6AC4" w:rsidRDefault="00BB44C6" w:rsidP="003B6AC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На каникулах состоялись праздники  «Осенний бал», на котором учащиеся среднего и старшего звена показа</w:t>
+      </w:r>
+      <w:r w:rsidR="00763EEC" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ли свои творческие способности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Для учащихся  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>организаторами праздника были подготовлены весёлые конкурсы. Команды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подготовили домашнее задание в виде художественного номера,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00763EEC" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осенней поделки и образ  «Девушк</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="001401C7">
+      <w:r w:rsidR="00763EEC" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00763EEC" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осень». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Болельщики с радостью и задором подбадривали участников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="00763EEC" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Осенние </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">праздники оставили большое впечатление и принесли массу удовольствия ребятам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F564C9" w:rsidRPr="003B6AC4" w:rsidRDefault="00F564C9" w:rsidP="003B6AC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="001401C7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6AC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Большое внимание было уделено оздоровлению учащихся, в связи с</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001401C7">
+      <w:r w:rsidRPr="003B6AC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...12 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">этим учителями физического воспитания, совместно с  классными </w:t>
+      </w:r>
+      <w:r w:rsidR="00763EEC" w:rsidRPr="003B6AC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="001401C7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководителями  были проведены </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="001401C7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Веселые старты» в 1-х классах, </w:t>
+      </w:r>
+      <w:r w:rsidR="006C7EE1" w:rsidRPr="003B6AC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...41 lines deleted...]
-    <w:p w:rsidR="001401C7" w:rsidRPr="001401C7" w:rsidRDefault="001401C7" w:rsidP="001401C7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Сильные, смелые, ловкие!» в 5-х классах, спортивные игры среди  8-11 классов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4F11" w:rsidRPr="00A86909" w:rsidRDefault="00D52985" w:rsidP="003B6AC4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...84 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На протяжении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осенних</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">каникул ОСШ№1 участвовали в мероприятиях ДШ. </w:t>
+      </w:r>
+      <w:r w:rsidR="00763EEC" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...507 lines deleted...]
-        <w:t>кезі</w:t>
+      <w:r w:rsidR="00A86909" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>30  октября  2018 года   был проведено  профилактическое мероприятие,  входе которого,   мобильной группой, из числа сотрудников  школы  бы</w:t>
+      </w:r>
+      <w:r w:rsidR="00763EEC" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ли посещены  квартиры  учащихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00A86909" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, состоящих  на учете ВШУ, ГЮП ОАП</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="001401C7">
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A86909" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="001401C7">
-[...489 lines deleted...]
-        <w:t>жү</w:t>
+      <w:r w:rsidR="00A86909" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дети из неблагополучных семей.  Цель мероприятий:   контроль   за организа</w:t>
+      </w:r>
+      <w:r w:rsidR="00763EEC" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>цией  досуга несовершеннолетних</w:t>
+      </w:r>
+      <w:r w:rsidR="00A86909" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, состоящих на  проф</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="001401C7">
-[...6 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidR="00A86909" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.у</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="001401C7">
-[...6432 lines deleted...]
-    <w:p w:rsidR="003F4F11" w:rsidRPr="001401C7" w:rsidRDefault="003F4F11" w:rsidP="00B9200A">
+      <w:r w:rsidR="00A86909" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>четах, также    детей из неблагополучных семей.  Н</w:t>
+      </w:r>
+      <w:r w:rsidR="00763EEC" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidR="00A86909" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рейд  выходили  5 мобильные группы, из числа    членов администрации,  педагогов, членов клуба «</w:t>
+      </w:r>
+      <w:r w:rsidR="00A86909" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адал ұрпақ». </w:t>
+      </w:r>
+      <w:r w:rsidR="00A86909" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A86909" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="00A86909" w:rsidRPr="003B6AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а момент проверки несовершеннолетние  находились   дома.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4F11" w:rsidRDefault="003F4F11" w:rsidP="00B9200A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F4F11" w:rsidRPr="001401C7" w:rsidRDefault="003F4F11" w:rsidP="00B9200A">
+    <w:p w:rsidR="003F4F11" w:rsidRDefault="003F4F11" w:rsidP="00B9200A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F4F11" w:rsidRPr="001401C7" w:rsidRDefault="00CF50D8" w:rsidP="00CF50D8">
+    <w:p w:rsidR="003F4F11" w:rsidRPr="00CF50D8" w:rsidRDefault="00CF50D8" w:rsidP="00CF50D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1365"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001401C7">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F4F11" w:rsidRDefault="003F4F11" w:rsidP="00B9200A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...77 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="003F4F11" w:rsidRDefault="003F4F11" w:rsidP="00B9200A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00763EEC" w:rsidRDefault="00763EEC" w:rsidP="00B9200A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00763EEC" w:rsidRDefault="00763EEC" w:rsidP="00B9200A">
       <w:pPr>
@@ -8160,50 +1255,51 @@
     </w:p>
     <w:p w:rsidR="003F4F11" w:rsidRDefault="003F4F11" w:rsidP="00D52985">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F4F11" w:rsidRPr="003F4F11" w:rsidRDefault="00A86909" w:rsidP="003F4F11">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3428365</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>260985</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2114550" cy="2524125"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\Аселя\Desktop\8.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Аселя\Desktop\8.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -8653,51 +1749,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F4F11" w:rsidRDefault="007154CD" w:rsidP="003F4F11">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2475"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3047365</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-434340</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3425825" cy="1428750"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="9" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\77.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\77.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -9638,75 +2733,74 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C064CF"/>
     <w:rsid w:val="00005FFA"/>
     <w:rsid w:val="0001680B"/>
     <w:rsid w:val="000313B7"/>
     <w:rsid w:val="00035EF4"/>
     <w:rsid w:val="00053A64"/>
     <w:rsid w:val="00060F5A"/>
     <w:rsid w:val="00073624"/>
     <w:rsid w:val="00092153"/>
     <w:rsid w:val="000E7419"/>
     <w:rsid w:val="00104E4C"/>
     <w:rsid w:val="0010633E"/>
-    <w:rsid w:val="001401C7"/>
     <w:rsid w:val="0014049E"/>
     <w:rsid w:val="00187A97"/>
     <w:rsid w:val="00191D30"/>
     <w:rsid w:val="001A0FAA"/>
     <w:rsid w:val="001A34D4"/>
     <w:rsid w:val="001A70D3"/>
     <w:rsid w:val="001C6D0B"/>
     <w:rsid w:val="001E770F"/>
     <w:rsid w:val="00206E36"/>
     <w:rsid w:val="00221360"/>
     <w:rsid w:val="002415D2"/>
     <w:rsid w:val="00264A47"/>
     <w:rsid w:val="002C4370"/>
     <w:rsid w:val="00317094"/>
     <w:rsid w:val="003236FC"/>
     <w:rsid w:val="003307C4"/>
     <w:rsid w:val="00332210"/>
     <w:rsid w:val="00343264"/>
     <w:rsid w:val="00380D66"/>
     <w:rsid w:val="003A347E"/>
     <w:rsid w:val="003B6AC4"/>
     <w:rsid w:val="003B76AF"/>
     <w:rsid w:val="003E2526"/>
     <w:rsid w:val="003E65E7"/>
     <w:rsid w:val="003F4F11"/>
@@ -11602,66 +4696,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>535</Words>
-  <Characters>3055</Characters>
+  <Words>601</Words>
+  <Characters>3427</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>28</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3583</CharactersWithSpaces>
+  <CharactersWithSpaces>4020</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>