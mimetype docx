--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,1889 +1,747 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00BD4D95" w:rsidRPr="00BD4D95" w:rsidRDefault="00BD4D95" w:rsidP="00BD4D95">
+    <w:p w:rsidR="00433DFC" w:rsidRDefault="00625FED" w:rsidP="00433DFC">
       <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00625FED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ИНФОРМАЦИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00625FED" w:rsidRPr="00625FED" w:rsidRDefault="001F2821" w:rsidP="00433DFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контроле  за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   организацией    досуга  учащихся, состоящих на учете   в ВШУ / ГЮП ОАП ОВД города Балхаш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5089C" w:rsidRPr="00C5089C" w:rsidRDefault="00E44398" w:rsidP="00B32F4A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BD4D95">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2  -3 ноября</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7311" w:rsidRPr="00B32F4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Ақпарат</w:t>
+        <w:t xml:space="preserve">  2018 года</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00625FED" w:rsidRPr="00B32F4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   был проведено  профилактическое мероприятие,  входе которого,   мобильной группой, из числа сотрудников  школы  были посещены  квартиры  учащихся , состоящих  на учете ВШУ, ГЮП ОАП , дети из неблагополучных семей.  </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BD4D95" w:rsidRPr="00BD4D95" w:rsidRDefault="00BD4D95" w:rsidP="00BD4D95">
+    <w:p w:rsidR="00AD0E8D" w:rsidRPr="00AD0E8D" w:rsidRDefault="006B7311" w:rsidP="00C5089C">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BD4D95">
+      <w:r w:rsidRPr="00B32F4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Балқаш</w:t>
+        <w:t>Цель мероприятий:   контроль   за организацией  досуга несовершеннолетних</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BD4D95">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B32F4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> ,</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BD4D95">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B32F4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>қаласының</w:t>
+        <w:t xml:space="preserve"> состоящих на  проф.учетах, также    детей из неблагополучных семей. </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BD4D95">
+      <w:r w:rsidR="00B32F4A" w:rsidRPr="00B32F4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ІІБ ӘПБ ӘПК / МЮП-да </w:t>
+        <w:t xml:space="preserve"> Н рейд  выходили  5 мобильные группы, из числа    членов администрации,  педагогов,</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BD4D95">
+      <w:r w:rsidR="00B32F4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>есепте</w:t>
+        <w:t xml:space="preserve"> членов клуба «</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BD4D95">
+      <w:r w:rsidR="00B32F4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адал ұрпақ». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C564AA" w:rsidRPr="00AD0E8D" w:rsidRDefault="00AD0E8D" w:rsidP="00AD0E8D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD0E8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="00625FED" w:rsidRPr="00AD0E8D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>а момент проверки несовершеннолетние</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BD4D95">
+      <w:r w:rsidR="00C5089C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в основном</w:t>
+      </w:r>
+      <w:r w:rsidR="00625FED" w:rsidRPr="00AD0E8D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>тұ</w:t>
+        <w:t xml:space="preserve">  находились   дома.  (фото, видео  отчет при</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00BD4D95">
+      <w:r w:rsidR="00625FED" w:rsidRPr="00AD0E8D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>р</w:t>
+        <w:t>лагается)</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00BD4D95">
+      <w:r w:rsidR="00BC508C" w:rsidRPr="00BC508C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:w w:val="0"/>
+          <w:sz w:val="0"/>
+          <w:szCs w:val="0"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:shd w:val="clear" w:color="000000" w:fill="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...98 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00BD4D95" w:rsidRPr="00BD4D95" w:rsidRDefault="00BD4D95" w:rsidP="00BD4D95">
+    <w:p w:rsidR="00F967F7" w:rsidRDefault="00E44398" w:rsidP="00E44398">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...1173 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BD4D95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
           <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FB288B8" wp14:editId="3F33DFC6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2327928" cy="3105150"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\фото лекции\рейд  2 ноя\Наркеновы.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\фото лекции\рейд  2 ноя\Наркеновы.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6"/>
+                    <a:blip r:embed="rId5"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2327928" cy="3105150"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00F424BC" w:rsidRPr="00BD4D95">
+      <w:r w:rsidR="00F424BC">
         <w:rPr>
           <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD4D95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00F424BC" w:rsidRPr="00BD4D95">
+      <w:r w:rsidR="00F424BC">
         <w:rPr>
           <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
           <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="441C7C1B" wp14:editId="13D1F519">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2225675" cy="3080196"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Зере\Desktop\фото лекции\рейд  2 ноя\наркеновы 222.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\фото лекции\рейд  2 ноя\наркеновы 222.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7"/>
+                    <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2229539" cy="3085543"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F424BC" w:rsidRPr="00BD4D95" w:rsidRDefault="00F424BC" w:rsidP="00F424BC">
+    <w:p w:rsidR="00F424BC" w:rsidRDefault="00F424BC" w:rsidP="00F424BC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD4D95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7739774D" wp14:editId="72A2B031">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-60960</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>169545</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2295525" cy="3057525"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="4" name="Рисунок 3" descr="C:\Users\Зере\Desktop\фото лекции\рейд  2 ноя\Азамат.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\фото лекции\рейд  2 ноя\Азамат.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2295525" cy="3057525"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00BD4D95">
+      <w:r w:rsidRPr="00F424BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>( Дома у Наркеновых никого не было)</w:t>
+        <w:t>( Дома у Наркеновы</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD4D95">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F424BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> никого не было)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="664E454E" wp14:editId="63C5A4C4">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3258669" cy="2447925"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Рисунок 4" descr="C:\Users\Зере\Desktop\фото лекции\рейд  2 ноя\Азамат 11.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\фото лекции\рейд  2 ноя\Азамат 11.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9"/>
+                    <a:blip r:embed="rId8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3258669" cy="2447925"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F424BC" w:rsidRPr="00BD4D95" w:rsidRDefault="00F424BC">
+    <w:p w:rsidR="00F424BC" w:rsidRDefault="00F424BC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD4D95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(у Амана  Азамата)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F424BC" w:rsidRPr="00BD4D95" w:rsidRDefault="00F424BC">
+    <w:p w:rsidR="00F424BC" w:rsidRDefault="00F424BC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F424BC" w:rsidRPr="00BD4D95" w:rsidRDefault="00A54F3A" w:rsidP="00A54F3A">
+    <w:p w:rsidR="00F424BC" w:rsidRDefault="00A54F3A" w:rsidP="00A54F3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD4D95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="304ECE78" wp14:editId="5A538E36">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3838575" cy="2877391"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="6" name="Рисунок 5" descr="C:\Users\Зере\Desktop\фото лекции\рейд  2 ноя\Арсланов.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Зере\Desktop\фото лекции\рейд  2 ноя\Арсланов.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
+                    <a:blip r:embed="rId9"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3840630" cy="2878931"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F424BC" w:rsidRPr="00BD4D95" w:rsidRDefault="00A54F3A" w:rsidP="00A54F3A">
+    <w:p w:rsidR="00F424BC" w:rsidRPr="00F424BC" w:rsidRDefault="00A54F3A" w:rsidP="00A54F3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD4D95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Исп.Бейсекеева З.Р.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00F424BC" w:rsidRPr="00BD4D95" w:rsidSect="00BD4D95">
+    <w:sectPr w:rsidR="00F424BC" w:rsidRPr="00F424BC" w:rsidSect="00625FED">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="142" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Monotype Corsiva">
     <w:panose1 w:val="03010101010201010101"/>
     <w:charset w:val="CC"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0B7359FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7572F6D0"/>
     <w:lvl w:ilvl="0" w:tplc="CCFEE310">
       <w:start w:val="30"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1960,62 +818,56 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...5 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00625FED"/>
     <w:rsid w:val="00000C4D"/>
     <w:rsid w:val="00001119"/>
     <w:rsid w:val="000013D1"/>
     <w:rsid w:val="00001D22"/>
     <w:rsid w:val="00003430"/>
     <w:rsid w:val="00004A97"/>
     <w:rsid w:val="00005208"/>
     <w:rsid w:val="000070E7"/>
     <w:rsid w:val="00007530"/>
     <w:rsid w:val="00012865"/>
     <w:rsid w:val="000132AA"/>
     <w:rsid w:val="00014436"/>
     <w:rsid w:val="00016552"/>
     <w:rsid w:val="00016BCD"/>
     <w:rsid w:val="00016C1A"/>
     <w:rsid w:val="00016EF4"/>
     <w:rsid w:val="000171CA"/>
     <w:rsid w:val="0001724B"/>
     <w:rsid w:val="00017D52"/>
     <w:rsid w:val="00017D62"/>
     <w:rsid w:val="00020D7F"/>
     <w:rsid w:val="000210FA"/>
     <w:rsid w:val="000219A7"/>
@@ -4689,51 +3541,50 @@
     <w:rsid w:val="00BB6B17"/>
     <w:rsid w:val="00BB710D"/>
     <w:rsid w:val="00BB7668"/>
     <w:rsid w:val="00BB7A9C"/>
     <w:rsid w:val="00BC001A"/>
     <w:rsid w:val="00BC0663"/>
     <w:rsid w:val="00BC1DEF"/>
     <w:rsid w:val="00BC42D3"/>
     <w:rsid w:val="00BC48B2"/>
     <w:rsid w:val="00BC4F9D"/>
     <w:rsid w:val="00BC508C"/>
     <w:rsid w:val="00BC54A5"/>
     <w:rsid w:val="00BC565B"/>
     <w:rsid w:val="00BC63F9"/>
     <w:rsid w:val="00BC64B4"/>
     <w:rsid w:val="00BC6ADE"/>
     <w:rsid w:val="00BC726C"/>
     <w:rsid w:val="00BC7377"/>
     <w:rsid w:val="00BC7797"/>
     <w:rsid w:val="00BD0568"/>
     <w:rsid w:val="00BD0A13"/>
     <w:rsid w:val="00BD1EE8"/>
     <w:rsid w:val="00BD300C"/>
     <w:rsid w:val="00BD4340"/>
     <w:rsid w:val="00BD4705"/>
-    <w:rsid w:val="00BD4D95"/>
     <w:rsid w:val="00BD5A0D"/>
     <w:rsid w:val="00BD5F09"/>
     <w:rsid w:val="00BD7521"/>
     <w:rsid w:val="00BE003D"/>
     <w:rsid w:val="00BE04EB"/>
     <w:rsid w:val="00BE14FD"/>
     <w:rsid w:val="00BE15DC"/>
     <w:rsid w:val="00BE2C45"/>
     <w:rsid w:val="00BE30CD"/>
     <w:rsid w:val="00BE3234"/>
     <w:rsid w:val="00BE39BD"/>
     <w:rsid w:val="00BE4A50"/>
     <w:rsid w:val="00BE699F"/>
     <w:rsid w:val="00BE6ED3"/>
     <w:rsid w:val="00BE7442"/>
     <w:rsid w:val="00BE79F3"/>
     <w:rsid w:val="00BE7D9F"/>
     <w:rsid w:val="00BF00C6"/>
     <w:rsid w:val="00BF01A5"/>
     <w:rsid w:val="00BF02E9"/>
     <w:rsid w:val="00BF0728"/>
     <w:rsid w:val="00BF0E18"/>
     <w:rsid w:val="00BF14D3"/>
     <w:rsid w:val="00BF1DB3"/>
     <w:rsid w:val="00BF1E4A"/>
@@ -5674,81 +4525,81 @@
     <w:rsid w:val="00FE659B"/>
     <w:rsid w:val="00FE6A7B"/>
     <w:rsid w:val="00FE728D"/>
     <w:rsid w:val="00FE7643"/>
     <w:rsid w:val="00FF0106"/>
     <w:rsid w:val="00FF0DB3"/>
     <w:rsid w:val="00FF1697"/>
     <w:rsid w:val="00FF19E8"/>
     <w:rsid w:val="00FF2550"/>
     <w:rsid w:val="00FF2BFD"/>
     <w:rsid w:val="00FF3F9C"/>
     <w:rsid w:val="00FF4C5C"/>
     <w:rsid w:val="00FF525D"/>
     <w:rsid w:val="00FF52A8"/>
     <w:rsid w:val="00FF5D55"/>
     <w:rsid w:val="00FF6516"/>
     <w:rsid w:val="00FF6DD3"/>
     <w:rsid w:val="00FF761A"/>
     <w:rsid w:val="00FF7646"/>
     <w:rsid w:val="00FF7758"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -5855,293 +4706,64 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00C564AA"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...48 lines deleted...]
-    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00B32F4A"/>
-[...178 lines deleted...]
-    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F53081"/>
     <w:pPr>
@@ -6159,59 +4781,59 @@
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F53081"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B32F4A"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6457,66 +5079,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>675</Characters>
+  <Pages>1</Pages>
+  <Words>120</Words>
+  <Characters>690</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>792</CharactersWithSpaces>
+  <CharactersWithSpaces>809</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>