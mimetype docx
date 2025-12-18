--- v0 (2025-12-10)
+++ v1 (2025-12-18)
@@ -1,2356 +1,169 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="006858F4" w:rsidRPr="006858F4" w:rsidRDefault="006858F4" w:rsidP="006858F4">
+    <w:p w:rsidR="006E5945" w:rsidRDefault="00157188" w:rsidP="006E5945">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006858F4">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="006E5945">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Іс-шараны</w:t>
+        <w:t>Информация о проведении мероприятия</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006858F4">
+    </w:p>
+    <w:p w:rsidR="00DF6EAD" w:rsidRPr="006E5945" w:rsidRDefault="00157188" w:rsidP="006E5945">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E5945">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Посвящение в первоклассники»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C6E59" w:rsidRPr="006E5945" w:rsidRDefault="00157188" w:rsidP="006E5945">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E5945">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>25 октября 2018г. в актовом зале школы</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6E59" w:rsidRPr="006E5945">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> состоялось праздничное мероприятие для учеников 1А, 1Б, 1В классов «Посвящение в первоклассники».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E5945">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>өткізу</w:t>
+      <w:r w:rsidR="005C6E59" w:rsidRPr="006E5945">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Праздник начался с того, что ведущая праздника поприветствовала всех: учащихся, учителей и присутствующих родителей. Праздник продолжили первоклассники, они прочитали наизусть стихотворения. Много препятствий и испытаний встретилось первоклассникам на пути. Первоклашки достойно справились со всеми предложенными заданиями.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    </w:p>
+    <w:p w:rsidR="00157188" w:rsidRPr="006E5945" w:rsidRDefault="005C6E59" w:rsidP="006E5945">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E5945">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ведущая и учащиеся старших классов выступили с напутственными  словами, рассказав первоклашкам о традициях школы, а именно как себя вести в школе, как уважать старших, как собирать самостоятельно портфель, как общаться с одноклассниками и т.д.          </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-        <w:t>туралы</w:t>
+    </w:p>
+    <w:p w:rsidR="005C6E59" w:rsidRPr="006E5945" w:rsidRDefault="005C6E59" w:rsidP="006E5945">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E5945">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Все ребята были очень довольны, ведь сегодня их приняли в дружную семью под названием «Школа», а главное, путешествуя по Стране Знаний, ребята, поняли, что учиться нужно и очень интересно, а участвовать в школьных мероприятиях очень весело!</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2242 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidR="005C6E59" w:rsidRPr="006E5945" w:rsidRDefault="005C6E59" w:rsidP="006E5945">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E5945">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17B9143A" wp14:editId="3249B356">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-946785</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>161290</wp:posOffset>
             </wp:positionV>
@@ -2621,54 +434,52 @@
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00157188"/>
     <w:rsid w:val="00157188"/>
     <w:rsid w:val="005C6E59"/>
-    <w:rsid w:val="006858F4"/>
     <w:rsid w:val="006E5945"/>
     <w:rsid w:val="008B17DA"/>
-    <w:rsid w:val="009201E8"/>
     <w:rsid w:val="00A845DB"/>
     <w:rsid w:val="00CF78F2"/>
     <w:rsid w:val="00DF6EAD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -3440,65 +1251,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>151</Words>
-  <Characters>861</Characters>
+  <Words>155</Words>
+  <Characters>884</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1010</CharactersWithSpaces>
+  <CharactersWithSpaces>1037</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Админ</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>