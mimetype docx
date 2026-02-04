--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -2,857 +2,2171 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="000D3523" w:rsidRPr="000D3523" w:rsidRDefault="000D3523" w:rsidP="000D3523">
+    <w:p w:rsidR="00440EE4" w:rsidRPr="004F26F2" w:rsidRDefault="00440EE4" w:rsidP="00440EE4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="004F26F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информация</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE72C4" w:rsidRDefault="00440EE4" w:rsidP="00440EE4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F26F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   о проведении дня опекуна  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA795A" w:rsidRPr="004F26F2" w:rsidRDefault="00440EE4" w:rsidP="00440EE4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F26F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в КГУ «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F26F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Общеобразовательной средней школе № 1 им.М.Горького»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440EE4" w:rsidRDefault="00440EE4" w:rsidP="00440EE4">
+      <w:pPr>
+        <w:ind w:left="5664" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F26F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>29 октября 201</w:t>
+      </w:r>
+      <w:r w:rsidR="0087565F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F26F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440EE4" w:rsidRPr="004F26F2" w:rsidRDefault="00440EE4" w:rsidP="00CE72C4">
       <w:pPr>
         <w:ind w:left="567" w:firstLine="141"/>
-        <w:jc w:val="center"/>
-[...286 lines deleted...]
-    <w:p w:rsidR="000D3523" w:rsidRPr="000D3523" w:rsidRDefault="000D3523" w:rsidP="000D3523">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F26F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сегодня  детское  счастье- самое важное в мире явление. По инициативе  общественного  объединения «Лига женщин творческой инициативы», «Союза опекунов Казахстан» и объединения «Голос ребенка»  ежегодно 29 октября в Казахстане   проводятся  торжественные мероприятия, приуроченные «Дню опекуна». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF7D14" w:rsidRDefault="00B44626" w:rsidP="00CE72C4">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D3523">
-[...9 lines deleted...]
-    <w:p w:rsidR="000D3523" w:rsidRPr="000D3523" w:rsidRDefault="000D3523" w:rsidP="000D3523">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4097020</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>367030</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1386840" cy="2063115"/>
+            <wp:effectExtent l="95250" t="57150" r="60960" b="680085"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="-593" y="-598"/>
+                <wp:lineTo x="-1484" y="28720"/>
+                <wp:lineTo x="22253" y="28720"/>
+                <wp:lineTo x="22549" y="28720"/>
+                <wp:lineTo x="22549" y="28321"/>
+                <wp:lineTo x="22253" y="28122"/>
+                <wp:lineTo x="22253" y="24931"/>
+                <wp:lineTo x="21956" y="22338"/>
+                <wp:lineTo x="21659" y="21740"/>
+                <wp:lineTo x="21956" y="21740"/>
+                <wp:lineTo x="22253" y="19147"/>
+                <wp:lineTo x="22253" y="2593"/>
+                <wp:lineTo x="22549" y="1795"/>
+                <wp:lineTo x="21956" y="-199"/>
+                <wp:lineTo x="21363" y="-598"/>
+                <wp:lineTo x="-593" y="-598"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Зере\Desktop\333333333333333333333333333333333333333.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\333333333333333333333333333333333333333.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1386840" cy="2063115"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="roundRect">
+                      <a:avLst>
+                        <a:gd name="adj" fmla="val 4167"/>
+                      </a:avLst>
+                    </a:prstGeom>
+                    <a:solidFill>
+                      <a:srgbClr val="FFFFFF"/>
+                    </a:solidFill>
+                    <a:ln w="76200" cap="sq">
+                      <a:solidFill>
+                        <a:srgbClr val="EAEAEA"/>
+                      </a:solidFill>
+                      <a:miter lim="800000"/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:reflection blurRad="12700" stA="33000" endPos="28000" dist="5000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                    </a:effectLst>
+                    <a:scene3d>
+                      <a:camera prst="orthographicFront"/>
+                      <a:lightRig rig="threePt" dir="t">
+                        <a:rot lat="0" lon="0" rev="2700000"/>
+                      </a:lightRig>
+                    </a:scene3d>
+                    <a:sp3d contourW="6350">
+                      <a:bevelT h="38100"/>
+                      <a:contourClr>
+                        <a:srgbClr val="C0C0C0"/>
+                      </a:contourClr>
+                    </a:sp3d>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="0087565F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С 22  по 27</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> октября  в школе проходили  мероприятия, посвященные опекунам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B44626" w:rsidRDefault="00B44626" w:rsidP="00CE72C4">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>5648960</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>4445</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1544320" cy="2061210"/>
+            <wp:effectExtent l="95250" t="57150" r="74930" b="662940"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="3" name="Рисунок 1" descr="C:\Users\Зере\Desktop\33333333333333333333.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\33333333333333333333.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1544320" cy="2061210"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="roundRect">
+                      <a:avLst>
+                        <a:gd name="adj" fmla="val 4167"/>
+                      </a:avLst>
+                    </a:prstGeom>
+                    <a:solidFill>
+                      <a:srgbClr val="FFFFFF"/>
+                    </a:solidFill>
+                    <a:ln w="76200" cap="sq">
+                      <a:solidFill>
+                        <a:srgbClr val="EAEAEA"/>
+                      </a:solidFill>
+                      <a:miter lim="800000"/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:reflection blurRad="12700" stA="33000" endPos="28000" dist="5000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                    </a:effectLst>
+                    <a:scene3d>
+                      <a:camera prst="orthographicFront"/>
+                      <a:lightRig rig="threePt" dir="t">
+                        <a:rot lat="0" lon="0" rev="2700000"/>
+                      </a:lightRig>
+                    </a:scene3d>
+                    <a:sp3d contourW="6350">
+                      <a:bevelT h="38100"/>
+                      <a:contourClr>
+                        <a:srgbClr val="C0C0C0"/>
+                      </a:contourClr>
+                    </a:sp3d>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00FF7D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс  сочинений  на тему </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00412153" w:rsidRDefault="00FF7D14" w:rsidP="00CE72C4">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="1068"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00412153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мой самый  близкий человек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00412153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B44626" w:rsidRDefault="00FF7D14" w:rsidP="00CE72C4">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B44626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс фотоколлажей « Мои родные»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B44626" w:rsidRPr="00B44626" w:rsidRDefault="00942FF7" w:rsidP="00CE72C4">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="1068"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>662940</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>76200</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3415030" cy="2164080"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="5" name="Рисунок 3" descr="C:\Users\Зере\Desktop\0000\IMG_8637.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\0000\IMG_8637.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:srcRect t="27071" r="16547" b="8506"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3422650" cy="2168909"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="ellipse">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B44626" w:rsidRDefault="00B44626" w:rsidP="00CE72C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B44626" w:rsidRDefault="00B44626" w:rsidP="00B44626">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00942FF7" w:rsidRDefault="00942FF7" w:rsidP="00B44626">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00147821" w:rsidRDefault="00147821" w:rsidP="00B44626">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B44626" w:rsidRDefault="00B44626" w:rsidP="00B44626">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF7D14" w:rsidRDefault="00FF7D14" w:rsidP="00FF7D14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс видеороликов  « Мой один день с близким человеком!»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B44626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B44626" w:rsidRDefault="00EF5EEC" w:rsidP="00B44626">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="1068"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>3812540</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>337820</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3201035" cy="2346960"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="12" name="Рисунок 5" descr="C:\Users\Зере\Desktop\0000\IMG_8528.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Зере\Desktop\0000\IMG_8528.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3201035" cy="2346960"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="ellipse">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00B44626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Созданная комиссия по   школе  из числа учителей  русского языка и  литературы, изобразительного  искусства и музыки, заместителей  директора  долго не  могли определить   победителей.   И  27  октября  на праздничном   концерте    были объявлены</w:t>
+      </w:r>
+      <w:r w:rsidR="006B63BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результаты всех конкурсов.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для них были подготовлены   грамоты и  памятные  подарки. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B44626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003150D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00147821" w:rsidRDefault="00147821" w:rsidP="00B44626">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="1068"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00440EE4" w:rsidRPr="00CE72C4" w:rsidRDefault="003150D4" w:rsidP="000E2D53">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00440EE4" w:rsidRPr="00FF7D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Учащимися  школы был организован </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00440EE4" w:rsidRPr="00FF7D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и  проведен праздничный концерт</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3D19" w:rsidRPr="00FF7D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0087565F" w:rsidRPr="00EF5EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Человеку  с добрым сердцем</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3D19" w:rsidRPr="00EF5EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3D19" w:rsidRPr="00FF7D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посвященный людям с добрым сердцем. На концерт </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>5715</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>305435</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3287395" cy="2193290"/>
+            <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="17" name="Рисунок 6" descr="C:\Users\Зере\Desktop\0000\IMG_8585.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Зере\Desktop\0000\IMG_8585.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3287395" cy="2193290"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="ellipse">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00CF3D19" w:rsidRPr="00FF7D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>был</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3D19" w:rsidRPr="00FF7D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приглашены  опекуны  вместе  с детьми. </w:t>
+      </w:r>
+      <w:r w:rsidR="000E2D53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3185192" cy="2122159"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="11" name="Рисунок 4" descr="C:\Users\Зере\Desktop\0000\IMG_8589.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\0000\IMG_8589.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3187418" cy="2123642"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="ellipse">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F26F2" w:rsidRDefault="0087565F" w:rsidP="00F9361A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заместитель директора  по учебно-методической работе  Алибекова Г.Т.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3D19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выступила с поздравлением  и вручила опекунам благодарственные письма и памятные подарки за  достойное воспитание, милосердие и доброту. </w:t>
+      </w:r>
+      <w:r w:rsidR="0057360B" w:rsidRPr="0057360B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2864063" cy="2358239"/>
+            <wp:effectExtent l="0" t="228600" r="0" b="232561"/>
+            <wp:docPr id="33" name="Рисунок 10" descr="C:\Users\Зере\Desktop\0000\IMG_8559.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 10" descr="C:\Users\Зере\Desktop\0000\IMG_8559.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12" cstate="print"/>
+                    <a:srcRect r="19063"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm rot="5400000">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2864063" cy="2358239"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="ellipse">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="0057360B" w:rsidRPr="0057360B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2987040" cy="2502803"/>
+            <wp:effectExtent l="0" t="228600" r="0" b="221347"/>
+            <wp:docPr id="32" name="Рисунок 9" descr="C:\Users\Зере\Desktop\0000\IMG_8569.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\Зере\Desktop\0000\IMG_8569.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13" cstate="print"/>
+                    <a:srcRect r="18270" b="-447"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm rot="5400000">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3008707" cy="2520958"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="ellipse">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00F63495" w:rsidRPr="00F63495">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3124135" cy="2517672"/>
+            <wp:effectExtent l="0" t="285750" r="0" b="282678"/>
+            <wp:docPr id="29" name="Рисунок 8" descr="C:\Users\Зере\Desktop\0000\IMG_8561.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 8" descr="C:\Users\Зере\Desktop\0000\IMG_8561.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14" cstate="print"/>
+                    <a:srcRect l="11430" t="10248"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm rot="5400000">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3124246" cy="2517762"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="ellipse">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF3D19" w:rsidRDefault="00090CD2" w:rsidP="00440EE4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2398395</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>573405</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3149600" cy="2618740"/>
+            <wp:effectExtent l="0" t="247650" r="0" b="238760"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="122" y="12633"/>
+                <wp:lineTo x="383" y="14047"/>
+                <wp:lineTo x="1820" y="17504"/>
+                <wp:lineTo x="2996" y="18290"/>
+                <wp:lineTo x="4303" y="19547"/>
+                <wp:lineTo x="4433" y="19547"/>
+                <wp:lineTo x="6393" y="20804"/>
+                <wp:lineTo x="6524" y="20804"/>
+                <wp:lineTo x="8483" y="21590"/>
+                <wp:lineTo x="8614" y="21590"/>
+                <wp:lineTo x="10574" y="21747"/>
+                <wp:lineTo x="10704" y="21747"/>
+                <wp:lineTo x="12664" y="21590"/>
+                <wp:lineTo x="12795" y="21590"/>
+                <wp:lineTo x="14754" y="20961"/>
+                <wp:lineTo x="14885" y="20961"/>
+                <wp:lineTo x="16845" y="19861"/>
+                <wp:lineTo x="16975" y="19861"/>
+                <wp:lineTo x="18935" y="18133"/>
+                <wp:lineTo x="18935" y="17976"/>
+                <wp:lineTo x="19065" y="17976"/>
+                <wp:lineTo x="21025" y="14204"/>
+                <wp:lineTo x="21025" y="13890"/>
+                <wp:lineTo x="21156" y="13890"/>
+                <wp:lineTo x="21417" y="12162"/>
+                <wp:lineTo x="21417" y="11690"/>
+                <wp:lineTo x="21417" y="10119"/>
+                <wp:lineTo x="21417" y="9648"/>
+                <wp:lineTo x="21156" y="7919"/>
+                <wp:lineTo x="21025" y="7919"/>
+                <wp:lineTo x="21025" y="7605"/>
+                <wp:lineTo x="19065" y="3834"/>
+                <wp:lineTo x="16845" y="1791"/>
+                <wp:lineTo x="14754" y="848"/>
+                <wp:lineTo x="12664" y="220"/>
+                <wp:lineTo x="8483" y="220"/>
+                <wp:lineTo x="6393" y="1006"/>
+                <wp:lineTo x="4303" y="2263"/>
+                <wp:lineTo x="1951" y="4148"/>
+                <wp:lineTo x="383" y="7762"/>
+                <wp:lineTo x="122" y="9176"/>
+                <wp:lineTo x="122" y="12633"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="35" name="Рисунок 12" descr="C:\Users\Зере\Desktop\0000\IMG_8583.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 12" descr="C:\Users\Зере\Desktop\0000\IMG_8583.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15" cstate="print"/>
+                    <a:srcRect t="10256" r="19577"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm rot="5400000">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3149600" cy="2618740"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="ellipse">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00CF3D19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">После  поздравлении </w:t>
+      </w:r>
+      <w:r w:rsidR="00F9361A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заместителя </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3D19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>директора, виновников торжества  поздравили  родные дети.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E77F3" w:rsidRDefault="002D4F2D" w:rsidP="00440EE4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F9361A" w:rsidRPr="00090CD2" w:rsidRDefault="00F9361A" w:rsidP="00440EE4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00090CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Николаев Вячеслав  , </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E77F3" w:rsidRPr="00090CD2" w:rsidRDefault="00F9361A" w:rsidP="00440EE4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00090CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ученик 1  класса </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E77F3" w:rsidRDefault="00F9361A" w:rsidP="00440EE4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F26F2" w:rsidRDefault="004F26F2" w:rsidP="004F26F2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D4F2D" w:rsidRDefault="002D4F2D" w:rsidP="004F26F2">
       <w:pPr>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="000D3523" w:rsidRPr="000D3523" w:rsidRDefault="000D3523" w:rsidP="000D3523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001238AF" w:rsidRDefault="001238AF" w:rsidP="004F26F2">
       <w:pPr>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="000D3523" w:rsidRPr="000D3523" w:rsidRDefault="000D3523" w:rsidP="000D3523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001238AF" w:rsidRDefault="001238AF" w:rsidP="004F26F2">
       <w:pPr>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
-[...161 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D4F2D" w:rsidRPr="00E468C0" w:rsidRDefault="001238AF" w:rsidP="003056A9">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Психологоям школы  Смирной  О.Л. разработана   методическая   рекондация  дя опекунов  « </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F320E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Как  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E468C0" w:rsidRPr="005F320E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>преодолеть кризисы в воспитании  ребенка</w:t>
+      </w:r>
+      <w:r w:rsidR="00E468C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>?»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E468C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2346960" cy="3047923"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="37" name="Рисунок 13" descr="C:\Users\Зере\Desktop\0000\IMG_8542.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 13" descr="C:\Users\Зере\Desktop\0000\IMG_8542.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16" cstate="print"/>
+                    <a:srcRect r="18525"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2348059" cy="3049350"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="ellipse">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00E468C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00E468C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2236470" cy="3048000"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="38" name="Рисунок 14" descr="C:\Users\Зере\Desktop\0000\IMG_8540.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 14" descr="C:\Users\Зере\Desktop\0000\IMG_8540.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17" cstate="print"/>
+                    <a:srcRect l="23100" r="5975" b="-64"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2236128" cy="3047534"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="ellipse">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF3D19" w:rsidRDefault="00090CD2" w:rsidP="004F26F2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Также  были награждены  победители конкурсов сочинении,  фотоколлажей и  видеороликов. </w:t>
+      </w:r>
+      <w:r w:rsidR="008B5075">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Победителям конкурса были вручены памятные подарки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A20B5E" w:rsidRDefault="00A20B5E" w:rsidP="004F26F2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A20B5E" w:rsidRDefault="00A20B5E" w:rsidP="004F26F2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A20B5E" w:rsidRDefault="00A20B5E" w:rsidP="004F26F2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A20B5E" w:rsidRDefault="00A20B5E" w:rsidP="004F26F2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A20B5E" w:rsidRDefault="00A20B5E" w:rsidP="004F26F2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A20B5E" w:rsidRDefault="00B607B9" w:rsidP="004F26F2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>3032760</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>254635</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3830320" cy="2817495"/>
+            <wp:effectExtent l="0" t="495300" r="0" b="478155"/>
+            <wp:wrapNone/>
+            <wp:docPr id="40" name="Рисунок 16" descr="C:\Users\Зере\Desktop\0000\IMG_8603.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 16" descr="C:\Users\Зере\Desktop\0000\IMG_8603.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18" cstate="print"/>
+                    <a:srcRect t="10237" r="15286"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm rot="5400000">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3830320" cy="2817495"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="ellipse">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00A20B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>13970</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>260986</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3860800" cy="2727325"/>
+            <wp:effectExtent l="0" t="552450" r="0" b="549275"/>
+            <wp:wrapNone/>
+            <wp:docPr id="39" name="Рисунок 15" descr="C:\Users\Зере\Desktop\0000\IMG_8601.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 15" descr="C:\Users\Зере\Desktop\0000\IMG_8601.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId19" cstate="print"/>
+                    <a:srcRect l="-217" t="16275" r="12069" b="-737"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm rot="5400000">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3860800" cy="2727325"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="ellipse">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003056A9" w:rsidRDefault="003056A9" w:rsidP="004F26F2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003056A9" w:rsidRDefault="003056A9" w:rsidP="004F26F2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003056A9" w:rsidRDefault="003056A9" w:rsidP="004F26F2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003056A9" w:rsidRDefault="003056A9" w:rsidP="004F26F2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003056A9" w:rsidRDefault="003056A9" w:rsidP="004F26F2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003056A9" w:rsidRDefault="003056A9" w:rsidP="004F26F2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F26F2" w:rsidRDefault="004F26F2" w:rsidP="004F26F2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004A149A" w:rsidRDefault="004A149A" w:rsidP="004A149A">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004A149A" w:rsidRDefault="004A149A" w:rsidP="004F26F2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...63 lines deleted...]
-        <w:t xml:space="preserve">      Салтанатты іс-шара жалпы естелік фотосуретпен аяқталды.</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B5075" w:rsidRDefault="004A149A" w:rsidP="00440EE4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="008B5075">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Торжественное мероприятие  завершилась </w:t>
       </w:r>
       <w:r w:rsidR="005F320E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общей памятной фотографией. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F320E" w:rsidRDefault="005F320E" w:rsidP="005F320E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58217F11" wp14:editId="18149DEC">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5690870" cy="3796623"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:docPr id="41" name="Рисунок 17" descr="C:\Users\Зере\Desktop\0000\IMG_8640.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 17" descr="C:\Users\Зере\Desktop\0000\IMG_8640.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:blip r:embed="rId20" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5690870" cy="3796623"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B5075" w:rsidRPr="008B5075" w:rsidRDefault="000D3523" w:rsidP="008B5075">
+    <w:p w:rsidR="008B5075" w:rsidRPr="008B5075" w:rsidRDefault="008B5075" w:rsidP="008B5075">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008B5075">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мектеп д</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008B5075" w:rsidRPr="008B5075">
+        <w:t xml:space="preserve">Директор школы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5075">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>иректор</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004A149A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008B5075" w:rsidRPr="008B5075">
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="004A149A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004A149A">
-[...19 lines deleted...]
-      <w:r w:rsidR="008B5075" w:rsidRPr="008B5075">
+      <w:r w:rsidRPr="008B5075">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
         <w:t>Е.Тусупова</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008B5075" w:rsidRDefault="008B5075" w:rsidP="00440EE4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00440EE4" w:rsidRPr="00440EE4" w:rsidRDefault="008B5075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B5075">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Соцпедагог:Бейсекеева З.Р.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00440EE4" w:rsidRPr="00440EE4" w:rsidSect="000D3523">
+    <w:sectPr w:rsidR="00440EE4" w:rsidRPr="00440EE4" w:rsidSect="00CE72C4">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="282" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="282" w:bottom="1134" w:left="426" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -993,77 +2307,75 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00440EE4"/>
     <w:rsid w:val="0002719C"/>
     <w:rsid w:val="00090CD2"/>
-    <w:rsid w:val="000D3523"/>
     <w:rsid w:val="000E2D53"/>
     <w:rsid w:val="001238AF"/>
     <w:rsid w:val="00136FFB"/>
     <w:rsid w:val="00147821"/>
     <w:rsid w:val="0021210E"/>
     <w:rsid w:val="002A4D44"/>
     <w:rsid w:val="002D4F2D"/>
     <w:rsid w:val="003056A9"/>
     <w:rsid w:val="003150D4"/>
     <w:rsid w:val="003160E1"/>
-    <w:rsid w:val="00324036"/>
     <w:rsid w:val="00412153"/>
     <w:rsid w:val="00427E23"/>
     <w:rsid w:val="00440EE4"/>
     <w:rsid w:val="00457314"/>
     <w:rsid w:val="004A149A"/>
     <w:rsid w:val="004F26F2"/>
     <w:rsid w:val="004F6AAD"/>
     <w:rsid w:val="0057360B"/>
     <w:rsid w:val="00595AF2"/>
     <w:rsid w:val="005F320E"/>
     <w:rsid w:val="006758F4"/>
     <w:rsid w:val="006B63BE"/>
     <w:rsid w:val="00744509"/>
     <w:rsid w:val="00796956"/>
     <w:rsid w:val="007E0D30"/>
     <w:rsid w:val="0087565F"/>
     <w:rsid w:val="008B5075"/>
     <w:rsid w:val="008D34DF"/>
     <w:rsid w:val="008E77F3"/>
     <w:rsid w:val="00920277"/>
     <w:rsid w:val="00942FF7"/>
     <w:rsid w:val="009605D6"/>
     <w:rsid w:val="009B1457"/>
     <w:rsid w:val="009E443B"/>
     <w:rsid w:val="00A03BB5"/>
@@ -1561,51 +2873,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00FF7D14"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1851,66 +3163,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1574</Characters>
+  <Pages>4</Pages>
+  <Words>321</Words>
+  <Characters>1832</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1847</CharactersWithSpaces>
+  <CharactersWithSpaces>2149</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>