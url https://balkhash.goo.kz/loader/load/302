--- v0 (2025-12-17)
+++ v1 (2026-03-03)
@@ -1,1575 +1,1369 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D27E4C" w:rsidRPr="00D63B27" w:rsidRDefault="00D27E4C" w:rsidP="00D63B27">
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00D27E4C" w:rsidRPr="00D63B27" w:rsidRDefault="00D27E4C" w:rsidP="00D63B27">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПРИЛОЖЕНИЕ     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00D27E4C" w:rsidRPr="00D63B27" w:rsidRDefault="00D27E4C" w:rsidP="00D63B27">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Указу Президента </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00D27E4C" w:rsidRPr="00D63B27" w:rsidRDefault="00D27E4C" w:rsidP="00D63B27">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00D27E4C" w:rsidRPr="00D63B27" w:rsidRDefault="00D27E4C" w:rsidP="00D63B27">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 1 апреля 2011 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D63B27">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 1180       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">УТВЕРЖДЕН     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Указом Президента </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 3 мая 2005 года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 1567      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D63B27">
-[...114 lines deleted...]
-    <w:p w:rsidR="00D27E4C" w:rsidRPr="00373D07" w:rsidRDefault="00D27E4C" w:rsidP="00D63B27">
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D63B27">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Қазақстан</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00373D07">
+        <w:t>Кодекс чести государственных служащих Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="0015609F" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Правила служебной этики государственных служащих)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="0015609F" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Несение государственной службы является выражением особого доверия со стороны общества и государства и предъявляет высокие требования к морально-этическому облику государственных служащих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Общество рассчитывает, что государственный служащий будет вкладывать все свои силы, знания и опыт в осуществляемую им профессиональную деятельность, беспристрастно и честно служить своей Родине - Республике Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. Настоящий Кодекс чести государственных служащих Республики Казахстан (Правила служебной этики государственных служащих) (далее - Кодекс) в соответствии с Законом Республики Казахстан от 23 июля 1999 года "О государственной службе", Законом Республики Казахстан от 2 июля 1998 года "О борьбе с коррупцией" и общепринятыми морально-этическими нормами устанавливает основные стандарты поведения государственных служащих Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3. Руководители государственных органов, в центральных исполнительных органах - ответственные секретари центральных исполнительных органов или должностные лица, на которых в установленном порядке возложены полномочия ответственных секретарей центральных исполнительных органов, а в случаях отсутствия ответственных секретарей центральных исполнительных органов или указанных должностных лиц - руководители центральных исполнительных органов обеспечивают исполнение требований настоящего Кодекса, размещение текста настоящего Кодекса в зданиях государственных органов в местах, доступных для всеобщего обозрения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4. Государственный служащий в течение месяца после поступления на государственную службу должен быть ознакомлен с настоящим Кодексом в письменной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Общие правила поведения государственных служащих</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. Государственные служащие должны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) быть приверженными политике Президента Республики Казахстан и последовательно проводить ее в жизнь, своими действиями укреплять авторитет государственной власти, не допускать совершения действий, способных дискредитировать институты государства;       2) руководствоваться принципом законности, требованиями Конституции, законов и иных нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) работать на благо общества и государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4) противостоять действиям, наносящим ущерб интересам государства, препятствующим эффективному функционированию государственных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5) бережно относиться к вверенной государственной собственности, рационально и эффективно использовать ее;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6) обеспечивать соблюдение и защиту прав, свобод и законных интересов физических и юридических лиц, не допускать проявлений бюрократизма и волокиты при рассмотрении их обращений, в установленные сроки принимать по обращениям необходимые меры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       7) сохранять и укреплять доверие общества к государственной службе и институтам государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       8) своими действиями не давать повода для обоснованной критики со стороны общества, не допускать преследования за критику, использовать конструктивную критику для устранения недостатков и улучшения своей деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       9) быть честными, справедливыми, скромными и вежливыми, соблюдать общепринятые морально-этические нормы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       10) способствовать укреплению единства народа Казахстана и межнационального согласия в стране, уважительно относиться к государственному и другим языкам, традициям и обычаям народа Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       11) неукоснительно соблюдать государственную и трудовую дисциплину, эффективно распоряжаться предоставленными полномочиями; добросовестно, беспристрастно и качественно исполнять свои служебные обязанности; рационально использовать рабочее время;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       12) прилагать необходимые усилия для высокопрофессиональной работы, применять оптимальные и экономичные способы решения поставленных задач;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       13) противостоять действиям, препятствующим надлежащему выполнению служебных обязанностей государственными служащими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       14) не допускать случаев подбора и расстановки кадров по признакам родства, землячества и личной преданности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       15) точно определять задачи и объем служебных полномочий подчиненных работников, не отдавать явно невыполнимых распоряжений, не требовать от подчиненных работников исполнения поручений, выходящих за рамки их служебных обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       16) не допускать по отношению к подчиненным работникам необоснованных обвинений, фактов грубости, унижения человеческого достоинства, бестактности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       17) не принуждать подчиненных работников к совершению противоправных проступков или поступков, не совместимых с общепринятыми морально-этическими нормами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       18) обладать необходимым уровнем профессиональной подготовки, в том числе по вопросам, исполнение которых отнесено к функциональным обязанностям подчиненных работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       19) не допускать и пресекать факты нарушения норм служебной этики со стороны других государственных служащих;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       20) придерживаться делового стиля в одежде в период исполнения своих служебных обязанностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6. Государственные служащие должны соблюдать деловой этикет, уважать правила официального поведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       7. Государственные служащие не должны использовать служебное положение и связанные с ними возможности в интересах общественных и религиозных объединений, других некоммерческих организаций, в том числе для пропаганды своего отношения к ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Государственные служащие, занимающие руководящие должности, не могут принуждать подчиненных работников к участию в деятельности общественных и религиозных объединений, других некоммерческих организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Антикоррупционное поведение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015609F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D63B27">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Республикасы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00373D07">
+        <w:t>государственных служащих</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. Государственные служащие должны противостоять проявлениям коррупции, не допускать коррупционных правонарушений либо деяний, сопряженных с коррупцией или создающих условия для коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Государственные служащие должны пресекать факты коррупционных правонарушений со стороны других государственных служащих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       9. Если государственный служащий располагает достоверной информацией о коррупционном правонарушении, он должен принять необходимые меры по предотвращению и прекращению такого правонарушения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       К необходимым мерам относятся информирование уполномоченных государственных органов и информирование вышестоящего руководителя, руководства государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       После получения информации о коррупционном правонарушении руководство государственного органа принимает по ним соответствующие меры, в том числе по защите государственного служащего, если в его действиях нет нарушений законодательства, от незаконного преследования, негативно влияющего на дальнейшую служебную деятельность государственного служащего, его права и законные интересы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       10. Государственные служащие своими действиями и решениями не должны допускать административных и иных препятствий, затрудняющих реализацию физическими и юридическими лицами своих прав и законных интересов. В случае выявления таких фактов государственные служащие должны принимать меры по их устранению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       11. Государственные служащие должны использовать все возможности по предотвращению экономического ущерба государству, не допускать инициирования проверок в личных интересах и интересах третьих лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       12. Государственные служащие не должны использовать свои должностные полномочия и связанные с ними возможности для получения личной имущественной и неимущественной выгоды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       13. Государственные служащие должны принимать меры по недопущению конфликта интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       14. При возникновении конфликта интересов, то есть ситуации, при которой возникает противоречие между личной заинтересованностью государственного служащего и надлежащим исполнением им своих должностных полномочий или законными интересами физических и юридических лиц, государства, способное привести к причинению вреда этим законным интересам, государственный служащий обязан принять меры по его предотвращению и урегулированию, предусмотренные законодательством Республики Казахстан о государственной службе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00373D07" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D63B27">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00373D07" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>мемлекеттік</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00373D07">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00D63B27">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>қызметшілерінің</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00373D07">
+        <w:t>4. Публичные выступления</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15. Публичные выступления по вопросам деятельности государственного органа осуществляются его руководителем или уполномоченными на это должностными лицами государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Государственные служащие должны вести дискуссии в корректной форме, не подрывая авторитета государственной службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       16. Государственным служащим не следует публично выражать свое мнение по вопросам государственной политики и служебной деятельности, если оно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) не соответствует основным направлениям политики государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) раскрывает служебную информацию, которая не разрешена к обнародованию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) содержит неэтичные высказывания в адрес должностных лиц государства, органов государственного управления, других государственных служащих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       17. Не допускаются публикации государственными служащими от имени государственного органа по вопросам, не связанным с проведением государственной политики, деятельностью государственного органа и государственных служащих. Публикация материалов по педагогической, научной и иной творческой деятельности может осуществляться государственным служащим только от собственного имени как частного лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       18. При предъявлении к государственному служащему необоснованного публичного обвинения в коррупции, в том числе в занятии предпринимательской деятельностью, лоббировании чьих-либо интересов, а также незаконном получении доходов и имущества, несопоставимых с доходами государственного служащего, он должен в месячный срок со дня обнаружения такого обвинения принять меры по его опровержению, в том числе в судебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00D63B27">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ар</w:t>
-[...1217 lines deleted...]
-    <w:sectPr w:rsidR="00D27E4C" w:rsidRPr="00373D07" w:rsidSect="006B716F">
+        <w:t>5. Поведение государственных служащих во внеслужебное время</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="00D63B27" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      19. Государственные служащие во внеслужебное время должны придерживаться общепринятых этических норм, не допускать случаев антиобщественного поведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRPr="0015609F" w:rsidRDefault="006011F7" w:rsidP="0015609F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       20. Государственные служащие должны проявлять скромность, не подчеркивать и не использовать должностное положение государственных служащих при получении транспортных, сервисных и иных услуг, не давать повода для обоснованной критики своих действий со стороны общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006011F7" w:rsidRDefault="006011F7"/>
+    <w:sectPr w:rsidR="006011F7" w:rsidSect="00DC3493">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1584,60 +1378,59 @@
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:underlineTabInNumList/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000170E2"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00200E75"/>
+    <w:rsidRoot w:val="0015609F"/>
+    <w:rsid w:val="0015609F"/>
     <w:rsid w:val="00373D07"/>
-    <w:rsid w:val="006B716F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D27E4C"/>
+    <w:rsid w:val="006011F7"/>
+    <w:rsid w:val="00834C4A"/>
+    <w:rsid w:val="00956749"/>
     <w:rsid w:val="00D63B27"/>
-    <w:rsid w:val="00E94073"/>
+    <w:rsid w:val="00DC3493"/>
+    <w:rsid w:val="00FA37FB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:uiCompat97To2003/>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1773,51 +1566,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006B716F"/>
+    <w:rsid w:val="00DC3493"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
@@ -2106,54 +1899,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal_Wordconv.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1541</Words>
-  <Characters>8785</Characters>
+  <Words>1548</Words>
+  <Characters>8824</Characters>
   <Application>Microsoft Office Outlook</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Microsoft</Company>
+  <Company>MultiDVD Team</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Қазақстан Республикасы  </dc:title>
+  <dc:title>ПРИЛОЖЕНИЕ     </dc:title>
   <dc:subject/>
-  <dc:creator>XTreme</dc:creator>
+  <dc:creator>Administrator</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>