--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -3,2577 +3,611 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00814462" w:rsidRPr="00814462" w:rsidRDefault="001F645F" w:rsidP="00814462">
+    <w:p w:rsidR="00A5691B" w:rsidRPr="00A63641" w:rsidRDefault="001F645F" w:rsidP="00A5691B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:spacing w:before="208" w:after="0"/>
+        <w:spacing w:before="208" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00814462">
-[...665 lines deleted...]
-      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5691B" w:rsidRPr="00A5691B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информация о проведении</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5691B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="00A63641">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        декады   «День девочек</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63641">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00814462" w:rsidRPr="00814462" w:rsidRDefault="00814462" w:rsidP="00814462">
-[...635 lines deleted...]
-    <w:p w:rsidR="00936659" w:rsidRPr="00814462" w:rsidRDefault="00814462" w:rsidP="00814462">
+    <w:p w:rsidR="00A63641" w:rsidRDefault="00936659" w:rsidP="00A63641">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="208" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00814462">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00814462">
+      <w:r w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С 4 по 13 октября в КГУ</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33AF8">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00814462">
+      <w:r w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«ОСШ№1 имени М.Горького</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5691B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» прошла д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">екада, посвященная Международному дню девочек. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A63641" w:rsidRDefault="00555789" w:rsidP="00A63641">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="208" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель данной д</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA11A9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екады – реализация прав девочек</w:t>
+      </w:r>
+      <w:r w:rsidR="00936659" w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на возможность получения образования, медицинское обслуживание, защита от всех форм дискриминации, насилия, ранних принудительных браков, профилактика </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90102">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ранних половых отношений, защита</w:t>
+      </w:r>
+      <w:r w:rsidR="00936659" w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государства, независ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8625A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>имо от  пола, возраста,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5691B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00814462">
+      <w:r w:rsidR="00936659" w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нации. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C8625A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A63641" w:rsidRDefault="00C8625A" w:rsidP="00A63641">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="208" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Школьным библиотекарем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> был</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а представлена выставка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ресных книг «Все для девочек!». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Девочки с удовольствием посещали библиотеку, узнавали много интересного </w:t>
+      </w:r>
+      <w:r w:rsidR="00555789">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и полезного,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводились мультимедийные занятия «Правила этикета». Девочки потом поделились ответами на вопросы: «Как вести себя за столом, если дома гость? «Как вести себя в общественных местах?». </w:t>
+      </w:r>
+      <w:r w:rsidR="00555789">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555789" w:rsidRDefault="00555789" w:rsidP="00A63641">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="208" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 октября была организована </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA11A9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>встреча с врачами</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8625A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поликлиники №1 в центре ЗОЖ</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA11A9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  </w:t>
+      </w:r>
+      <w:r w:rsidR="00936659" w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>было разъяснено негативное п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осле</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA11A9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дствие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для здоровья</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA11A9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00814462">
+      <w:r w:rsidR="00936659" w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ранние половые отношения, какие меры необходимо предпринимать для укрепления и сохранения здоровья. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="00936659" w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сихологом </w:t>
+      </w:r>
+      <w:r w:rsidR="00C8625A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Беляевой А.В. </w:t>
+      </w:r>
+      <w:r w:rsidR="00936659" w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проведено психологическое занятие с элементам</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA490E" w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и тренинга «Быть девочкой не просто!</w:t>
+      </w:r>
+      <w:r w:rsidR="00936659" w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>». Целью данного мероприятия является профилактика ранних браков, повышение самооценки девочек,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA490E" w:rsidRPr="00AA490E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00814462">
+      <w:r w:rsidR="00936659" w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">развитие умения говорить «нет» в необходимой ситуации. </w:t>
+      </w:r>
+      <w:r w:rsidR="004F6BC9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Школьный инспектор  провела профилактические беседы с учащимися. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90102">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Учителями физкультуры</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8625A">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...980 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00936659" w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организовано игровое мероприятие  «</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8625A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А ну-ка  девочки!</w:t>
+      </w:r>
+      <w:r w:rsidR="00936659" w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», где </w:t>
+      </w:r>
+      <w:r w:rsidR="00C8625A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">девочки </w:t>
+      </w:r>
+      <w:r w:rsidR="00936659" w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наравне с мальчиками </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>преодолевали спортивные барьеры.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00555789" w:rsidRPr="00AA490E" w:rsidRDefault="00555789" w:rsidP="00936659">
+    <w:p w:rsidR="00936659" w:rsidRDefault="00985C7D" w:rsidP="00936659">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="208" w:afterAutospacing="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="127" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="678C512F" wp14:editId="0D136F83">
+          <wp:anchor distT="0" distB="127" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>896620</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>224155</wp:posOffset>
+              <wp:posOffset>170815</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="4255770" cy="2114550"/>
+            <wp:extent cx="4255770" cy="2115058"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="11" name="Рисунок 1" descr="C:\Users\Андрей\Desktop\д.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Рисунок 1" descr="C:\Users\Андрей\Desktop\д.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4255770" cy="2114550"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:r w:rsidR="00936659" w:rsidRPr="00AA490E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555789" w:rsidRPr="00AA490E" w:rsidRDefault="00555789" w:rsidP="00936659">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="208" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C8625A" w:rsidRDefault="00C8625A" w:rsidP="00936659">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00C8625A" w:rsidRPr="00C8625A" w:rsidRDefault="00C8625A" w:rsidP="00C8625A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C8625A" w:rsidRDefault="00C8625A" w:rsidP="00C8625A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0031652B" w:rsidRDefault="00C8625A" w:rsidP="00C8625A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5378"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -2768,51 +802,50 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC3CCD" w:rsidRPr="00FC3CCD" w:rsidRDefault="00FC3CCD" w:rsidP="00FC3CCD">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC3CCD" w:rsidRPr="00FC3CCD" w:rsidRDefault="00985C7D" w:rsidP="00FC3CCD">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="508" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1978660</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-389890</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4365625" cy="2456307"/>
             <wp:effectExtent l="0" t="0" r="0" b="1270"/>
             <wp:wrapNone/>
             <wp:docPr id="8" name="Рисунок 4" descr="C:\Users\Андрей\Desktop\зож1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Рисунок 4" descr="C:\Users\Андрей\Desktop\зож1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -3426,135 +1459,133 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001F645F" w:rsidRPr="001F645F" w:rsidRDefault="001F645F" w:rsidP="001F645F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001F645F" w:rsidRPr="001F645F" w:rsidSect="001F645F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="566" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00345370" w:rsidRDefault="00345370" w:rsidP="00C8625A">
+    <w:p w:rsidR="00191176" w:rsidRDefault="00191176" w:rsidP="00C8625A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00345370" w:rsidRDefault="00345370" w:rsidP="00C8625A">
+    <w:p w:rsidR="00191176" w:rsidRDefault="00191176" w:rsidP="00C8625A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00345370" w:rsidRDefault="00345370" w:rsidP="00C8625A">
+    <w:p w:rsidR="00191176" w:rsidRDefault="00191176" w:rsidP="00C8625A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00345370" w:rsidRDefault="00345370" w:rsidP="00C8625A">
+    <w:p w:rsidR="00191176" w:rsidRDefault="00191176" w:rsidP="00C8625A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="80"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="86"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00936659"/>
     <w:rsid w:val="000003EB"/>
     <w:rsid w:val="00000C05"/>
     <w:rsid w:val="00001978"/>
     <w:rsid w:val="00002DE2"/>
     <w:rsid w:val="00002E82"/>
     <w:rsid w:val="000031F8"/>
     <w:rsid w:val="0000382A"/>
@@ -4168,51 +2199,50 @@
     <w:rsid w:val="00323AAF"/>
     <w:rsid w:val="00323E6A"/>
     <w:rsid w:val="003247DB"/>
     <w:rsid w:val="00326659"/>
     <w:rsid w:val="0032771D"/>
     <w:rsid w:val="0032777E"/>
     <w:rsid w:val="003328F0"/>
     <w:rsid w:val="00332C3D"/>
     <w:rsid w:val="00333163"/>
     <w:rsid w:val="003335F3"/>
     <w:rsid w:val="003346E0"/>
     <w:rsid w:val="003348C8"/>
     <w:rsid w:val="0033506A"/>
     <w:rsid w:val="003353DD"/>
     <w:rsid w:val="0033576E"/>
     <w:rsid w:val="00335E76"/>
     <w:rsid w:val="00336EC4"/>
     <w:rsid w:val="00337034"/>
     <w:rsid w:val="00337A67"/>
     <w:rsid w:val="00337DAD"/>
     <w:rsid w:val="00340A5E"/>
     <w:rsid w:val="00341EBF"/>
     <w:rsid w:val="00343EA8"/>
     <w:rsid w:val="00344B1E"/>
     <w:rsid w:val="0034517E"/>
-    <w:rsid w:val="00345370"/>
     <w:rsid w:val="00345408"/>
     <w:rsid w:val="0034578E"/>
     <w:rsid w:val="00345949"/>
     <w:rsid w:val="00346830"/>
     <w:rsid w:val="00347843"/>
     <w:rsid w:val="00347B6F"/>
     <w:rsid w:val="00347BB9"/>
     <w:rsid w:val="0035078D"/>
     <w:rsid w:val="003509CC"/>
     <w:rsid w:val="00350A7C"/>
     <w:rsid w:val="00350C52"/>
     <w:rsid w:val="003512C1"/>
     <w:rsid w:val="00353CC9"/>
     <w:rsid w:val="003549E1"/>
     <w:rsid w:val="00354B05"/>
     <w:rsid w:val="0035518C"/>
     <w:rsid w:val="003559E4"/>
     <w:rsid w:val="003567F6"/>
     <w:rsid w:val="0035718A"/>
     <w:rsid w:val="00357E5E"/>
     <w:rsid w:val="0036002A"/>
     <w:rsid w:val="003603BB"/>
     <w:rsid w:val="00360E77"/>
     <w:rsid w:val="00361C54"/>
     <w:rsid w:val="00362EE3"/>
@@ -5132,51 +3162,50 @@
     <w:rsid w:val="007F00AC"/>
     <w:rsid w:val="007F0C54"/>
     <w:rsid w:val="007F1AA6"/>
     <w:rsid w:val="007F2038"/>
     <w:rsid w:val="007F2554"/>
     <w:rsid w:val="007F44C6"/>
     <w:rsid w:val="007F6211"/>
     <w:rsid w:val="007F64AD"/>
     <w:rsid w:val="007F728F"/>
     <w:rsid w:val="007F780B"/>
     <w:rsid w:val="008001A5"/>
     <w:rsid w:val="00801EEB"/>
     <w:rsid w:val="00802A5F"/>
     <w:rsid w:val="0080360F"/>
     <w:rsid w:val="00804492"/>
     <w:rsid w:val="00804658"/>
     <w:rsid w:val="00805B25"/>
     <w:rsid w:val="00810092"/>
     <w:rsid w:val="0081059C"/>
     <w:rsid w:val="00811C8B"/>
     <w:rsid w:val="00811E69"/>
     <w:rsid w:val="00812789"/>
     <w:rsid w:val="008128AD"/>
     <w:rsid w:val="0081371F"/>
     <w:rsid w:val="00813BFB"/>
-    <w:rsid w:val="00814462"/>
     <w:rsid w:val="00817758"/>
     <w:rsid w:val="00817DC1"/>
     <w:rsid w:val="0082081C"/>
     <w:rsid w:val="008226BC"/>
     <w:rsid w:val="00822A56"/>
     <w:rsid w:val="008231FA"/>
     <w:rsid w:val="0082377B"/>
     <w:rsid w:val="0082408B"/>
     <w:rsid w:val="00824466"/>
     <w:rsid w:val="00824D56"/>
     <w:rsid w:val="008259A0"/>
     <w:rsid w:val="0082630E"/>
     <w:rsid w:val="0082656B"/>
     <w:rsid w:val="00826D67"/>
     <w:rsid w:val="00830297"/>
     <w:rsid w:val="0083296D"/>
     <w:rsid w:val="00832BC6"/>
     <w:rsid w:val="00833897"/>
     <w:rsid w:val="008346F7"/>
     <w:rsid w:val="00835BFA"/>
     <w:rsid w:val="008374F6"/>
     <w:rsid w:val="00840A70"/>
     <w:rsid w:val="00840C98"/>
     <w:rsid w:val="008412D1"/>
     <w:rsid w:val="00841720"/>
@@ -7678,66 +5707,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>210</Words>
-  <Characters>1199</Characters>
+  <Words>242</Words>
+  <Characters>1382</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1407</CharactersWithSpaces>
+  <CharactersWithSpaces>1621</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Андрей</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>