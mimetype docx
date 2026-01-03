--- v0 (2025-12-10)
+++ v1 (2026-01-03)
@@ -1,4412 +1,1301 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00444063" w:rsidRPr="00444063" w:rsidRDefault="00444063" w:rsidP="00444063">
+    <w:p w:rsidR="00DB75A8" w:rsidRPr="00DB75A8" w:rsidRDefault="00193EDB" w:rsidP="00713004">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00444063">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00193EDB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">2018-2019 </w:t>
+        <w:t>ПЛАН РАБОТЫ ПОПЕЧИТЕЛЬСКОГО СОВЕТА                                                                                                                              КГУ «ОБЩЕ</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00444063">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>оқу</w:t>
+        <w:t>ОБРАЗОВАТЕЛЬНАЯ ШКОЛА№1 ИМЕНИ М.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00444063">
+      <w:r w:rsidRPr="00193EDB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>ГОРЬКОГО»</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00444063">
+      <w:r w:rsidR="00713004">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>жылына</w:t>
+        <w:t xml:space="preserve">     на 2018-2019 учебный год.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...173 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblInd w:w="-998" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="8505"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00193EDB" w:rsidRPr="00444063" w:rsidTr="00DB75A8">
+      <w:tr w:rsidR="00193EDB" w:rsidTr="00DB75A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00193EDB" w:rsidRPr="00444063" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
+          <w:p w:rsidR="00193EDB" w:rsidRPr="00193EDB" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1785"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00444063">
+            <w:r w:rsidRPr="00193EDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00193EDB" w:rsidRPr="00444063" w:rsidRDefault="00444063" w:rsidP="00193EDB">
+          <w:p w:rsidR="00193EDB" w:rsidRPr="00193EDB" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1785"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00444063">
+            <w:r w:rsidRPr="00193EDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>айы</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Месяц</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00193EDB" w:rsidRPr="00444063" w:rsidRDefault="00444063" w:rsidP="00193EDB">
+          <w:p w:rsidR="00193EDB" w:rsidRPr="00193EDB" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1785"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00444063">
+            <w:r w:rsidRPr="00193EDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>іс-шаралар</w:t>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Название мероприятий</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00193EDB" w:rsidTr="00DB75A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00193EDB" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1785"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00193EDB" w:rsidRDefault="00444063" w:rsidP="00193EDB">
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB75A8" w:rsidRDefault="00444063" w:rsidP="00444063">
-[...435 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00DB75A8" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Утверждение состава Попечительского Совета школы. Заседание ПС.Определение основных направлений, ознакомление с методическими рекомендациями и нормативно- правовой базой по созданию Попечительских советов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00193EDB" w:rsidTr="00DB75A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00193EDB" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1785"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00193EDB" w:rsidRDefault="00444063" w:rsidP="00193EDB">
-[...10 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB75A8" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Оказание содействия в улучшении качества учебно- воспитательного процесса. Участие в благоустройстве школьной территории и школы. Осенний месячник.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00193EDB" w:rsidRPr="00713004" w:rsidTr="00DB75A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB75A8" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Участие в подготовке празднования Дня Независимости РК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00713004" w:rsidRDefault="00713004" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00193EDB" w:rsidRPr="00713004" w:rsidTr="00DB75A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Участие в проведении мероприятий, посвященных Дню Независимости.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Содействие в организации оформления школы к Новогодним праздникам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DB75A8" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация подарков для детей из малообеспеченных семей.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00193EDB" w:rsidRPr="00713004" w:rsidTr="00DB75A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="004E2081" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB75A8" w:rsidRDefault="004E2081" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация педагогического всеобуча для родителей. Профилактика здорового образа жизни и правонарушений среди учащихся.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00193EDB" w:rsidRPr="00713004" w:rsidTr="00DB75A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="004E2081" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB75A8" w:rsidRDefault="004E2081" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Содействие в организации общешкольного собрания и концерта для родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00193EDB" w:rsidRPr="00713004" w:rsidTr="00DB75A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="004E2081" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="004E2081" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Участие в праздничной программе, посвященной Международному женскому дню.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DB75A8" w:rsidRDefault="004E2081" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в  мероприятиях, посвященных празднованию </w:t>
+            </w:r>
+            <w:r w:rsidR="00713004">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                      «</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00444063">
-[...6 lines deleted...]
-              <w:t>қазан</w:t>
+            <w:r w:rsidR="00713004">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00713004">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>мейрамы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00713004">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00193EDB" w:rsidRPr="00713004" w:rsidTr="00DB75A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="00DB75A8" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="004E2081" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB75A8" w:rsidRDefault="00444063" w:rsidP="00444063">
-[...357 lines deleted...]
-            <w:r w:rsidRPr="00444063">
+          <w:p w:rsidR="00DB75A8" w:rsidRDefault="004E2081" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Участие в благоустройстве школьной территории и школы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB75A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
+          <w:p w:rsidR="00713004" w:rsidRDefault="00713004" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00193EDB" w:rsidRPr="00444063" w:rsidTr="00DB75A8">
+      <w:tr w:rsidR="00193EDB" w:rsidTr="00DB75A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00193EDB" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
-[...18 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="00DB75A8" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00193EDB" w:rsidRDefault="00444063" w:rsidP="00193EDB">
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="004E2081" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00713004" w:rsidRDefault="00444063" w:rsidP="00193EDB">
-[...150 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00DB75A8" w:rsidRDefault="004E2081" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Участие в организации и проведении месячника патриотического воспитания: торжественное празднование, посвященное Дню</w:t>
+            </w:r>
+            <w:r w:rsidR="00713004">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Победы и Дню Защитника  Отече</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ства. Оказание помощи ветеранам ВОВ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00713004" w:rsidRDefault="00713004" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00193EDB" w:rsidRPr="00444063" w:rsidTr="00DB75A8">
+      <w:tr w:rsidR="00193EDB" w:rsidRPr="00713004" w:rsidTr="00DB75A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00193EDB" w:rsidRDefault="00193EDB" w:rsidP="00193EDB">
-[...18 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="00DB75A8" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00193EDB" w:rsidRDefault="00444063" w:rsidP="00193EDB">
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00193EDB" w:rsidRDefault="004E2081" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>июнь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00444063" w:rsidRPr="00444063" w:rsidRDefault="00444063" w:rsidP="00444063">
-[...2708 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00DB75A8" w:rsidRDefault="004E2081" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Содействие в организации выпускных вечеров, поощрение лучших учащихся школы. Заседание ПС</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB75A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Подведение итогов, </w:t>
+            </w:r>
+            <w:r w:rsidR="00713004">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>составление плана работы на 2019-2020</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB75A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учебный год.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00713004" w:rsidRDefault="00713004" w:rsidP="00193EDB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1785"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="007C21BB" w:rsidRDefault="007C21BB" w:rsidP="00193EDB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1785"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C21BB" w:rsidRDefault="00444063" w:rsidP="007C21BB">
+    <w:p w:rsidR="007C21BB" w:rsidRDefault="00713004" w:rsidP="007C21BB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Т</w:t>
-[...27 lines deleted...]
-        <w:t>ПС      Степанова Н.Е.</w:t>
+        <w:t>Председатель ПС      Степанова Н.Е.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00444063" w:rsidRPr="00444063" w:rsidRDefault="00444063" w:rsidP="00444063">
-[...21 lines deleted...]
-    <w:sectPr w:rsidR="00444063" w:rsidRPr="00444063" w:rsidSect="001765BB">
+    <w:sectPr w:rsidR="007C21BB" w:rsidSect="001765BB">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -4422,51 +1311,50 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00193EDB"/>
     <w:rsid w:val="001765BB"/>
     <w:rsid w:val="00193EDB"/>
     <w:rsid w:val="00285FA8"/>
-    <w:rsid w:val="00444063"/>
     <w:rsid w:val="004E2081"/>
     <w:rsid w:val="00713004"/>
     <w:rsid w:val="007C21BB"/>
     <w:rsid w:val="009F570A"/>
     <w:rsid w:val="00DB75A8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -5202,77 +2090,77 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>230</Words>
-  <Characters>1316</Characters>
+  <Words>264</Words>
+  <Characters>1505</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1543</CharactersWithSpaces>
+  <CharactersWithSpaces>1766</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>