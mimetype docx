--- v0 (2025-12-10)
+++ v1 (2026-01-01)
@@ -1,2503 +1,420 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005F3495" w:rsidRPr="005F3495" w:rsidRDefault="005F3495" w:rsidP="005F3495">
+    <w:p w:rsidR="00A90205" w:rsidRPr="00A90205" w:rsidRDefault="00A90205" w:rsidP="00A90205">
       <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F3495">
+      <w:r w:rsidRPr="00A90205">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">5, 6,7 </w:t>
-[...1087 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Информация о проведении родительской конференции «Казахстанские родители 21 века: стань примером своему ребенку» для родителей 5, 6,7 классов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0027470A" w:rsidRPr="005F3495" w:rsidRDefault="005F3495" w:rsidP="005F3495">
+    <w:p w:rsidR="00A90205" w:rsidRPr="00A90205" w:rsidRDefault="00A90205" w:rsidP="00A90205">
       <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F3495">
+      <w:r w:rsidRPr="00A90205">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="36"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>22 сентября в</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005F3495">
+      <w:r w:rsidR="0027470A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="36"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Заманауи</w:t>
+        <w:t xml:space="preserve"> КГУ «Общеобразовательной средней  школе </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005F3495">
+      <w:r w:rsidRPr="00A90205">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="36"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1072 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>№ 1» по поручению Комитета по защите прав детей Министерства образования и науки Республики Казахстан была проведена родительская конференция «Стань примером своему ребенку» для родителей 5-7 классов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0027470A" w:rsidRPr="0027470A" w:rsidRDefault="0027470A" w:rsidP="0027470A">
+    <w:p w:rsidR="00A90205" w:rsidRPr="00A90205" w:rsidRDefault="00A90205" w:rsidP="00A90205">
       <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A90205">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> В современных сложных условиях семье нужна систематическая и квалифицированная помощь со стороны школы. </w:t>
+      </w:r>
+      <w:r w:rsidR="0027470A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Школьный психолог Беляева А.В.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90205">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> во время конференции провела с родителями психологическую консультацию по 7 аспектам. Родителям было показано короткое видео о детском воспитании. Они обсудили вопросы домашнего воспитания и проблем с детьми. Была дана психологическая консультация, были розданы памятки </w:t>
+      </w:r>
+      <w:r w:rsidR="0027470A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90205">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для родителей по воспитанию детей.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0027470A" w:rsidRPr="0027470A" w:rsidRDefault="005F3495" w:rsidP="0027470A">
+    <w:p w:rsidR="0027470A" w:rsidRDefault="0027470A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="412A7ABF" wp14:editId="15B3BECA">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3634740</wp:posOffset>
+              <wp:posOffset>3787140</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>250825</wp:posOffset>
+              <wp:posOffset>166370</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1781175" cy="3171825"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2" descr="H:\конференция 22 сентября\IMG-20180922-WA0028.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="H:\конференция 22 сентября\IMG-20180922-WA0028.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1781175" cy="3171825"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F0E5C48" wp14:editId="54F70834">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-518160</wp:posOffset>
+              <wp:posOffset>-260985</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>59690</wp:posOffset>
+              <wp:posOffset>337820</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3562350" cy="2009775"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="H:\конференция 22 сентября\IMG-20180922-WA0026.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="H:\конференция 22 сентября\IMG-20180922-WA0026.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3562350" cy="2009775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="0027470A">
+    </w:p>
+    <w:p w:rsidR="0027470A" w:rsidRPr="0027470A" w:rsidRDefault="0027470A" w:rsidP="0027470A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0027470A" w:rsidRPr="0027470A" w:rsidRDefault="0027470A" w:rsidP="0027470A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0027470A" w:rsidRDefault="0027470A" w:rsidP="0027470A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031652B" w:rsidRPr="0027470A" w:rsidRDefault="0027470A" w:rsidP="0027470A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6195"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="0031652B" w:rsidRPr="0027470A" w:rsidSect="0031652B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00A90205"/>
     <w:rsid w:val="000003EB"/>
     <w:rsid w:val="00000C05"/>
     <w:rsid w:val="00001978"/>
     <w:rsid w:val="00002DE2"/>
     <w:rsid w:val="00002E82"/>
     <w:rsid w:val="000031F8"/>
     <w:rsid w:val="0000382A"/>
     <w:rsid w:val="000038AD"/>
     <w:rsid w:val="00003B7C"/>
     <w:rsid w:val="00003BE0"/>
     <w:rsid w:val="00004124"/>
     <w:rsid w:val="00004433"/>
     <w:rsid w:val="00004F52"/>
     <w:rsid w:val="000055DD"/>
     <w:rsid w:val="00006CA4"/>
     <w:rsid w:val="00011174"/>
     <w:rsid w:val="000117D1"/>
     <w:rsid w:val="000125EB"/>
     <w:rsid w:val="00012CD3"/>
     <w:rsid w:val="00013171"/>
     <w:rsid w:val="000132AA"/>
     <w:rsid w:val="00013403"/>
     <w:rsid w:val="00013A20"/>
@@ -3550,51 +1467,50 @@
     <w:rsid w:val="005D2204"/>
     <w:rsid w:val="005D2220"/>
     <w:rsid w:val="005D252B"/>
     <w:rsid w:val="005D2931"/>
     <w:rsid w:val="005D4181"/>
     <w:rsid w:val="005D4328"/>
     <w:rsid w:val="005D4AB5"/>
     <w:rsid w:val="005D4F61"/>
     <w:rsid w:val="005D5501"/>
     <w:rsid w:val="005D5E6B"/>
     <w:rsid w:val="005D6718"/>
     <w:rsid w:val="005D6745"/>
     <w:rsid w:val="005D7844"/>
     <w:rsid w:val="005E14ED"/>
     <w:rsid w:val="005E178B"/>
     <w:rsid w:val="005E33D7"/>
     <w:rsid w:val="005E4C22"/>
     <w:rsid w:val="005E519C"/>
     <w:rsid w:val="005E66AA"/>
     <w:rsid w:val="005E6E3B"/>
     <w:rsid w:val="005F088A"/>
     <w:rsid w:val="005F0F57"/>
     <w:rsid w:val="005F116B"/>
     <w:rsid w:val="005F189B"/>
     <w:rsid w:val="005F1AAD"/>
-    <w:rsid w:val="005F3495"/>
     <w:rsid w:val="005F3EFB"/>
     <w:rsid w:val="005F4605"/>
     <w:rsid w:val="005F5412"/>
     <w:rsid w:val="005F6416"/>
     <w:rsid w:val="005F7C76"/>
     <w:rsid w:val="005F7DDA"/>
     <w:rsid w:val="00601100"/>
     <w:rsid w:val="0060192A"/>
     <w:rsid w:val="00604011"/>
     <w:rsid w:val="006046FC"/>
     <w:rsid w:val="00607730"/>
     <w:rsid w:val="006110A1"/>
     <w:rsid w:val="006112B3"/>
     <w:rsid w:val="006121B9"/>
     <w:rsid w:val="00612B0F"/>
     <w:rsid w:val="00612BB7"/>
     <w:rsid w:val="006141A5"/>
     <w:rsid w:val="00614B26"/>
     <w:rsid w:val="00614F23"/>
     <w:rsid w:val="00615866"/>
     <w:rsid w:val="00620856"/>
     <w:rsid w:val="00620B22"/>
     <w:rsid w:val="006213BA"/>
     <w:rsid w:val="00622F88"/>
     <w:rsid w:val="00623EB7"/>
@@ -5365,74 +3281,74 @@
     <w:rsid w:val="00FE18EA"/>
     <w:rsid w:val="00FE244A"/>
     <w:rsid w:val="00FE3C7C"/>
     <w:rsid w:val="00FE6131"/>
     <w:rsid w:val="00FE6A6F"/>
     <w:rsid w:val="00FE78B4"/>
     <w:rsid w:val="00FF029C"/>
     <w:rsid w:val="00FF043F"/>
     <w:rsid w:val="00FF0C0B"/>
     <w:rsid w:val="00FF2679"/>
     <w:rsid w:val="00FF350B"/>
     <w:rsid w:val="00FF4B8A"/>
     <w:rsid w:val="00FF4BFA"/>
     <w:rsid w:val="00FF4CCA"/>
     <w:rsid w:val="00FF4FFF"/>
     <w:rsid w:val="00FF5908"/>
     <w:rsid w:val="00FF615E"/>
     <w:rsid w:val="00FF6827"/>
     <w:rsid w:val="00FF71B5"/>
     <w:rsid w:val="00FF7D83"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -5603,50 +3519,51 @@
     <w:rsid w:val="00A90205"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A90205"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
@@ -5663,278 +3580,88 @@
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00A90205"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00A90205"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...188 lines deleted...]
-
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="643311504">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1775518921">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6181,50 +3908,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>129</Words>
-  <Characters>737</Characters>
+  <Words>126</Words>
+  <Characters>722</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>865</CharactersWithSpaces>
+  <CharactersWithSpaces>847</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Андрей</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>