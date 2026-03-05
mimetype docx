--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -1,3882 +1,1205 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="006B4587" w:rsidRPr="006B4587" w:rsidRDefault="006B4587" w:rsidP="006B4587">
+    <w:p w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785" w:rsidP="00BA5785">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B4587">
+      <w:r w:rsidRPr="00D96FAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">№ 1 </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ПРОТОКОЛ № 1</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="006B4587" w:rsidRPr="006B4587" w:rsidRDefault="006B4587" w:rsidP="006B4587">
+    <w:p w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785" w:rsidP="00BA5785">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B4587">
+      <w:r w:rsidRPr="00D96FAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">"№1 </w:t>
-      </w:r>
+        <w:t xml:space="preserve">ЗАСЕДАНИЯ ПОПЕЧИТЕЛЬСКОГО СОВЕТА КГУ «Общеобразовательная средняя школа №1 им.М.Горького </w:t>
+      </w:r>
+      <w:r w:rsidR="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>горда Балхаш»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785" w:rsidP="00BA5785">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidR="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785" w:rsidP="00BA5785">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Попечительский совет КГУ «Общеобразовательная средняя школа №1 им.М.Горького горда Балхаш»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785" w:rsidP="00BA5785">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>г. Балхаш, ул. Ленина, дом 56.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785" w:rsidP="00BA5785">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Место проведения заседания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г. Балхаш, ул. Ленина, дом 56</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785" w:rsidP="00BA5785">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Присутствовали члены попечительского совета:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785" w:rsidP="00BA5785">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006B4587">
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Бадылов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В.В. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785" w:rsidP="00BA5785">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Тусупова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.М. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidRDefault="00D96FAD" w:rsidP="00BA5785">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Полозова О.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D96FAD" w:rsidRPr="00D96FAD" w:rsidRDefault="00D96FAD" w:rsidP="00BA5785">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Чужа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D96FAD" w:rsidRPr="00D96FAD" w:rsidRDefault="00D96FAD" w:rsidP="00BA5785">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Перевезник</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н.Н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D96FAD" w:rsidRPr="00D96FAD" w:rsidRDefault="00D96FAD" w:rsidP="00BA5785">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Базарбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D96FAD" w:rsidRPr="00D96FAD" w:rsidRDefault="00D96FAD" w:rsidP="00BA5785">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жарнакова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К. Т.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D96FAD" w:rsidRPr="00D96FAD" w:rsidRDefault="00D96FAD" w:rsidP="00BA5785">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Миронова Н.М.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D96FAD" w:rsidRPr="00D96FAD" w:rsidRDefault="00D96FAD" w:rsidP="00BA5785">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Тян</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К.Ю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785" w:rsidP="00D96FAD">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Председателем заседания попечительского с</w:t>
+      </w:r>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>овета была избрана Степанова Н.Е.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785" w:rsidP="00D96FAD">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Секретарем заседания попечительского сов</w:t>
+      </w:r>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ета была избрана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сармантаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D96FAD" w:rsidRPr="00D96FAD" w:rsidRDefault="00D96FAD" w:rsidP="00BA5785">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>жалпы</w:t>
-[...170 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="006B4587" w:rsidRPr="006B4587" w:rsidRDefault="006B4587" w:rsidP="006B4587">
+    <w:p w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785" w:rsidP="00D96FAD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B4587">
+      <w:r w:rsidRPr="00D96FAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>"19" 09. 2018ж.</w:t>
+        <w:t>Повестка дня:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B4587" w:rsidRPr="006B4587" w:rsidRDefault="006B4587" w:rsidP="006B4587">
+    <w:p w:rsidR="00E61FF0" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1.О выборе председателя попечительского совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.О выборе заместителя председателя и секретаря попечительского совета. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00867007" w:rsidRDefault="00867007" w:rsidP="000A7DAF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A7DAF" w:rsidRDefault="00BA5785" w:rsidP="000A7DAF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По 1 вопросу повестки дня выступила </w:t>
+      </w:r>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">директор школы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Тусупова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.М., </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A7DAF" w:rsidRPr="000A7DAF" w:rsidRDefault="000A7DAF" w:rsidP="000A7DAF">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A7DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о создании Попечительского совета как общественного  органа, который создается с целью оказания содействия администрации в организации уставной дея</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тельности  у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A7DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>чреждения, осуществлении контрольных функций за деятельностью</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A7DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, укреплении его материально - технической базы, решении вопросов социальной защиты граждан пожилого возраста и инвалидов, обеспечении получения образования детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidRDefault="000A7DAF" w:rsidP="000A7DAF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">одробно объяснила о деятельности </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПС</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и  члены  совета предложили</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5785" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> избрать председателем попечительского совета </w:t>
+      </w:r>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Степанову Н.Е.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приняли: единогласно</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D96FAD" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Решение:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избрать председателем попечительского совета </w:t>
+      </w:r>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Степанову Н.Е </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00867007" w:rsidRDefault="00867007">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По 2 вопросу повестки дня выступила </w:t>
+      </w:r>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">член </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">попечительского совета </w:t>
+      </w:r>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Миронова Н.М.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, которая предложила избрать заместителем председателя попечительского совета </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Тусупову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.М. и секретарем попечительского совета </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сармантаеву</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Б  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приняли: единогласно</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D96FAD" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785" w:rsidP="00BA5785">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Решение:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избрать заместителем председателя попечительского совета </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Тусупову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.М. и секретарем попечительского совета </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сармантаеву</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Б. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D96FAD" w:rsidRPr="00D96FAD" w:rsidRDefault="00D96FAD" w:rsidP="00BA5785">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidRDefault="00BA5785">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="006B4587">
+        <w:t>Секретарь заседания Попечительского Совета</w:t>
+      </w:r>
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">"№1 </w:t>
+        <w:t xml:space="preserve"> ________________</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006B4587">
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>жалпы</w:t>
+        <w:t>Сармантаева</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006B4587">
+      <w:r w:rsidR="00D96FAD" w:rsidRPr="00D96FAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...431 lines deleted...]
-        <w:t>:</w:t>
+        <w:t xml:space="preserve"> А.Б.</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="006B4587" w:rsidRPr="006B4587" w:rsidRDefault="006B4587" w:rsidP="006B4587">
-[...3107 lines deleted...]
-    <w:sectPr w:rsidR="00BA5785" w:rsidRPr="006B4587" w:rsidSect="00867007">
+    <w:sectPr w:rsidR="00BA5785" w:rsidRPr="00D96FAD" w:rsidSect="00867007">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="566" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -5962,51 +3285,50 @@
     <w:rsid w:val="00697737"/>
     <w:rsid w:val="00697DE9"/>
     <w:rsid w:val="006A0D90"/>
     <w:rsid w:val="006A1DDF"/>
     <w:rsid w:val="006A1F6D"/>
     <w:rsid w:val="006A2090"/>
     <w:rsid w:val="006A299B"/>
     <w:rsid w:val="006A2EB1"/>
     <w:rsid w:val="006A39EF"/>
     <w:rsid w:val="006A3F51"/>
     <w:rsid w:val="006A4009"/>
     <w:rsid w:val="006A43D1"/>
     <w:rsid w:val="006A4CD3"/>
     <w:rsid w:val="006A59B8"/>
     <w:rsid w:val="006A64C6"/>
     <w:rsid w:val="006A7689"/>
     <w:rsid w:val="006B02AB"/>
     <w:rsid w:val="006B14E0"/>
     <w:rsid w:val="006B1C8B"/>
     <w:rsid w:val="006B25D0"/>
     <w:rsid w:val="006B26B7"/>
     <w:rsid w:val="006B29AB"/>
     <w:rsid w:val="006B3BA8"/>
     <w:rsid w:val="006B3F2A"/>
     <w:rsid w:val="006B402E"/>
-    <w:rsid w:val="006B4587"/>
     <w:rsid w:val="006B4A73"/>
     <w:rsid w:val="006B5381"/>
     <w:rsid w:val="006B542D"/>
     <w:rsid w:val="006B56DD"/>
     <w:rsid w:val="006B5C70"/>
     <w:rsid w:val="006B5FA6"/>
     <w:rsid w:val="006B6215"/>
     <w:rsid w:val="006B63B0"/>
     <w:rsid w:val="006B647A"/>
     <w:rsid w:val="006B65F3"/>
     <w:rsid w:val="006B6F22"/>
     <w:rsid w:val="006B75AF"/>
     <w:rsid w:val="006B7756"/>
     <w:rsid w:val="006C02D5"/>
     <w:rsid w:val="006C117D"/>
     <w:rsid w:val="006C133B"/>
     <w:rsid w:val="006C1439"/>
     <w:rsid w:val="006C1473"/>
     <w:rsid w:val="006C14C6"/>
     <w:rsid w:val="006C1FF6"/>
     <w:rsid w:val="006C2DCE"/>
     <w:rsid w:val="006C305C"/>
     <w:rsid w:val="006C4360"/>
     <w:rsid w:val="006C4AE7"/>
     <w:rsid w:val="006C5042"/>
@@ -10099,55 +7421,55 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>268</Words>
-  <Characters>1529</Characters>
+  <Words>302</Words>
+  <Characters>1724</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1794</CharactersWithSpaces>
+  <CharactersWithSpaces>2022</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Елена</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>