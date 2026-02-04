--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,2788 +1,503 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="002F2240" w:rsidRDefault="002F2240" w:rsidP="002F2240">
+    <w:p w:rsidR="003E30E9" w:rsidRPr="00F72833" w:rsidRDefault="003E30E9" w:rsidP="003E30E9">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:firstLine="425"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F2240">
+      <w:r w:rsidRPr="00F72833">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...126 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Информация о проведении</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F2240" w:rsidRPr="002F2240" w:rsidRDefault="002F2240" w:rsidP="002F2240">
+    <w:p w:rsidR="003E30E9" w:rsidRPr="00F72833" w:rsidRDefault="003E30E9" w:rsidP="003E30E9">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:firstLine="425"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F72833">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>республиканской акции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E30E9" w:rsidRPr="00F72833" w:rsidRDefault="003E30E9" w:rsidP="003E30E9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F72833">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Безопасная школа»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E451D" w:rsidRPr="00692DF1" w:rsidRDefault="00D21D71" w:rsidP="009913BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="007E451D" w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОСШ№1 имени М.Горького</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E451D" w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проходили мероприятия в рамках национальной акции «Безопасная школа». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E451D" w:rsidRPr="00692DF1" w:rsidRDefault="007E451D" w:rsidP="009913BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Целью мероприятия является обеспечение безопасности детей в учебных заведениях, предотвращение и борьба с правонарушениями среди школьников и повышение безопасности в учебных заведениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E30E9" w:rsidRPr="00692DF1" w:rsidRDefault="007E451D" w:rsidP="009913BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На время акции был подготовлен информационный стенд для</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21D71" w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителей. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D21D71" w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На стенде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и в классных уголках размещены памятки о правилах правильного поведения </w:t>
+      </w:r>
+      <w:r w:rsidR="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в общественных местах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и бе</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21D71" w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зопасности несовершеннолетних. Проведена б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еседа с показом презентации «Опасные шалости» для учащихся 1-ых и 2-ых классов</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21D71" w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акция «Стань заметней»</w:t>
+      </w:r>
+      <w:r w:rsidR="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для учащихся 3-4 классов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, направленная на привлечение внимания взрослых к необходимости использования детьми </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F2240">
-[...6 lines deleted...]
-        <w:t>республикалық</w:t>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>световозвращающих</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002F2240">
-[...4 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> эле</w:t>
+      </w:r>
+      <w:r w:rsidR="00692DF1" w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ментов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003E30E9" w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проведен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="003E30E9" w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F2240">
-[...15 lines deleted...]
-        <w:t>сының</w:t>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>флеш</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-моб</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>ақпарат</w:t>
+      <w:r w:rsidR="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для 5-6 классов</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>ы</w:t>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Мы за безопасность на дороге! </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...49 lines deleted...]
-        <w:t>М. Горький атындағы№1 ЖББОМ "</w:t>
+      <w:r w:rsidR="003E30E9" w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-        <w:t>Қ</w:t>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ктивизирована деятельность отряда ЮИД, в школе ведется активная работа кружка по разъяснению правил дорожного движения и мерах самосохранения.</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-        <w:t>ау</w:t>
+      <w:r w:rsidR="003E30E9" w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  П</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...8 lines deleted...]
-        <w:t>іпсіз</w:t>
+      <w:r w:rsidRPr="00692DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>роведен урок безопасности по разъяснению правил дорожного движения и изуч</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...118 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="009913BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ен маршрут безопасного движения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F2240" w:rsidRPr="002F2240" w:rsidRDefault="002F2240" w:rsidP="002F2240">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="003E30E9" w:rsidRPr="003E30E9" w:rsidRDefault="003E30E9" w:rsidP="003E30E9">
       <w:pPr>
-        <w:ind w:firstLine="851"/>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2283 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003E30E9" w:rsidRDefault="00692DF1" w:rsidP="003E30E9">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3011170</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>102235</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2957830" cy="2221865"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Андрей\Desktop\спорт фото\3.jpg"/>
@@ -3091,50 +806,51 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003170C3" w:rsidRDefault="007F0753" w:rsidP="003E30E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-721360</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>109220</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3298190" cy="2200910"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Рисунок 5" descr="C:\Users\Андрей\Desktop\2017-18 уч.год\фото\IMG-20180216-WA0086.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Андрей\Desktop\2017-18 уч.год\фото\IMG-20180216-WA0086.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -4066,51 +1782,50 @@
     <w:rsid w:val="002C7589"/>
     <w:rsid w:val="002D1967"/>
     <w:rsid w:val="002D19F7"/>
     <w:rsid w:val="002D1D0E"/>
     <w:rsid w:val="002D2098"/>
     <w:rsid w:val="002D209D"/>
     <w:rsid w:val="002D3B7A"/>
     <w:rsid w:val="002D4191"/>
     <w:rsid w:val="002D4F72"/>
     <w:rsid w:val="002D683E"/>
     <w:rsid w:val="002D7451"/>
     <w:rsid w:val="002D75CB"/>
     <w:rsid w:val="002E02E1"/>
     <w:rsid w:val="002E0636"/>
     <w:rsid w:val="002E4C94"/>
     <w:rsid w:val="002E4F55"/>
     <w:rsid w:val="002E5200"/>
     <w:rsid w:val="002E55CF"/>
     <w:rsid w:val="002E577B"/>
     <w:rsid w:val="002E5A70"/>
     <w:rsid w:val="002E6E93"/>
     <w:rsid w:val="002F0E34"/>
     <w:rsid w:val="002F1A46"/>
     <w:rsid w:val="002F208B"/>
     <w:rsid w:val="002F21E0"/>
-    <w:rsid w:val="002F2240"/>
     <w:rsid w:val="002F254B"/>
     <w:rsid w:val="002F36F3"/>
     <w:rsid w:val="002F3EF9"/>
     <w:rsid w:val="002F4787"/>
     <w:rsid w:val="002F5278"/>
     <w:rsid w:val="002F56A1"/>
     <w:rsid w:val="002F5839"/>
     <w:rsid w:val="002F5A3D"/>
     <w:rsid w:val="002F6C37"/>
     <w:rsid w:val="002F7A72"/>
     <w:rsid w:val="0030006B"/>
     <w:rsid w:val="0030060B"/>
     <w:rsid w:val="003018CD"/>
     <w:rsid w:val="00301E34"/>
     <w:rsid w:val="003020DB"/>
     <w:rsid w:val="0030340E"/>
     <w:rsid w:val="003035DC"/>
     <w:rsid w:val="00303864"/>
     <w:rsid w:val="0030399E"/>
     <w:rsid w:val="00304872"/>
     <w:rsid w:val="00304B76"/>
     <w:rsid w:val="00305F92"/>
     <w:rsid w:val="003108D0"/>
     <w:rsid w:val="00310ECA"/>
     <w:rsid w:val="0031226D"/>
@@ -7810,66 +5525,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>172</Words>
-  <Characters>982</Characters>
+  <Words>175</Words>
+  <Characters>1002</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1152</CharactersWithSpaces>
+  <CharactersWithSpaces>1175</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Андрей</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>