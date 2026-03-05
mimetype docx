--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -1,2662 +1,394 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00100348" w:rsidRDefault="00100348" w:rsidP="00100348">
+    <w:p w:rsidR="00566089" w:rsidRPr="00566089" w:rsidRDefault="00566089" w:rsidP="00566089">
       <w:pPr>
-        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00100348">
+      <w:r w:rsidRPr="00566089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>"</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        <w:t xml:space="preserve">Информация о проведенных мероприятиях,                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00403F1F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Отбасы</w:t>
-[...41 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">    посвященные  «Неделе семьи»</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00100348" w:rsidRPr="00100348" w:rsidRDefault="00100348" w:rsidP="00100348">
-[...109 lines deleted...]
-    <w:p w:rsidR="00100348" w:rsidRPr="00100348" w:rsidRDefault="00100348" w:rsidP="00100348">
+    <w:p w:rsidR="00EA6A1D" w:rsidRDefault="00566089" w:rsidP="00EA6A1D">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00100348">
+      <w:r w:rsidRPr="00566089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Отбасы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        <w:t>В целях укрепления института семьи, нравственности, духовности, признанию важности отечественного супружеств</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        </w:rPr>
+        <w:t xml:space="preserve">а, в школе был составлен план,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>институтын</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        <w:t>проводи</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        </w:rPr>
+        <w:t>лись мероприятия посвященные Недели</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>нығайту</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        <w:t xml:space="preserve"> семьи. В ходе проведения мероприятий в школе была проведена общешкольная линейка на тему: «Стратегия «Казахстан 2050» один народ</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>адамгершілік</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>руханилық</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        <w:t>одна страна</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>отандық</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00100348">
+      <w:r w:rsidRPr="00566089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ерл</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        <w:t xml:space="preserve">одна судьба», охват составил 100% от общего количества учащихся 1-11 классов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA6A1D" w:rsidRDefault="00566089" w:rsidP="00EA6A1D">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>і</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+      </w:pPr>
+      <w:r w:rsidRPr="00566089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        </w:rPr>
+        <w:t>В школе был оформлен информационный стенд посвященный Дню семьи, также в библиотеке школе была организована выставка литературы с</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>зайыптылықтың</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        <w:t>оответствующая тематике. В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        </w:rPr>
+        <w:t xml:space="preserve">о всех классах был проведен классный час на тему: «Семья – это то, что с тобою навсегда» в котором приняли участие все учащиеся школы, за исключением детей отсутствующих в школе по болезни. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA6A1D" w:rsidRDefault="00566089" w:rsidP="00EA6A1D">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>маңыздылығын</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+      </w:pPr>
+      <w:r w:rsidRPr="00566089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        </w:rPr>
+        <w:t>Для учащихся 1-5 классов был проведен конкурс рисунков</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>тану</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        <w:t xml:space="preserve"> и фотоколлажей  «Я и моя семья!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>мақсатында</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00566089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>мектепте</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        <w:t>котором</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00566089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        </w:rPr>
+        <w:t xml:space="preserve"> приняли участие 76 учащихся, победители конкурса были нагр</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Отбасы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        <w:t xml:space="preserve">аждены на общешкольной линейке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA6A1D" w:rsidRDefault="00566089" w:rsidP="00EA6A1D">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>апталығына</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        <w:t xml:space="preserve">Учителями физкультуры  проводились спортивные игры «Здоровый образ жизни – ключ к здоровью нации».  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA6A1D" w:rsidRDefault="00AA2317" w:rsidP="00EA6A1D">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>арналған</w:t>
-[...500 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Учащиеся 5-х классов участвовали в городском конкурсе рисунков на асфальте и заняли 1 место.    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00100348" w:rsidRPr="00100348" w:rsidRDefault="00100348" w:rsidP="00100348">
-[...1197 lines deleted...]
-    <w:p w:rsidR="00B50AE4" w:rsidRDefault="00100348" w:rsidP="00100348">
+    <w:p w:rsidR="00B50AE4" w:rsidRDefault="00566089" w:rsidP="00EA6A1D">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00100348">
+      <w:r w:rsidRPr="00566089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Іс</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        <w:t>В ходе мероприятия были посещены семьи детей находящиеся в трудной жизненной ситуации, а также неблагополучные семьи</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">-шара </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>барысында</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00100348">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00100348">
+      <w:r w:rsidRPr="00566089">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>қиын</w:t>
-[...380 lines deleted...]
-      <w:r w:rsidR="00566089">
+        <w:t>находящиеся на учете в ГДН. Психологами школы проводились индивидуальные консультации для родителей по вопросам семейного воспитания</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
     <w:p w:rsidR="00B50AE4" w:rsidRDefault="00EA6A1D" w:rsidP="00B50AE4">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="24159CC9" wp14:editId="6C2CA0F6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3094990</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>13335</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3361690" cy="2530475"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 2" descr="C:\Users\Андрей\Desktop\семья.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -2742,115 +474,65 @@
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
     <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
     <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
     <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
     <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
     <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
-    <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
-[...49 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00EA6A1D" w:rsidP="00B50AE4">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A2CAE47" wp14:editId="6F268D57">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="262E0AB6" wp14:editId="4F5DC241">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3095625</wp:posOffset>
+              <wp:posOffset>2978785</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-602615</wp:posOffset>
+              <wp:posOffset>-379095</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3106420" cy="2327910"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Андрей\Desktop\2018-2019\род.собр\11.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Андрей\Desktop\2018-2019\род.собр\11.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
@@ -2859,147 +541,196 @@
                       <a:ext cx="3106420" cy="2327910"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F239DE5" wp14:editId="146D4A10">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="027BF9CC" wp14:editId="692AB351">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-497840</wp:posOffset>
+              <wp:posOffset>-433705</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-622935</wp:posOffset>
+              <wp:posOffset>-378460</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3053715" cy="2296160"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Андрей\Desktop\спорт фото\3.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Андрей\Desktop\спорт фото\3.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3053715" cy="2296160"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p w:rsidR="0031652B" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1222"/>
+          <w:tab w:val="left" w:pos="1892"/>
+          <w:tab w:val="left" w:pos="3466"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EA6A1D">
+        <w:pict>
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:24.3pt;height:24.3pt"/>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1222"/>
           <w:tab w:val="left" w:pos="1892"/>
           <w:tab w:val="left" w:pos="3466"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1222"/>
           <w:tab w:val="left" w:pos="1892"/>
           <w:tab w:val="left" w:pos="3466"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1222"/>
           <w:tab w:val="left" w:pos="1892"/>
           <w:tab w:val="left" w:pos="3466"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00100348" w:rsidP="00B50AE4">
+    <w:p w:rsidR="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1222"/>
+          <w:tab w:val="left" w:pos="1892"/>
+          <w:tab w:val="left" w:pos="3466"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00EA6A1D" w:rsidP="00B50AE4">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BCC32FD" wp14:editId="43CCF9E3">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57434A68" wp14:editId="4B8A4A5A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2875915</wp:posOffset>
+              <wp:posOffset>2812415</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>2540</wp:posOffset>
+              <wp:posOffset>32385</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3273425" cy="2455545"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="10" name="Рисунок 10" descr="C:\Users\Андрей\Desktop\ф.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 10" descr="C:\Users\Андрей\Desktop\ф.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
@@ -3008,138 +739,137 @@
                       <a:ext cx="3273425" cy="2455545"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BED7B82" wp14:editId="20A7FEE6">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="426F0212" wp14:editId="37AF32F9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-94615</wp:posOffset>
+              <wp:posOffset>86360</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>2540</wp:posOffset>
+              <wp:posOffset>32385</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1926590" cy="2679065"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="12" name="Рисунок 12" descr="C:\Users\Андрей\Desktop\гр.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 12" descr="C:\Users\Андрей\Desktop\гр.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:srcRect l="5971" t="11993" r="5006" b="13007"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1926590" cy="2679065"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
     <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
+    <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
+    <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
     <w:p w:rsidR="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
     <w:p w:rsidR="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1658"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
-    <w:p w:rsidR="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4">
+    <w:p w:rsidR="00B50AE4" w:rsidRDefault="00EA6A1D" w:rsidP="00B50AE4">
       <w:pPr>
         <w:ind w:firstLine="708"/>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-    <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00100348" w:rsidP="00B50AE4">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33E3D905" wp14:editId="47095BB3">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21726C16" wp14:editId="3DA94AC1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>979805</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>224155</wp:posOffset>
+              <wp:posOffset>243840</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4072255" cy="2700655"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="11" name="Рисунок 11" descr="C:\Users\Андрей\Desktop\р.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 11" descr="C:\Users\Андрей\Desktop\р.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
@@ -3148,122 +878,123 @@
                       <a:ext cx="4072255" cy="2700655"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
     <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
     <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
     <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
     <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
-    <w:p w:rsidR="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4">
-[...2 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
+    <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
+    <w:p w:rsidR="00B50AE4" w:rsidRDefault="00B50AE4" w:rsidP="00B50AE4"/>
     <w:p w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidRDefault="0099532D" w:rsidP="00B50AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1021"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>979170</wp:posOffset>
+              <wp:posOffset>979406</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>876640</wp:posOffset>
+              <wp:posOffset>483235</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3829936" cy="1360968"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="8" name="Рисунок 8" descr="C:\Users\Андрей\Desktop\стен.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Users\Андрей\Desktop\стен.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:srcRect t="52412"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3829936" cy="1360968"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00B50AE4">
         <w:tab/>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00B50AE4" w:rsidRPr="00B50AE4" w:rsidSect="00EA6A1D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3460,51 +1191,50 @@
     <w:rsid w:val="000E2D9F"/>
     <w:rsid w:val="000E40AF"/>
     <w:rsid w:val="000E4397"/>
     <w:rsid w:val="000E4399"/>
     <w:rsid w:val="000E56F7"/>
     <w:rsid w:val="000E5EC4"/>
     <w:rsid w:val="000E67EC"/>
     <w:rsid w:val="000E6B44"/>
     <w:rsid w:val="000E6CF4"/>
     <w:rsid w:val="000E764C"/>
     <w:rsid w:val="000E7FBE"/>
     <w:rsid w:val="000F04BF"/>
     <w:rsid w:val="000F05D1"/>
     <w:rsid w:val="000F0711"/>
     <w:rsid w:val="000F2C82"/>
     <w:rsid w:val="000F30E9"/>
     <w:rsid w:val="000F3236"/>
     <w:rsid w:val="000F342F"/>
     <w:rsid w:val="000F456D"/>
     <w:rsid w:val="000F4680"/>
     <w:rsid w:val="000F5765"/>
     <w:rsid w:val="000F6C87"/>
     <w:rsid w:val="000F7B34"/>
     <w:rsid w:val="000F7DE5"/>
     <w:rsid w:val="000F7E17"/>
-    <w:rsid w:val="00100348"/>
     <w:rsid w:val="00100631"/>
     <w:rsid w:val="00101572"/>
     <w:rsid w:val="0010220C"/>
     <w:rsid w:val="001032C0"/>
     <w:rsid w:val="00103632"/>
     <w:rsid w:val="001040C8"/>
     <w:rsid w:val="00105562"/>
     <w:rsid w:val="00106877"/>
     <w:rsid w:val="001068EA"/>
     <w:rsid w:val="00106AC2"/>
     <w:rsid w:val="00110FE7"/>
     <w:rsid w:val="0011118A"/>
     <w:rsid w:val="00111876"/>
     <w:rsid w:val="001119FF"/>
     <w:rsid w:val="00112197"/>
     <w:rsid w:val="001122CC"/>
     <w:rsid w:val="0011249E"/>
     <w:rsid w:val="00112553"/>
     <w:rsid w:val="001128FD"/>
     <w:rsid w:val="00112C1A"/>
     <w:rsid w:val="001140F4"/>
     <w:rsid w:val="00114A85"/>
     <w:rsid w:val="00115435"/>
     <w:rsid w:val="00115968"/>
     <w:rsid w:val="001169BA"/>
@@ -6778,51 +4508,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>185</Words>
-  <Characters>1060</Characters>
+  <Words>234</Words>
+  <Characters>1337</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1243</CharactersWithSpaces>
+  <CharactersWithSpaces>1568</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Андрей</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>