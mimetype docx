--- v0 (2025-12-10)
+++ v1 (2026-01-10)
@@ -2,7221 +2,1292 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00F34BA7" w:rsidRPr="00F34BA7" w:rsidRDefault="00F34BA7" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00D764D6" w:rsidRPr="00707637" w:rsidRDefault="002F4D78" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F34BA7">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">М. </w:t>
+        </w:rPr>
+        <w:t>Информация</w:t>
+      </w:r>
+      <w:r w:rsidR="00D764D6" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ОСШ№1 имени </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>Горький</w:t>
+        </w:rPr>
+        <w:t>М.Горького</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> атындағы№1 ЖББОМ </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D764D6" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о проведении мероприятий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D764D6" w:rsidRPr="00707637" w:rsidRDefault="00D764D6" w:rsidP="00707637">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в рамках </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>празднования Дня языков народов Казахстана</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D764D6" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidR="00D764D6" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-2019 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidR="00D764D6" w:rsidRPr="00707637">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>іс-шаралар</w:t>
+        </w:rPr>
+        <w:t>уч</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D764D6" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D764D6" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>од</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+    </w:p>
+    <w:p w:rsidR="00D764D6" w:rsidRPr="00707637" w:rsidRDefault="00D764D6" w:rsidP="00707637">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D764D6" w:rsidRPr="00707637" w:rsidRDefault="00D764D6" w:rsidP="00707637">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Язык – выдающееся достижение народа и его неотъемлемый и неотделимый признак. Развитие языка целиком и полностью связано с </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5C72" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>развитием национальной культуры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, и в этом плане язык выпо</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5C72" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лняет свою общественную функцию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».  (Из Закона РК «О языках в Республике Казахстан»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E2510" w:rsidRPr="00707637" w:rsidRDefault="00DA5C72" w:rsidP="00707637">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>День языков народов Казахстана</w:t>
+      </w:r>
+      <w:r w:rsidR="009E2510" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> было принято решение отмечать 5 сентября в день рождения казахского литературоведа, духовного лидера нации, ученого-тюрколога, лингвиста, реформатора орфографии казахского языка, создателя первых казахских учебников Ахмета </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009E2510" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Байтурсынова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009E2510" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D764D6" w:rsidRPr="00707637" w:rsidRDefault="00D764D6" w:rsidP="00707637">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В рамках празднования этой даты, в </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC757D" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ ОСШ №1 им </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CC757D" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>М.Горького</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CC757D" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">интересно и увлекательно прошли мероприятия, посвященные </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC757D" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">неделе </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...6 lines deleted...]
-        <w:t>өткізу</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>праз</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="009E3837" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>д</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...6 lines deleted...]
-        <w:t>туралы</w:t>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нования</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...20 lines deleted...]
-    <w:p w:rsidR="00F34BA7" w:rsidRPr="00F34BA7" w:rsidRDefault="00F34BA7" w:rsidP="00F34BA7">
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Дня языков народов Казахстана</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A17FC" w:rsidRPr="00707637" w:rsidRDefault="006A17FC" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...178 lines deleted...]
-    <w:p w:rsidR="00F34BA7" w:rsidRPr="00F34BA7" w:rsidRDefault="00F34BA7" w:rsidP="00F34BA7">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Неделя языков народов Казахстана, началась с торжественной общешкольной линейки</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5C72" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3837" w:rsidRPr="00707637" w:rsidRDefault="00DA5C72" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:t>"</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...4 lines deleted...]
-        <w:t>Тіл-халықтың</w:t>
+      <w:r w:rsidR="006A17FC" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рошли</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...487 lines deleted...]
-    <w:p w:rsidR="00F34BA7" w:rsidRPr="00F34BA7" w:rsidRDefault="00F34BA7" w:rsidP="00F34BA7">
+      <w:r w:rsidR="006A17FC" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мероприятия, воспитывающие любовь к языкам разных народов, ведь истинная любовь к своей стране немыслима без любви к своему языку.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3837" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Был</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3837" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организована выставка </w:t>
+      </w:r>
+      <w:r w:rsidR="009E3837" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рисунков «Наш общий дом — Казахстан»,</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3837" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E3837" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отражающий быт и жизнь народов Казахстана, в котором приняли участие ученики с 1по 11 классы. В каждом рисунке </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учащиеся </w:t>
+      </w:r>
+      <w:r w:rsidR="009E3837" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отразили свое понимание о культуре разных народов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A17FC" w:rsidRPr="00707637" w:rsidRDefault="006A17FC" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Учитель К</w:t>
+      </w:r>
+      <w:r w:rsidR="009E2510" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азахского  языка и литературы </w:t>
+      </w:r>
+      <w:r w:rsidR="009E2510" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ж.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E2510" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidR="009E2510" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...4 lines deleted...]
-        <w:t>Қазақстан</w:t>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Турсыновна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...427 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прово</w:t>
+      </w:r>
+      <w:r w:rsidR="004745F4" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дила с учащимися 10 класса позна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вательный урок на тему «Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іл атасы-Ахмет Байтұрсынов</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5C72" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00F34BA7" w:rsidRPr="00F34BA7" w:rsidRDefault="00F34BA7" w:rsidP="00F34BA7">
+      <w:r w:rsidR="009E2510" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Старшеклассники получили подробную информацию о жизни и деятельности выдающегося просветителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D764D6" w:rsidRPr="00707637" w:rsidRDefault="009E2510" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Осы </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На </w:t>
+      </w:r>
+      <w:r w:rsidR="00171C51" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>внекласном мероприятии</w:t>
+      </w:r>
+      <w:r w:rsidR="00820ABB" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учителей</w:t>
+      </w:r>
+      <w:r w:rsidR="00171C51" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004745F4" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А.С.Семизбаевой, А</w:t>
+      </w:r>
+      <w:r w:rsidR="00820ABB" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.К.Жетписовой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Тіл –баға жетпес мұра» </w:t>
+      </w:r>
+      <w:r w:rsidR="00171C51" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащиеся </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5C72" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00820ABB" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4,5-х классов</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5C72" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5C72" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...4 lines deleted...]
-        <w:t>күнді</w:t>
+      <w:r w:rsidR="00171C51" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ассказа</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00171C51" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ли</w:t>
+      </w:r>
+      <w:r w:rsidR="00D764D6" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о важ</w:t>
+      </w:r>
+      <w:r w:rsidR="00171C51" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ности </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...4 lines deleted...]
-        <w:t>мерекелеу</w:t>
+      <w:r w:rsidR="00171C51" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>трёхязычья</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...167 lines deleted...]
-    <w:p w:rsidR="00F34BA7" w:rsidRPr="00F34BA7" w:rsidRDefault="00F34BA7" w:rsidP="00F34BA7">
+      <w:r w:rsidR="00171C51" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Казахстане</w:t>
+      </w:r>
+      <w:r w:rsidR="00171C51" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidR="00D764D6" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подтвердили знания этих языков.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00171C51" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дети </w:t>
+      </w:r>
+      <w:r w:rsidR="00D764D6" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прочитали стихотворения на казахском, русском и английском языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615287" w:rsidRDefault="00171C51" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На </w:t>
+      </w:r>
+      <w:r w:rsidR="00D764D6" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внеклассной работ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на тему «Мәңгілік ел-мәңгілік тіл»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А.М.Кабиева </w:t>
+      </w:r>
+      <w:r w:rsidR="00D764D6" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с учащимися </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00D764D6" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-х классов подготовили и провели литературный монтаж на языках народов Казахстана.</w:t>
+      </w:r>
+      <w:r w:rsidR="004745F4" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На позна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вательном уроке </w:t>
+      </w:r>
+      <w:r w:rsidR="00D764D6" w:rsidRPr="00707637">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Тіл-достықтың көпірі»  учащиеся 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00820ABB" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-ого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класса </w:t>
+      </w:r>
+      <w:r w:rsidR="00D764D6" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рассказали о языках, которые развиваются и действуют на территории нашей республики.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidR="00D764D6" w:rsidRPr="00707637">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...80 lines deleted...]
-    <w:p w:rsidR="00F34BA7" w:rsidRPr="00F34BA7" w:rsidRDefault="00F34BA7" w:rsidP="00F34BA7">
+      <w:r w:rsidR="004745F4" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3837" w:rsidRPr="00707637" w:rsidRDefault="00D764D6" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>Ә</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Язык</w:t>
+      </w:r>
+      <w:r w:rsidR="00820ABB" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>это окно в новый мир, это посредник дружбы. Родной язык </w:t>
+      </w:r>
+      <w:r w:rsidR="00820ABB" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004745F4" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">это ключ к духовной жизни народа, показатель уровня культуры, искусства, и нельзя забывать, что он сохраняет наши корни. </w:t>
+      </w:r>
+      <w:r w:rsidR="00820ABB" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В рамках дня было проведен</w:t>
+      </w:r>
+      <w:r w:rsidR="00820ABB" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а интеллектуальная игра </w:t>
+      </w:r>
+      <w:r w:rsidR="00820ABB" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="00820ABB" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тіл </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00820ABB" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00820ABB" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әртебесі</w:t>
+      </w:r>
+      <w:r w:rsidR="004745F4" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00820ABB" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004745F4" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...628 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00820ABB" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ел мәртебесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00820ABB" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» в 5 классе </w:t>
+      </w:r>
+      <w:r w:rsidR="00820ABB" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Н.Н.Сейткалиевой. </w:t>
+      </w:r>
+      <w:r w:rsidR="00820ABB" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Целью данного мероприятия стало привитие интереса к знанию государственного языка; изучение традиций и обычаев народов, населяющих территорию Казахстана</w:t>
+      </w:r>
+      <w:r w:rsidR="00820ABB" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34BA7" w:rsidRPr="00F34BA7" w:rsidRDefault="00F34BA7" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00D764D6" w:rsidRPr="00707637" w:rsidRDefault="00D764D6" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...151 lines deleted...]
-        <w:t>Байтұрсынұлы</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В Казахстане живет более 130 народов и язык каждого уникален, но знание государственного языка есть обязанность каждого гражданина страны. Превращая День языков народов Казахстана в общенародный праздник, мы преследуем цель укрепления духовного единства граждан, воспитание подрастающего поколения в духе высокого казахстанского патриотизма на основе равных прав и возможностей представителей всех национальностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Учителями  английского языка  был оформлен стенд, на котором были представлены: план проведения предметной недели, занимательные задания для учащихся всех классов школы, история возникновения английского языка, некоторые достопримечательности Великобритании и другая познавательная информация, связанная с английским и немецким языками. В течение недели были проведены различные мероприятия согласно плану мероприятий, посвященных Недели языков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Во время проведения мероприятий учителя преследовали </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следующие цели: активизировать повторение ранее изученного материала, дать возможность учащимся проверить свои знания, умения и навыки, узнать что-то новое, активизировать мыслительную деятельность, повысить интерес к изучению английского языка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учащиеся работали по методике «Развитие критического мышления через чтение и письмо». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тема урока, безусловно, актуальна в данное время</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...4 lines deleted...]
-        <w:t>"т</w:t>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.. </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...239 lines deleted...]
-    <w:p w:rsidR="00F34BA7" w:rsidRPr="00F34BA7" w:rsidRDefault="00F34BA7" w:rsidP="00F34BA7">
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В 5-6 классах во время уроков были внедрены игровые моменты, ознакомление с историей языка и страны Великобританией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00707637" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F34BA7">
-[...4398 lines deleted...]
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E775BA8" wp14:editId="04042190">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="448E1ADD" wp14:editId="1AA9701F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2372995</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>175260</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1891665" cy="1242060"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="50" name="Рисунок 50" descr="C:\Users\lenovo\Desktop\Новая папка\IMG_20160921_100758.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 50" descr="C:\Users\lenovo\Desktop\Новая папка\IMG_20160921_100758.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print"/>
@@ -7228,59 +1299,59 @@
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1891665" cy="1242060"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D884983" wp14:editId="6078E2E8">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="182D9590" wp14:editId="27CF81AB">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>149860</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>175895</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1996440" cy="1292225"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\User\Downloads\IMG_20180905_122743.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\User\Downloads\IMG_20180905_122743.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
@@ -7295,59 +1366,59 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1996440" cy="1292225"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18A5C097" wp14:editId="29DA2052">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5EAE341E" wp14:editId="5C12492D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>20320</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>175895</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1986280" cy="1337945"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="48" name="Рисунок 48" descr="C:\Users\lenovo\Desktop\Новая папка\IMG_20160921_100638.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 48" descr="C:\Users\lenovo\Desktop\Новая папка\IMG_20160921_100638.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
@@ -7359,5831 +1430,839 @@
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1986280" cy="1337945"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00842A42" w:rsidRPr="00F34BA7">
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34BA7" w:rsidRDefault="00F34BA7" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00707637" w:rsidP="00707637">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F34BA7">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5А және 5Б сыныптарында " Whoisthecleverest?"4 сыныптарда"ABC" ойын-сауық шарасы өткізілді. Балалар өз білімдерін көрсетіп, тілдерден тек жағымды эмоциялар алды. Іс-шаралар қызықты және қызықты өтті. Балалар ойынмен таңданып, түрлі тосын сыйлар мен кедергілерге толы болды.</w:t>
-[...32 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10DD1237" wp14:editId="0C108AAC">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F161AF5" wp14:editId="2E14EFE3">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>224790</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>1334135</wp:posOffset>
+              <wp:posOffset>1894205</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2585085" cy="1261110"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="52" name="Рисунок 52" descr="C:\Users\lenovo\Desktop\Новая папка\IMG-20160922-WA0000.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 52" descr="C:\Users\lenovo\Desktop\Новая папка\IMG-20160922-WA0000.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2585085" cy="1261110"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B923F20" wp14:editId="348C992D">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79FD5CA9" wp14:editId="07D8B14A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3582670</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>1334135</wp:posOffset>
+              <wp:posOffset>1894205</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2395855" cy="1261110"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="53" name="Рисунок 53" descr="C:\Users\lenovo\Desktop\Новая папка\IMG-20160922-WA0030.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 53" descr="C:\Users\lenovo\Desktop\Новая папка\IMG-20160922-WA0030.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2395855" cy="1261110"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00842A42" w:rsidRPr="00F34BA7">
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Молодыми учителями английского языка Индирой Р. «TheSmartest»6Aклассе,  учителем Марией К. в классах 5А и </w:t>
+      </w:r>
+      <w:r w:rsidR="004745F4" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Б конкурс соревнование «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Whoisthecleverest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>?» Проведено развлекательное мероприятие в 4х классах «ABC».</w:t>
+      </w:r>
+      <w:r w:rsidR="004745F4" w:rsidRPr="00707637">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дети показали свои знания и получили от языков только положительные эмоции. Мероприятия прошли увлекательно и интересно. Дети были впечатлены игрой, где их поджидали различные сюрпризы и препятствия, которые они с интересом преодолевали, в разгадке того или иного вопроса. Победителями игры оказалась команда 6«А» класса. Учителем немецкого языка, </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...5 lines deleted...]
-        <w:t>Ойын</w:t>
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В.В.Коркиной</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведен конкурс чтецов среди </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>детей</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изучающих немецкий язык (18 чел).  Дети с разным уровнем подготовки, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В.В.Коркина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вовлекла и слабых ре</w:t>
+      </w:r>
+      <w:r w:rsidR="004745F4" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бят в конкурс. Дети собирали </w:t>
+      </w:r>
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...5 lines deleted...]
-        <w:t>жеңімпаздары</w:t>
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пазл</w:t>
+      </w:r>
+      <w:r w:rsidR="004745F4" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F34BA7">
-[...2911 lines deleted...]
-    <w:p w:rsidR="00F34BA7" w:rsidRPr="00F34BA7" w:rsidRDefault="00F34BA7" w:rsidP="00F34BA7">
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, стихотворения о родине, природе, школе.                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00D764D6" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во всех проводимых мероприятиях преследовалась одна цель сближения, сотрудничества и дружбы всех народов Казахстана.</w:t>
+      </w:r>
+      <w:r w:rsidR="004745F4" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мероприятия Недели проходили на уроках английского языка в форме нетрадиционных уроков, что вызвало гораздо больший интерес и высокую активность ребят. </w:t>
+      </w:r>
+      <w:r w:rsidR="00842A42" w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Привлекая учащихся к творческой работе, учителя иностранных языков  обеспечили их увлекательным материалом страноведческого, игрового характера. Выбор языкового материала для каждого мероприятия определялся возможностями учащихся, задания распределялись по степени  трудности. В творческую деятельность вовлекались не только лучшие учащиеся, но и инертные школьники. Всем детям была предоставлена возможность разделить радость успеха, участвовать самим в мероприятиях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Неделя английского</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>языка позволяет учителю развивать свои</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организаторские способности, творческий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подход к работе, дает возможность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самореализации. Активное участие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школьников в мероприятиях Недели</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>английского языка указывает на необходимость и целесообразность организации внеклассной работы по иностранному языку. Это, несомненно, способствует повышению мотивации к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изучению предмета, а также имеет воспитательное и развивающее значение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">Мероприятия Недели проходили на уроках английского языка в форме нетрадиционных уроков, что вызвало гораздо больший интерес и высокую активность ребят. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Привлекая учащихся к творческой работе, учителя иностранных языков  обеспечили их увлекательным материалом страноведческого, игрового характера. Выбор языкового материала для каждого мероприятия определялся возможностями учащихся, задания распределялись по степени  трудности. В творческую деятельность вовлекались не только лучшие учащиеся, но и инертные школьники. Всем детям была предоставлена возможность разделить радость успеха, участвовать самим в мероприятиях.</w:t>
+      </w:r>
+      <w:r w:rsidR="004745F4" w:rsidRPr="00707637">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Неделя английского</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>языка позволяет учителю развивать свои</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организаторские способности, творческий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подход к работе, дает возможность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самореализации. Активное участие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школьников в мероприятиях Недели</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>английского языка указывает на необходимость и целесообразность организации внеклассной работы по иностранному языку. Это, несомненно, способствует повышению мотивации к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изучению предмета, а также имеет воспитательное и развивающее значение.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2244 lines deleted...]
-    <w:p w:rsidR="00842A42" w:rsidRPr="00F34BA7" w:rsidRDefault="00F34BA7" w:rsidP="00F34BA7">
+    </w:p>
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...256 lines deleted...]
-    <w:p w:rsidR="009E3837" w:rsidRPr="00F34BA7" w:rsidRDefault="009E3837" w:rsidP="00F34BA7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во всех проводимых мероприятиях преследовалась одна цель сближения, сотрудничества и дружбы всех народов Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00816572" w:rsidRPr="00F34BA7" w:rsidRDefault="00816572" w:rsidP="00F34BA7">
+      <w:r w:rsidRPr="00707637">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E3837" w:rsidRPr="00707637" w:rsidRDefault="009E3837" w:rsidP="00707637">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00816572" w:rsidRPr="00707637" w:rsidRDefault="00816572" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00816572" w:rsidRPr="00F34BA7" w:rsidRDefault="00820ABB" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00816572" w:rsidRPr="00707637" w:rsidRDefault="00820ABB" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00557A2B" w:rsidRPr="00F34BA7" w:rsidRDefault="00707637" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00557A2B" w:rsidRPr="00707637" w:rsidRDefault="00707637" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69DF04B9" wp14:editId="2BC52D43">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B2DA0CD" wp14:editId="407EA31A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2117090</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>36195</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2080895" cy="1734185"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="25" name="Рисунок 19" descr="D:\Меруерт 2016\МЕРУЕРТ\Казак тили, тилдер мерекеси\Новая папка\DSC00998.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 19" descr="D:\Меруерт 2016\МЕРУЕРТ\Казак тили, тилдер мерекеси\Новая папка\DSC00998.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print"/>
@@ -13198,58 +2277,58 @@
                       <a:ext cx="2080895" cy="1734185"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46662713" wp14:editId="57F5E588">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70B66FEA" wp14:editId="21F04FAF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4403090</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>36195</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1881505" cy="1734185"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 20" descr="D:\Меруерт 2016\МЕРУЕРТ\Казак тили, тилдер мерекеси\Новая папка\SAM_6183.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 20" descr="D:\Меруерт 2016\МЕРУЕРТ\Казак тили, тилдер мерекеси\Новая папка\SAM_6183.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12" cstate="print"/>
@@ -13264,58 +2343,58 @@
                       <a:ext cx="1881505" cy="1734185"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F738640" wp14:editId="5DF1F1AE">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B717112" wp14:editId="3A0B8E84">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-105410</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>36195</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1938655" cy="1727835"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="17" name="Рисунок 17" descr="D:\Меруерт 2016\МЕРУЕРТ\Казак тили, тилдер мерекеси\Новая папка\20140922_122113.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 17" descr="D:\Меруерт 2016\МЕРУЕРТ\Казак тили, тилдер мерекеси\Новая папка\20140922_122113.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13" cstate="print"/>
@@ -13328,207 +2407,207 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1938655" cy="1727835"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00820ABB" w:rsidRPr="00F34BA7" w:rsidRDefault="00820ABB" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00820ABB" w:rsidRPr="00707637" w:rsidRDefault="00820ABB" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00820ABB" w:rsidRPr="00F34BA7" w:rsidRDefault="00CF6300" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00820ABB" w:rsidRPr="00707637" w:rsidRDefault="00CF6300" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
           <w:w w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="000000"/>
           <w:shd w:val="clear" w:color="000000" w:fill="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00820ABB" w:rsidRPr="00F34BA7" w:rsidRDefault="00820ABB" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00820ABB" w:rsidRPr="00707637" w:rsidRDefault="00820ABB" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00820ABB" w:rsidRPr="00F34BA7" w:rsidRDefault="00820ABB" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00820ABB" w:rsidRPr="00707637" w:rsidRDefault="00820ABB" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00816572" w:rsidRPr="00F34BA7" w:rsidRDefault="00816572" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00816572" w:rsidRPr="00707637" w:rsidRDefault="00816572" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E3837" w:rsidRPr="00F34BA7" w:rsidRDefault="009E3837" w:rsidP="00F34BA7">
+    <w:p w:rsidR="009E3837" w:rsidRPr="00707637" w:rsidRDefault="009E3837" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E3837" w:rsidRPr="00F34BA7" w:rsidRDefault="009E3837" w:rsidP="00F34BA7">
+    <w:p w:rsidR="009E3837" w:rsidRPr="00707637" w:rsidRDefault="009E3837" w:rsidP="00707637">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D764D6" w:rsidRPr="00F34BA7" w:rsidRDefault="00D764D6" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00D764D6" w:rsidRPr="00707637" w:rsidRDefault="00D764D6" w:rsidP="00707637">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00842A42" w:rsidRPr="00F34BA7" w:rsidRDefault="00842A42" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00842A42" w:rsidRPr="00F34BA7" w:rsidRDefault="00707637" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00707637" w:rsidP="00707637">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25D19567" wp14:editId="745D4730">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3DC29A95" wp14:editId="6DB12356">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-105235</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>88769</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2033752" cy="1781503"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="15" name="Рисунок 9" descr="IMG-20170926-WA0048"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9" descr="IMG-20170926-WA0048"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14" cstate="print"/>
@@ -13543,59 +2622,59 @@
                       <a:ext cx="2033270" cy="1781081"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3980F42C" wp14:editId="23242004">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="493985BB" wp14:editId="3ECC290E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4387937</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>88769</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1907627" cy="1776292"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="31" name="Рисунок 25" descr="C:\Users\ADMIN\Desktop\IMG-20180908-WA0026.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 25" descr="C:\Users\ADMIN\Desktop\IMG-20180908-WA0026.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15" cstate="print"/>
@@ -13607,59 +2686,59 @@
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1912189" cy="1780540"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BECFFBD" wp14:editId="0E1BB7AD">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="394FDAEC" wp14:editId="478E6B99">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2134870</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>87630</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1944370" cy="1780540"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 23" descr="D:\Меруерт 2016\МЕРУЕРТ\Казак тили, тилдер мерекеси\Новая папка\20140918_132611.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 23" descr="D:\Меруерт 2016\МЕРУЕРТ\Казак тили, тилдер мерекеси\Новая папка\20140918_132611.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16" cstate="print"/>
@@ -13669,162 +2748,162 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1944370" cy="1780540"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00842A42" w:rsidRPr="00F34BA7" w:rsidRDefault="00842A42" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00842A42" w:rsidRPr="00F34BA7" w:rsidRDefault="00842A42" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00842A42" w:rsidRPr="00F34BA7" w:rsidRDefault="00842A42" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00842A42" w:rsidRPr="00F34BA7" w:rsidRDefault="00842A42" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00842A42" w:rsidRPr="00F34BA7" w:rsidRDefault="00842A42" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00842A42" w:rsidRPr="00F34BA7" w:rsidRDefault="00842A42" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00842A42" w:rsidRPr="00F34BA7" w:rsidRDefault="00842A42" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00842A42" w:rsidRPr="00F34BA7" w:rsidRDefault="00707637" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00707637" w:rsidP="00707637">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58621C4C" wp14:editId="46E46F25">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58E0C4B6" wp14:editId="41E76FE8">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>728980</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>231140</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2040255" cy="1780540"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="27" name="Рисунок 24" descr="C:\Users\ADMIN\Desktop\IMG-20180908-WA0027.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 24" descr="C:\Users\ADMIN\Desktop\IMG-20180908-WA0027.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17" cstate="print"/>
@@ -13833,60 +2912,60 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2040255" cy="1780540"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4488A89F" wp14:editId="49B9AEDB">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75BA778A" wp14:editId="0D88EC60">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3341327</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>226060</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1952625" cy="1732915"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="13" name="Рисунок 6" descr="IMG-20170928-WA0029"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="IMG-20170928-WA0029"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18" cstate="print"/>
@@ -13896,123 +2975,123 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1952625" cy="1732915"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00842A42" w:rsidRPr="00F34BA7" w:rsidRDefault="00842A42" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00842A42" w:rsidRPr="00F34BA7" w:rsidRDefault="00842A42" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00842A42" w:rsidRPr="00F34BA7" w:rsidRDefault="00842A42" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00842A42" w:rsidRPr="00F34BA7" w:rsidRDefault="00842A42" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00842A42" w:rsidP="00707637">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00842A42" w:rsidRPr="00F34BA7" w:rsidRDefault="00707637" w:rsidP="00F34BA7">
+    <w:p w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidRDefault="00707637" w:rsidP="00707637">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7375F241" wp14:editId="0EDB9AA2">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A9B27A9" wp14:editId="4D4D4221">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3725786</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1178845</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2663218" cy="2065282"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="21" name="Рисунок 21" descr="D:\Меруерт 2016\МЕРУЕРТ\Казак тили, тилдер мерекеси\Новая папка\20140917_131702.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 21" descr="D:\Меруерт 2016\МЕРУЕРТ\Казак тили, тилдер мерекеси\Новая папка\20140917_131702.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19" cstate="print"/>
@@ -14027,60 +3106,60 @@
                       <a:ext cx="2660258" cy="2062987"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00F34BA7">
+      <w:r w:rsidRPr="00707637">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19C7E570" wp14:editId="24B9B016">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39891858" wp14:editId="5B77B658">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-105235</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1273437</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2601311" cy="2044981"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Рисунок 4" descr="IMG-20170928-WA0032"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="IMG-20170928-WA0032"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20" cstate="print"/>
@@ -14096,51 +3175,51 @@
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00842A42" w:rsidRPr="00F34BA7" w:rsidSect="00707637">
+    <w:sectPr w:rsidR="00842A42" w:rsidRPr="00707637" w:rsidSect="00707637">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -14432,51 +3511,50 @@
   <w:rsids>
     <w:rsidRoot w:val="00D764D6"/>
     <w:rsid w:val="000A22CA"/>
     <w:rsid w:val="00171C51"/>
     <w:rsid w:val="002F4D78"/>
     <w:rsid w:val="003459B9"/>
     <w:rsid w:val="004745F4"/>
     <w:rsid w:val="00557A2B"/>
     <w:rsid w:val="00615287"/>
     <w:rsid w:val="006A17FC"/>
     <w:rsid w:val="006E22B6"/>
     <w:rsid w:val="00707637"/>
     <w:rsid w:val="007851F3"/>
     <w:rsid w:val="00816572"/>
     <w:rsid w:val="00820ABB"/>
     <w:rsid w:val="00842A42"/>
     <w:rsid w:val="009D3234"/>
     <w:rsid w:val="009E2510"/>
     <w:rsid w:val="009E3837"/>
     <w:rsid w:val="00C049E6"/>
     <w:rsid w:val="00CC757D"/>
     <w:rsid w:val="00CF6300"/>
     <w:rsid w:val="00D764D6"/>
     <w:rsid w:val="00DA5C72"/>
     <w:rsid w:val="00E53F7F"/>
-    <w:rsid w:val="00F34BA7"/>
     <w:rsid w:val="00FB5459"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -15232,70 +4310,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>989</Words>
-  <Characters>5643</Characters>
+  <Words>1093</Words>
+  <Characters>6236</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6619</CharactersWithSpaces>
+  <CharactersWithSpaces>7315</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ADMIN</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>