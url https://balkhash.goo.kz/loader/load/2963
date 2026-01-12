--- v0 (2025-12-08)
+++ v1 (2026-01-12)
@@ -4,2478 +4,410 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="007F488F" w:rsidRDefault="007F488F" w:rsidP="007F488F">
-[...2037 lines deleted...]
-    <w:p w:rsidR="00264198" w:rsidRPr="00F832C3" w:rsidRDefault="007F488F" w:rsidP="007F488F">
+    <w:p w:rsidR="006D6399" w:rsidRPr="00F832C3" w:rsidRDefault="00D76338" w:rsidP="00F832C3">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="278" w:firstLine="544"/>
+        <w:ind w:left="23" w:right="278" w:firstLine="544"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информация по проведенным мероприятиям                                                   в средней школе №1 имени </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007F488F">
-[...5 lines deleted...]
-        <w:t>Бастауыш</w:t>
+      <w:r w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>М.Горького</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007F488F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CE7C28" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...352 lines deleted...]
-    <w:p w:rsidR="00264198" w:rsidRPr="00F832C3" w:rsidRDefault="00264198" w:rsidP="007F488F">
+      <w:r w:rsidR="006A538A" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00264198" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                         «День</w:t>
+      </w:r>
+      <w:r w:rsidR="0027449F" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> здоровья</w:t>
+      </w:r>
+      <w:r w:rsidR="006A538A" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F832C3" w:rsidRDefault="00E034B2" w:rsidP="00F832C3">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="278" w:firstLine="544"/>
+        <w:ind w:left="23" w:right="278" w:firstLine="544"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях проведения широкомасштабной </w:t>
+      </w:r>
+      <w:r w:rsidR="00264198" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">акции «День </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Здоровья - 2018» в школе были ор</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ганизованы различные спортивные мероприятия с целью привлечения учащихся к ведению здорового образа жизни.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00B676E0" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Открытие праздника "День здоровья в школе" начался с торжественной линейки. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidR="00B676E0" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ченикам рассказали о важности сохранения здоровья, о необходимости заниматься спортом, провели общешкольную зарядку, под песенку о здоровье. "Здоровье в порядке - спасибо зарядке!" - девиз упражнений (учитель физкультуры Румянцев А.В). После лёгкой разминки </w:t>
+      </w:r>
+      <w:r w:rsidR="0027449F" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>медик</w:t>
+      </w:r>
+      <w:r w:rsidR="00264198" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и провели </w:t>
+      </w:r>
+      <w:r w:rsidR="00B676E0" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беседу на тему: «Как сохранить здоровье...»</w:t>
+      </w:r>
+      <w:r w:rsidR="00945CE4" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005D225A" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B676E0" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Начальные классы </w:t>
+      </w:r>
+      <w:r w:rsidR="00D76338" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">участвовали </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D76338" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в эстафете «Веселые старты».</w:t>
+      </w:r>
+      <w:r w:rsidR="006A538A" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B676E0" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мальчики участвовали в спортивных мероприятиях, бегали на эстафетах и играли в футбол, девоч</w:t>
+      </w:r>
+      <w:r w:rsidR="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ки играли в волейбол</w:t>
+      </w:r>
+      <w:r w:rsidR="00B676E0" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F832C3" w:rsidRDefault="00264198" w:rsidP="00F832C3">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="23" w:right="278" w:firstLine="544"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По окончании Дня</w:t>
+      </w:r>
+      <w:r w:rsidR="00945CE4" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  здоровья в школе, учащихся </w:t>
+      </w:r>
+      <w:r w:rsidR="00B676E0" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> собрали на линейке, где были подведены итоги этого интересного и полезного дня. Отличившихся учеников отметили грамотами.</w:t>
+      </w:r>
+      <w:r w:rsidR="006D6399" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E03B9" w:rsidRPr="00F832C3" w:rsidRDefault="00E361B0" w:rsidP="00F832C3">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="23" w:right="278" w:firstLine="544"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Учащиеся начальных 1-4 классов (20 человек) участвовали в спортивной игре «Веселые старта», соревновались в силе, ловкости и скорости. Каждый класс пол</w:t>
+      </w:r>
+      <w:r w:rsidR="006D6399" w:rsidRPr="00F832C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учил приз за активное участие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00264198" w:rsidRPr="00F832C3" w:rsidRDefault="00264198" w:rsidP="00F832C3">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="280" w:firstLine="547"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00264198" w:rsidRPr="00F832C3" w:rsidRDefault="00264198" w:rsidP="00F832C3">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="280" w:firstLine="547"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00264198" w:rsidRPr="00F832C3" w:rsidRDefault="00264198" w:rsidP="00F832C3">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="280" w:firstLine="547"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00264198" w:rsidRPr="00F832C3" w:rsidRDefault="00F832C3" w:rsidP="00F832C3">
       <w:pPr>
         <w:pStyle w:val="1"/>
@@ -2819,51 +751,50 @@
         <w:ind w:firstLine="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00367AD9" w:rsidRPr="00F832C3" w:rsidRDefault="00264198" w:rsidP="00F832C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2370"/>
         </w:tabs>
         <w:ind w:firstLine="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F832C3">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00367AD9" w:rsidRPr="00F832C3" w:rsidRDefault="00367AD9" w:rsidP="00F832C3">
       <w:pPr>
         <w:ind w:firstLine="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00367AD9" w:rsidRPr="00F832C3" w:rsidRDefault="00367AD9" w:rsidP="00F832C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1935"/>
         </w:tabs>
         <w:ind w:firstLine="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -3514,111 +1445,110 @@
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00880940" w:rsidRPr="00F832C3">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00367AD9" w:rsidRPr="00F832C3" w:rsidSect="00F832C3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005D6F54" w:rsidRDefault="005D6F54" w:rsidP="004523E2">
+    <w:p w:rsidR="0087119D" w:rsidRDefault="0087119D" w:rsidP="004523E2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005D6F54" w:rsidRDefault="005D6F54" w:rsidP="004523E2">
+    <w:p w:rsidR="0087119D" w:rsidRDefault="0087119D" w:rsidP="004523E2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005D6F54" w:rsidRDefault="005D6F54" w:rsidP="004523E2">
+    <w:p w:rsidR="0087119D" w:rsidRDefault="0087119D" w:rsidP="004523E2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005D6F54" w:rsidRDefault="005D6F54" w:rsidP="004523E2">
+    <w:p w:rsidR="0087119D" w:rsidRDefault="0087119D" w:rsidP="004523E2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="12E80E9D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25963652"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -3774,97 +1704,95 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="40"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B676E0"/>
     <w:rsid w:val="00144639"/>
     <w:rsid w:val="00160E8F"/>
     <w:rsid w:val="001E03B9"/>
     <w:rsid w:val="00226DAB"/>
     <w:rsid w:val="00264198"/>
     <w:rsid w:val="00267E85"/>
     <w:rsid w:val="0027449F"/>
     <w:rsid w:val="00302C73"/>
     <w:rsid w:val="00340BE9"/>
     <w:rsid w:val="00367AD9"/>
     <w:rsid w:val="00376006"/>
     <w:rsid w:val="003A3408"/>
     <w:rsid w:val="003B6A13"/>
     <w:rsid w:val="00443479"/>
     <w:rsid w:val="004523E2"/>
     <w:rsid w:val="004D073A"/>
     <w:rsid w:val="0050505B"/>
     <w:rsid w:val="00526BBC"/>
     <w:rsid w:val="005477B4"/>
     <w:rsid w:val="005D00F3"/>
     <w:rsid w:val="005D225A"/>
-    <w:rsid w:val="005D6F54"/>
     <w:rsid w:val="006500C4"/>
     <w:rsid w:val="0067196F"/>
     <w:rsid w:val="006A538A"/>
     <w:rsid w:val="006B7E8F"/>
     <w:rsid w:val="006C7A33"/>
     <w:rsid w:val="006D6399"/>
     <w:rsid w:val="00780D52"/>
-    <w:rsid w:val="007F488F"/>
     <w:rsid w:val="0085540E"/>
     <w:rsid w:val="0087119D"/>
     <w:rsid w:val="00880940"/>
     <w:rsid w:val="008C1C9A"/>
     <w:rsid w:val="008E4305"/>
     <w:rsid w:val="00945CE4"/>
     <w:rsid w:val="00AA26B9"/>
     <w:rsid w:val="00AB1704"/>
     <w:rsid w:val="00B676E0"/>
     <w:rsid w:val="00C101D1"/>
     <w:rsid w:val="00C152C3"/>
     <w:rsid w:val="00C26050"/>
     <w:rsid w:val="00CB0854"/>
     <w:rsid w:val="00CB4CFD"/>
     <w:rsid w:val="00CE7C28"/>
     <w:rsid w:val="00D76338"/>
     <w:rsid w:val="00D80BCC"/>
     <w:rsid w:val="00E034B2"/>
     <w:rsid w:val="00E361B0"/>
     <w:rsid w:val="00F04F93"/>
     <w:rsid w:val="00F832C3"/>
     <w:rsid w:val="00FA7112"/>
     <w:rsid w:val="00FE22CB"/>
   </w:rsids>
   <m:mathPr>
@@ -4827,66 +2755,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>185</Words>
-  <Characters>1060</Characters>
+  <Words>205</Words>
+  <Characters>1174</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1243</CharactersWithSpaces>
+  <CharactersWithSpaces>1377</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Завуч по ВР</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>