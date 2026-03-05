--- v1 (2026-01-12)
+++ v2 (2026-03-05)
@@ -4,405 +4,665 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="006D6399" w:rsidRPr="00F832C3" w:rsidRDefault="00D76338" w:rsidP="00F832C3">
+    <w:p w:rsidR="00F04F1A" w:rsidRDefault="00F04F1A" w:rsidP="00F04F1A">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="23" w:right="278" w:firstLine="544"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F832C3">
-[...7 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F832C3">
-[...6 lines deleted...]
-        <w:t>М.Горького</w:t>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Information</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00CE7C28" w:rsidRPr="00F832C3">
+      <w:r w:rsidRPr="00F04F1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006A538A" w:rsidRPr="00F832C3">
-[...36 lines deleted...]
-    <w:p w:rsidR="00F832C3" w:rsidRDefault="00E034B2" w:rsidP="00F832C3">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>activities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>carried</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>out</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>secondary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F04F1A" w:rsidRPr="00F04F1A" w:rsidRDefault="00F04F1A" w:rsidP="00F04F1A">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="23" w:right="278" w:firstLine="544"/>
-        <w:rPr>
-[...107 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B676E0" w:rsidRPr="00F832C3">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00F832C3">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №1 named after M. Gorky "health Day»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F04F1A" w:rsidRPr="00F04F1A" w:rsidRDefault="00F04F1A" w:rsidP="00F04F1A">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="280" w:firstLine="547"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>In order to carry out a large - scale action "Health Day-2018", various sports events were organized at the school in order to attract students to a healthy lifestyle.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F04F1A" w:rsidRPr="00F04F1A" w:rsidRDefault="00F04F1A" w:rsidP="00F04F1A">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="280" w:firstLine="547"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The opening of the holiday "health Day at school" began with a solemn line. Students were told about the importance of maintaining health, the need to engage in sports, conducted school-wide exercises, a song about health. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>"Health in order - thank you charge!"</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> motto of the exercises (physical education teacher </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Rumyantsev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AV). After a light warm-up, doctors held a conversation on the topic: "how to maintain health...</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>".</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Primary classes participated in the relay "Fun starts". Boys took part in sports events, ran relay races and played football, girls played volleyball.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F04F1A" w:rsidRPr="00F04F1A" w:rsidRDefault="00F04F1A" w:rsidP="00F04F1A">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="280" w:firstLine="547"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At the end of health Day at school, students gathered on the line, which summed up this interesting and useful day. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Distinguished</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D76338" w:rsidRPr="00F832C3">
-[...7 lines deleted...]
-      <w:r w:rsidR="006A538A" w:rsidRPr="00F832C3">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>students</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B676E0" w:rsidRPr="00F832C3">
-[...24 lines deleted...]
-    <w:p w:rsidR="00F832C3" w:rsidRDefault="00264198" w:rsidP="00F832C3">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>noted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>diplomas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00264198" w:rsidRDefault="00F04F1A" w:rsidP="00F04F1A">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="23" w:right="278" w:firstLine="544"/>
-[...41 lines deleted...]
-    <w:p w:rsidR="001E03B9" w:rsidRPr="00F832C3" w:rsidRDefault="00E361B0" w:rsidP="00F832C3">
+        <w:ind w:right="280" w:firstLine="547"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Students of primary grades 1-4 (20 people) participated in the sports game "Fun start", competed in strength, agility and speed. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Each</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>class</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>received</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>prize</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>active</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>participation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F04F1A" w:rsidRDefault="00F04F1A" w:rsidP="00F04F1A">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="23" w:right="278" w:firstLine="544"/>
-[...28 lines deleted...]
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="280" w:firstLine="547"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00264198" w:rsidRPr="00F832C3" w:rsidRDefault="00264198" w:rsidP="00F832C3">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00F04F1A" w:rsidRPr="00F832C3" w:rsidRDefault="00F04F1A" w:rsidP="00F04F1A">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="280" w:firstLine="547"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00264198" w:rsidRPr="00F832C3" w:rsidRDefault="00264198" w:rsidP="00F832C3">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="280" w:firstLine="547"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -798,50 +1058,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00367AD9" w:rsidRPr="00F832C3" w:rsidRDefault="00F832C3" w:rsidP="00F832C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1935"/>
         </w:tabs>
         <w:ind w:firstLine="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F832C3">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="252E3446" wp14:editId="789825E9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3087370</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1270</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3055620" cy="2381885"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="19" name="Рисунок 1" descr="C:\Users\Андрей\Desktop\2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Андрей\Desktop\2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -1445,110 +1706,111 @@
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00880940" w:rsidRPr="00F832C3">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00367AD9" w:rsidRPr="00F832C3" w:rsidSect="00F832C3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0087119D" w:rsidRDefault="0087119D" w:rsidP="004523E2">
+    <w:p w:rsidR="00C956A8" w:rsidRDefault="00C956A8" w:rsidP="004523E2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0087119D" w:rsidRDefault="0087119D" w:rsidP="004523E2">
+    <w:p w:rsidR="00C956A8" w:rsidRDefault="00C956A8" w:rsidP="004523E2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0087119D" w:rsidRDefault="0087119D" w:rsidP="004523E2">
+    <w:p w:rsidR="00C956A8" w:rsidRDefault="00C956A8" w:rsidP="004523E2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0087119D" w:rsidRDefault="0087119D" w:rsidP="004523E2">
+    <w:p w:rsidR="00C956A8" w:rsidRDefault="00C956A8" w:rsidP="004523E2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="12E80E9D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25963652"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -1704,51 +1966,51 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="40"/>
+  <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B676E0"/>
     <w:rsid w:val="00144639"/>
     <w:rsid w:val="00160E8F"/>
     <w:rsid w:val="001E03B9"/>
     <w:rsid w:val="00226DAB"/>
     <w:rsid w:val="00264198"/>
     <w:rsid w:val="00267E85"/>
     <w:rsid w:val="0027449F"/>
     <w:rsid w:val="00302C73"/>
     <w:rsid w:val="00340BE9"/>
@@ -1761,57 +2023,59 @@
     <w:rsid w:val="004D073A"/>
     <w:rsid w:val="0050505B"/>
     <w:rsid w:val="00526BBC"/>
     <w:rsid w:val="005477B4"/>
     <w:rsid w:val="005D00F3"/>
     <w:rsid w:val="005D225A"/>
     <w:rsid w:val="006500C4"/>
     <w:rsid w:val="0067196F"/>
     <w:rsid w:val="006A538A"/>
     <w:rsid w:val="006B7E8F"/>
     <w:rsid w:val="006C7A33"/>
     <w:rsid w:val="006D6399"/>
     <w:rsid w:val="00780D52"/>
     <w:rsid w:val="0085540E"/>
     <w:rsid w:val="0087119D"/>
     <w:rsid w:val="00880940"/>
     <w:rsid w:val="008C1C9A"/>
     <w:rsid w:val="008E4305"/>
     <w:rsid w:val="00945CE4"/>
     <w:rsid w:val="00AA26B9"/>
     <w:rsid w:val="00AB1704"/>
     <w:rsid w:val="00B676E0"/>
     <w:rsid w:val="00C101D1"/>
     <w:rsid w:val="00C152C3"/>
     <w:rsid w:val="00C26050"/>
+    <w:rsid w:val="00C956A8"/>
     <w:rsid w:val="00CB0854"/>
     <w:rsid w:val="00CB4CFD"/>
     <w:rsid w:val="00CE7C28"/>
     <w:rsid w:val="00D76338"/>
     <w:rsid w:val="00D80BCC"/>
     <w:rsid w:val="00E034B2"/>
     <w:rsid w:val="00E361B0"/>
+    <w:rsid w:val="00F04F1A"/>
     <w:rsid w:val="00F04F93"/>
     <w:rsid w:val="00F832C3"/>
     <w:rsid w:val="00FA7112"/>
     <w:rsid w:val="00FE22CB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -2755,66 +3019,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>205</Words>
-  <Characters>1174</Characters>
+  <Words>187</Words>
+  <Characters>1070</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1377</CharactersWithSpaces>
+  <CharactersWithSpaces>1255</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Завуч по ВР</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>