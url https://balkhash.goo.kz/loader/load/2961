--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -1,927 +1,3726 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="001812E3" w:rsidRPr="00B45BC3" w:rsidRDefault="002A2AD2" w:rsidP="00B45BC3">
+    <w:p w:rsidR="002E40CF" w:rsidRPr="002E40CF" w:rsidRDefault="002E40CF" w:rsidP="002E40CF">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:b/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45BC3">
+      <w:r w:rsidRPr="002E40CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:noProof/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="555C8E33" wp14:editId="5AC829DF">
-            <wp:extent cx="5940425" cy="3258302"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7567363D" wp14:editId="1398B3C1">
+            <wp:extent cx="5940425" cy="3258185"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="http://www.nv.kz/files/2018/07/telefon-1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="fancybox-img" descr="http://www.nv.kz/files/2018/07/telefon-1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5940425" cy="3258302"/>
+                      <a:ext cx="5940425" cy="3258185"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B45BC3" w:rsidRDefault="00B45BC3" w:rsidP="00B45BC3">
+    <w:p w:rsidR="002E40CF" w:rsidRPr="002E40CF" w:rsidRDefault="002E40CF" w:rsidP="002E40CF">
       <w:pPr>
-        <w:pStyle w:val="af5"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A2AD2" w:rsidRPr="00B45BC3" w:rsidRDefault="002A2AD2" w:rsidP="00B45BC3">
+    <w:p w:rsidR="002E40CF" w:rsidRPr="002E40CF" w:rsidRDefault="002E40CF" w:rsidP="002E40CF">
       <w:pPr>
-        <w:pStyle w:val="af5"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45BC3">
-[...6 lines deleted...]
-        <w:t>В рамках государственного социального заказа управлением образования Карагандинской области и общественным объединением «Мир добра» с июля 2018 года открыта круглосуточная служба телефона доверия 8 800 070 02 17 для детей и подростков, оказавшихся в трудной жизненной ситуации.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлеуметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шеңберінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қарағанды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқармасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен "Мир добра" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоғамдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірлестігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2018 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылдың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шілдесінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қиын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмірлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тап </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасөспі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>імдерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 800 070 02 17 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәулік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сенім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> телефоны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ашты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A2AD2" w:rsidRPr="00B45BC3" w:rsidRDefault="002A2AD2" w:rsidP="00B45BC3">
+    <w:p w:rsidR="002E40CF" w:rsidRPr="002E40CF" w:rsidRDefault="002E40CF" w:rsidP="002E40CF">
       <w:pPr>
-        <w:pStyle w:val="af5"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45BC3">
-[...6 lines deleted...]
-        <w:t>Основная задача телефона доверия — оказание психологической, социальной, правовой и консультационной помощи детям и их законным представителям, оказавшимся в трудной жизненной ситуации.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сенім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>телефонының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міндеті-қиын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмірлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тап </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өкілдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлеуметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>консультациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A2AD2" w:rsidRPr="00B45BC3" w:rsidRDefault="002A2AD2" w:rsidP="00B45BC3">
+    <w:p w:rsidR="002E40CF" w:rsidRPr="002E40CF" w:rsidRDefault="002E40CF" w:rsidP="002E40CF">
       <w:pPr>
-        <w:pStyle w:val="af5"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45BC3">
-[...6 lines deleted...]
-        <w:t>Телефон доверия работает бесплатно,  круглосуточно и анонимно.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сенім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> телефоны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ул</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасырын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>істейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A2AD2" w:rsidRPr="00B45BC3" w:rsidRDefault="002A2AD2" w:rsidP="00B45BC3">
+    <w:p w:rsidR="001812E3" w:rsidRPr="002E40CF" w:rsidRDefault="002E40CF" w:rsidP="002E40CF">
       <w:pPr>
-        <w:pStyle w:val="af5"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45BC3">
-[...38 lines deleted...]
-        <w:t>, 3.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сұрақтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 800 070 02 17 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сенім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> телефоны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хабарласуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қарағанды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кривогуз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Мир добра" ҚБ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заңгер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кездесу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>консультативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B45BC3" w:rsidRDefault="00B45BC3" w:rsidP="00B45BC3">
+    <w:p w:rsidR="002E40CF" w:rsidRPr="002E40CF" w:rsidRDefault="002E40CF" w:rsidP="002E40CF">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B45BC3" w:rsidRDefault="00B45BC3" w:rsidP="00B45BC3">
+    <w:p w:rsidR="002E40CF" w:rsidRDefault="002E40CF" w:rsidP="002E40CF">
       <w:pPr>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="0"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B45BC3" w:rsidRDefault="00B45BC3" w:rsidP="00B45BC3">
+    <w:p w:rsidR="002E40CF" w:rsidRPr="002E40CF" w:rsidRDefault="002E40CF" w:rsidP="002E40CF">
       <w:pPr>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="0"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қарағанды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>облысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B45BC3" w:rsidRDefault="002A2AD2" w:rsidP="00B45BC3">
+    <w:p w:rsidR="002E40CF" w:rsidRPr="002E40CF" w:rsidRDefault="002E40CF" w:rsidP="002E40CF">
       <w:pPr>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="0"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45BC3">
-[...11 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жедел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>желі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қосылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="002A2AD2" w:rsidRPr="00B45BC3" w:rsidRDefault="002A2AD2" w:rsidP="00B45BC3">
+    <w:p w:rsidR="002E40CF" w:rsidRPr="002E40CF" w:rsidRDefault="002E40CF" w:rsidP="002E40CF">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...29 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45BC3">
-[...6 lines deleted...]
-        <w:t>«Дорогой друг! Если у тебя возникли проблемные вопросы или ты оказался в трудной ситуации, ты можешь нам позвонить, мы тебя выслушаем и обязательно поможем. Просто позвони на номер 8 800 070 02 17 – тебе помогут! </w:t>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қымбат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дос</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сізде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проблемалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сұрақтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туындаса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қиын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тап </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болсаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоңырау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аласыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыңдаймыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектесеміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Beeline</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ZhasCamp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>серіктесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 800 070 02 17 – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектеседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A2AD2" w:rsidRPr="00B45BC3" w:rsidRDefault="002A2AD2" w:rsidP="00B45BC3">
+    <w:p w:rsidR="002E40CF" w:rsidRPr="002E40CF" w:rsidRDefault="002E40CF" w:rsidP="002E40CF">
       <w:pPr>
-        <w:pStyle w:val="af5"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45BC3">
-[...7 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ул</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сенім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> телефоны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00B45BC3" w:rsidRDefault="002A2AD2" w:rsidP="00B45BC3">
+    <w:p w:rsidR="002E40CF" w:rsidRPr="002E40CF" w:rsidRDefault="002E40CF" w:rsidP="002E40CF">
       <w:pPr>
-        <w:pStyle w:val="af5"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45BC3">
-[...20 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мейі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>імділік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлемі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"»</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00B45BC3">
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="002E40CF" w:rsidRPr="002E40CF" w:rsidRDefault="002E40CF" w:rsidP="002E40CF">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E40CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>8 800 070 02 17</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="002A2AD2" w:rsidRPr="00B45BC3" w:rsidSect="00B45BC3">
+    <w:sectPr w:rsidR="002E40CF" w:rsidRPr="002E40CF">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002A2AD2"/>
+    <w:rsidRoot w:val="002E40CF"/>
     <w:rsid w:val="00000E56"/>
     <w:rsid w:val="00001DC9"/>
     <w:rsid w:val="00011F26"/>
     <w:rsid w:val="0001578F"/>
     <w:rsid w:val="00016D13"/>
     <w:rsid w:val="00017596"/>
     <w:rsid w:val="0002408C"/>
     <w:rsid w:val="00027534"/>
     <w:rsid w:val="00030C46"/>
     <w:rsid w:val="00032E87"/>
     <w:rsid w:val="0003526D"/>
     <w:rsid w:val="00042F0D"/>
     <w:rsid w:val="000431CF"/>
     <w:rsid w:val="00061DE4"/>
     <w:rsid w:val="00063FB9"/>
     <w:rsid w:val="000658BA"/>
     <w:rsid w:val="0007099D"/>
     <w:rsid w:val="0007161F"/>
     <w:rsid w:val="000804F3"/>
     <w:rsid w:val="000952D8"/>
     <w:rsid w:val="0009539B"/>
     <w:rsid w:val="00096920"/>
     <w:rsid w:val="00097EC2"/>
     <w:rsid w:val="000A4CD6"/>
     <w:rsid w:val="000A5445"/>
     <w:rsid w:val="000B251D"/>
     <w:rsid w:val="000C26C9"/>
     <w:rsid w:val="000E184B"/>
     <w:rsid w:val="000E7798"/>
     <w:rsid w:val="000E77E3"/>
+    <w:rsid w:val="000E7E04"/>
     <w:rsid w:val="000F787E"/>
     <w:rsid w:val="00102451"/>
     <w:rsid w:val="00105597"/>
     <w:rsid w:val="00111D71"/>
+    <w:rsid w:val="00114349"/>
     <w:rsid w:val="00115F76"/>
     <w:rsid w:val="0011776F"/>
     <w:rsid w:val="001224E3"/>
     <w:rsid w:val="001228F7"/>
     <w:rsid w:val="00130010"/>
     <w:rsid w:val="00141913"/>
     <w:rsid w:val="001419E6"/>
     <w:rsid w:val="00141C2A"/>
     <w:rsid w:val="00142BB8"/>
     <w:rsid w:val="001627E9"/>
     <w:rsid w:val="001639A5"/>
     <w:rsid w:val="00170CF2"/>
     <w:rsid w:val="001745CC"/>
     <w:rsid w:val="00175932"/>
     <w:rsid w:val="001812E3"/>
     <w:rsid w:val="00186CBB"/>
     <w:rsid w:val="001939EB"/>
+    <w:rsid w:val="00197309"/>
     <w:rsid w:val="001A6239"/>
     <w:rsid w:val="001A769C"/>
     <w:rsid w:val="001B5C43"/>
     <w:rsid w:val="001C28EE"/>
     <w:rsid w:val="001D0FDD"/>
     <w:rsid w:val="001D1C9C"/>
     <w:rsid w:val="001D66DE"/>
     <w:rsid w:val="001E009E"/>
     <w:rsid w:val="001E01AE"/>
     <w:rsid w:val="001E6F93"/>
     <w:rsid w:val="001F09DC"/>
     <w:rsid w:val="001F1FC0"/>
     <w:rsid w:val="00200FA5"/>
     <w:rsid w:val="00202ED3"/>
     <w:rsid w:val="002043EE"/>
     <w:rsid w:val="00206491"/>
     <w:rsid w:val="00207F50"/>
     <w:rsid w:val="002207BB"/>
     <w:rsid w:val="00220B79"/>
     <w:rsid w:val="00233136"/>
     <w:rsid w:val="00246E43"/>
     <w:rsid w:val="00246F15"/>
     <w:rsid w:val="00250A55"/>
     <w:rsid w:val="002510F7"/>
     <w:rsid w:val="00252032"/>
     <w:rsid w:val="002619F8"/>
     <w:rsid w:val="00272D78"/>
     <w:rsid w:val="00277379"/>
     <w:rsid w:val="00280C7F"/>
     <w:rsid w:val="00282C6F"/>
     <w:rsid w:val="002917E7"/>
+    <w:rsid w:val="002922A4"/>
     <w:rsid w:val="00295D6B"/>
-    <w:rsid w:val="002A2AD2"/>
     <w:rsid w:val="002A43F9"/>
+    <w:rsid w:val="002B06CD"/>
     <w:rsid w:val="002B4486"/>
     <w:rsid w:val="002C10FC"/>
     <w:rsid w:val="002C1DE0"/>
     <w:rsid w:val="002C3557"/>
     <w:rsid w:val="002C43E9"/>
     <w:rsid w:val="002C6E10"/>
     <w:rsid w:val="002D295A"/>
     <w:rsid w:val="002D5285"/>
     <w:rsid w:val="002E17E7"/>
     <w:rsid w:val="002E3528"/>
+    <w:rsid w:val="002E40CF"/>
     <w:rsid w:val="002F3EF5"/>
     <w:rsid w:val="002F4DE9"/>
     <w:rsid w:val="002F77C6"/>
     <w:rsid w:val="00317242"/>
     <w:rsid w:val="003212E9"/>
     <w:rsid w:val="003253B8"/>
     <w:rsid w:val="003523B4"/>
     <w:rsid w:val="00364532"/>
     <w:rsid w:val="00364C17"/>
     <w:rsid w:val="00367503"/>
     <w:rsid w:val="0037065D"/>
     <w:rsid w:val="003854AA"/>
     <w:rsid w:val="00397893"/>
     <w:rsid w:val="003A0C8C"/>
     <w:rsid w:val="003B1CEA"/>
     <w:rsid w:val="003B1EE5"/>
     <w:rsid w:val="003B5571"/>
     <w:rsid w:val="003B57AD"/>
     <w:rsid w:val="003C1DB4"/>
     <w:rsid w:val="003C65B6"/>
     <w:rsid w:val="003D0B8F"/>
     <w:rsid w:val="003D6362"/>
     <w:rsid w:val="003D712A"/>
     <w:rsid w:val="003E012D"/>
     <w:rsid w:val="003E0FCE"/>
     <w:rsid w:val="003E2EFA"/>
     <w:rsid w:val="003E6E98"/>
     <w:rsid w:val="003F2865"/>
     <w:rsid w:val="0041064B"/>
+    <w:rsid w:val="00417A0E"/>
     <w:rsid w:val="00432944"/>
     <w:rsid w:val="0044669B"/>
     <w:rsid w:val="00456484"/>
     <w:rsid w:val="00456803"/>
     <w:rsid w:val="00457B0C"/>
     <w:rsid w:val="00466CBD"/>
     <w:rsid w:val="004859F6"/>
     <w:rsid w:val="0048658E"/>
     <w:rsid w:val="004868FE"/>
     <w:rsid w:val="004913D3"/>
     <w:rsid w:val="00496C8C"/>
     <w:rsid w:val="004977BF"/>
     <w:rsid w:val="004A2456"/>
     <w:rsid w:val="004A68AC"/>
     <w:rsid w:val="004B788A"/>
     <w:rsid w:val="004C03D7"/>
     <w:rsid w:val="004D21FD"/>
     <w:rsid w:val="004E50A9"/>
     <w:rsid w:val="004F2268"/>
     <w:rsid w:val="004F56AC"/>
     <w:rsid w:val="004F6644"/>
     <w:rsid w:val="00501316"/>
     <w:rsid w:val="00502589"/>
     <w:rsid w:val="00503BFE"/>
     <w:rsid w:val="0050683E"/>
     <w:rsid w:val="00507FF6"/>
     <w:rsid w:val="00511CCF"/>
     <w:rsid w:val="005127C1"/>
     <w:rsid w:val="00516A6E"/>
     <w:rsid w:val="00516F83"/>
     <w:rsid w:val="00517854"/>
     <w:rsid w:val="00521495"/>
     <w:rsid w:val="005245F3"/>
     <w:rsid w:val="00527D35"/>
     <w:rsid w:val="00536A72"/>
+    <w:rsid w:val="00537E43"/>
     <w:rsid w:val="00540547"/>
     <w:rsid w:val="00545D45"/>
     <w:rsid w:val="005573B2"/>
     <w:rsid w:val="0056637D"/>
     <w:rsid w:val="00574671"/>
     <w:rsid w:val="00574BE2"/>
     <w:rsid w:val="0058165A"/>
     <w:rsid w:val="005848AD"/>
     <w:rsid w:val="00587C8E"/>
     <w:rsid w:val="00590511"/>
     <w:rsid w:val="00591CB9"/>
     <w:rsid w:val="0059668E"/>
     <w:rsid w:val="005A2515"/>
     <w:rsid w:val="005A2D9F"/>
     <w:rsid w:val="005A3132"/>
     <w:rsid w:val="005B7F12"/>
     <w:rsid w:val="005D161D"/>
     <w:rsid w:val="005D7182"/>
     <w:rsid w:val="005D7F64"/>
     <w:rsid w:val="005E1F3B"/>
     <w:rsid w:val="005E40DA"/>
     <w:rsid w:val="005F268D"/>
     <w:rsid w:val="005F2BF0"/>
     <w:rsid w:val="005F3ED1"/>
     <w:rsid w:val="005F6041"/>
     <w:rsid w:val="00603F86"/>
     <w:rsid w:val="00607A1A"/>
     <w:rsid w:val="006168B6"/>
     <w:rsid w:val="006264D9"/>
     <w:rsid w:val="006347BC"/>
     <w:rsid w:val="00634D93"/>
+    <w:rsid w:val="006467DE"/>
     <w:rsid w:val="0065503F"/>
     <w:rsid w:val="00664707"/>
     <w:rsid w:val="0067634D"/>
     <w:rsid w:val="00681A36"/>
     <w:rsid w:val="0068282B"/>
     <w:rsid w:val="006917AA"/>
     <w:rsid w:val="0069227F"/>
     <w:rsid w:val="006A0A7F"/>
     <w:rsid w:val="006A3FBD"/>
     <w:rsid w:val="006D1423"/>
     <w:rsid w:val="006D4CFA"/>
     <w:rsid w:val="006E2121"/>
     <w:rsid w:val="006E2525"/>
     <w:rsid w:val="006E2774"/>
     <w:rsid w:val="006E2D95"/>
     <w:rsid w:val="006E4514"/>
     <w:rsid w:val="006F15F2"/>
     <w:rsid w:val="006F5C20"/>
     <w:rsid w:val="00713B6F"/>
     <w:rsid w:val="007300FF"/>
     <w:rsid w:val="00740837"/>
     <w:rsid w:val="007627EC"/>
     <w:rsid w:val="007628C9"/>
     <w:rsid w:val="00765115"/>
+    <w:rsid w:val="00772365"/>
     <w:rsid w:val="00774737"/>
     <w:rsid w:val="00774EE9"/>
+    <w:rsid w:val="00780DCE"/>
     <w:rsid w:val="007855E1"/>
     <w:rsid w:val="00785F87"/>
     <w:rsid w:val="00791F79"/>
     <w:rsid w:val="00796AAE"/>
     <w:rsid w:val="007A4013"/>
     <w:rsid w:val="007A5830"/>
+    <w:rsid w:val="007B1BB3"/>
     <w:rsid w:val="007B2BAF"/>
     <w:rsid w:val="007B7A57"/>
     <w:rsid w:val="007C110B"/>
     <w:rsid w:val="007C165C"/>
     <w:rsid w:val="007D3385"/>
     <w:rsid w:val="007D49B8"/>
     <w:rsid w:val="007E1197"/>
     <w:rsid w:val="007E6DDE"/>
+    <w:rsid w:val="007E7522"/>
     <w:rsid w:val="007F2A0B"/>
     <w:rsid w:val="007F540D"/>
     <w:rsid w:val="00801597"/>
     <w:rsid w:val="00802BD6"/>
     <w:rsid w:val="008055D2"/>
     <w:rsid w:val="00814A6C"/>
     <w:rsid w:val="00814E45"/>
     <w:rsid w:val="00815D23"/>
     <w:rsid w:val="0081669C"/>
     <w:rsid w:val="0082320B"/>
     <w:rsid w:val="00824685"/>
     <w:rsid w:val="0084589E"/>
     <w:rsid w:val="00850B14"/>
     <w:rsid w:val="008516E0"/>
     <w:rsid w:val="00857EDF"/>
     <w:rsid w:val="00866CC2"/>
     <w:rsid w:val="00873FD3"/>
+    <w:rsid w:val="00874426"/>
     <w:rsid w:val="0087781F"/>
     <w:rsid w:val="008812D4"/>
     <w:rsid w:val="008828BB"/>
     <w:rsid w:val="0089516F"/>
     <w:rsid w:val="00895B36"/>
     <w:rsid w:val="00896B41"/>
     <w:rsid w:val="00896EA2"/>
     <w:rsid w:val="008A7D33"/>
     <w:rsid w:val="008B21BD"/>
     <w:rsid w:val="008B356F"/>
     <w:rsid w:val="008B385B"/>
     <w:rsid w:val="008B75CA"/>
     <w:rsid w:val="008C6C6E"/>
     <w:rsid w:val="008D54EA"/>
     <w:rsid w:val="008D7625"/>
     <w:rsid w:val="008E5EA1"/>
     <w:rsid w:val="008F022B"/>
     <w:rsid w:val="008F2713"/>
     <w:rsid w:val="008F3392"/>
     <w:rsid w:val="008F734F"/>
     <w:rsid w:val="008F74D2"/>
     <w:rsid w:val="009029EE"/>
     <w:rsid w:val="009071A5"/>
     <w:rsid w:val="00921164"/>
     <w:rsid w:val="009224B2"/>
     <w:rsid w:val="009269F5"/>
     <w:rsid w:val="00932311"/>
     <w:rsid w:val="009347C3"/>
     <w:rsid w:val="00935333"/>
     <w:rsid w:val="00943BE4"/>
     <w:rsid w:val="00944CA5"/>
     <w:rsid w:val="00950011"/>
     <w:rsid w:val="00954DD4"/>
     <w:rsid w:val="00960DD8"/>
+    <w:rsid w:val="0096408A"/>
     <w:rsid w:val="00970172"/>
     <w:rsid w:val="009747E0"/>
     <w:rsid w:val="00975794"/>
     <w:rsid w:val="00976ADF"/>
     <w:rsid w:val="0098212C"/>
     <w:rsid w:val="009944E7"/>
     <w:rsid w:val="009A0D52"/>
     <w:rsid w:val="009A3095"/>
     <w:rsid w:val="009A4428"/>
     <w:rsid w:val="009A4860"/>
     <w:rsid w:val="009A4E1C"/>
     <w:rsid w:val="009B1715"/>
     <w:rsid w:val="009B34C8"/>
     <w:rsid w:val="009B563A"/>
     <w:rsid w:val="009C3296"/>
     <w:rsid w:val="009C4C05"/>
     <w:rsid w:val="009D1B8A"/>
     <w:rsid w:val="009D201C"/>
     <w:rsid w:val="009E6724"/>
     <w:rsid w:val="009E7549"/>
     <w:rsid w:val="009F30AD"/>
     <w:rsid w:val="00A00636"/>
     <w:rsid w:val="00A0456A"/>
     <w:rsid w:val="00A05702"/>
     <w:rsid w:val="00A13DF3"/>
     <w:rsid w:val="00A1634E"/>
     <w:rsid w:val="00A17357"/>
+    <w:rsid w:val="00A2777C"/>
     <w:rsid w:val="00A277CB"/>
-    <w:rsid w:val="00A343C7"/>
+    <w:rsid w:val="00A3314B"/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rsid w:val="00A37D0A"/>
     <w:rsid w:val="00A425B2"/>
+    <w:rsid w:val="00A64F2B"/>
     <w:rsid w:val="00A803E6"/>
     <w:rsid w:val="00A80452"/>
     <w:rsid w:val="00A84006"/>
+    <w:rsid w:val="00A84C53"/>
     <w:rsid w:val="00A93B05"/>
     <w:rsid w:val="00A961F9"/>
     <w:rsid w:val="00A9662C"/>
     <w:rsid w:val="00A97751"/>
+    <w:rsid w:val="00AA00C4"/>
     <w:rsid w:val="00AA3675"/>
     <w:rsid w:val="00AB2CEC"/>
     <w:rsid w:val="00AB3E9F"/>
     <w:rsid w:val="00AB5295"/>
+    <w:rsid w:val="00AC2884"/>
+    <w:rsid w:val="00AC3335"/>
     <w:rsid w:val="00AC7ACB"/>
     <w:rsid w:val="00AD0875"/>
     <w:rsid w:val="00AE651B"/>
     <w:rsid w:val="00AF0852"/>
     <w:rsid w:val="00B20CA6"/>
     <w:rsid w:val="00B33572"/>
-    <w:rsid w:val="00B45BC3"/>
     <w:rsid w:val="00B51C10"/>
+    <w:rsid w:val="00B55B5A"/>
     <w:rsid w:val="00B62485"/>
     <w:rsid w:val="00B70C53"/>
     <w:rsid w:val="00B7509D"/>
     <w:rsid w:val="00B82EBF"/>
     <w:rsid w:val="00B95A6B"/>
     <w:rsid w:val="00BA146F"/>
     <w:rsid w:val="00BA4A9B"/>
     <w:rsid w:val="00BC0EC2"/>
     <w:rsid w:val="00BC35D0"/>
     <w:rsid w:val="00BD25DD"/>
     <w:rsid w:val="00BF38F0"/>
     <w:rsid w:val="00BF6F0B"/>
     <w:rsid w:val="00C01EF9"/>
     <w:rsid w:val="00C05EAA"/>
     <w:rsid w:val="00C22231"/>
     <w:rsid w:val="00C2314E"/>
     <w:rsid w:val="00C3139C"/>
+    <w:rsid w:val="00C419F4"/>
     <w:rsid w:val="00C44A78"/>
     <w:rsid w:val="00C46561"/>
     <w:rsid w:val="00C474F9"/>
     <w:rsid w:val="00C503CA"/>
     <w:rsid w:val="00C530A9"/>
     <w:rsid w:val="00C56BA8"/>
     <w:rsid w:val="00C618FF"/>
     <w:rsid w:val="00C70AF1"/>
     <w:rsid w:val="00C70D90"/>
     <w:rsid w:val="00C715F2"/>
     <w:rsid w:val="00C73E05"/>
     <w:rsid w:val="00C76BF8"/>
     <w:rsid w:val="00C771AC"/>
     <w:rsid w:val="00CA1197"/>
     <w:rsid w:val="00CB1E60"/>
     <w:rsid w:val="00CB2997"/>
     <w:rsid w:val="00CB3D3A"/>
     <w:rsid w:val="00CC033F"/>
     <w:rsid w:val="00CC66B6"/>
     <w:rsid w:val="00CC6BB8"/>
     <w:rsid w:val="00CE1309"/>
     <w:rsid w:val="00CF56B1"/>
     <w:rsid w:val="00CF6ACB"/>
     <w:rsid w:val="00D20E91"/>
     <w:rsid w:val="00D225ED"/>
     <w:rsid w:val="00D328E8"/>
     <w:rsid w:val="00D41A82"/>
     <w:rsid w:val="00D42A5C"/>
     <w:rsid w:val="00D530B7"/>
     <w:rsid w:val="00D659ED"/>
     <w:rsid w:val="00D671E8"/>
     <w:rsid w:val="00D8236E"/>
     <w:rsid w:val="00D8526F"/>
     <w:rsid w:val="00D9123D"/>
     <w:rsid w:val="00D92B94"/>
     <w:rsid w:val="00DA15F3"/>
     <w:rsid w:val="00DB0A1B"/>
     <w:rsid w:val="00DC0EAA"/>
     <w:rsid w:val="00DD1AD9"/>
     <w:rsid w:val="00DD3904"/>
+    <w:rsid w:val="00DE11E5"/>
+    <w:rsid w:val="00DE3449"/>
     <w:rsid w:val="00DF1C44"/>
+    <w:rsid w:val="00E02C00"/>
+    <w:rsid w:val="00E1629D"/>
     <w:rsid w:val="00E251E3"/>
     <w:rsid w:val="00E3255D"/>
     <w:rsid w:val="00E41922"/>
     <w:rsid w:val="00E46F51"/>
     <w:rsid w:val="00E540C6"/>
+    <w:rsid w:val="00E5684B"/>
     <w:rsid w:val="00E64081"/>
     <w:rsid w:val="00E649D7"/>
     <w:rsid w:val="00E67435"/>
     <w:rsid w:val="00E81F31"/>
     <w:rsid w:val="00E838AE"/>
     <w:rsid w:val="00E83ED6"/>
     <w:rsid w:val="00EA1E36"/>
     <w:rsid w:val="00EA453C"/>
     <w:rsid w:val="00EB04C9"/>
     <w:rsid w:val="00EB2AFF"/>
     <w:rsid w:val="00EB6C4E"/>
     <w:rsid w:val="00EC0352"/>
+    <w:rsid w:val="00EC1FAA"/>
     <w:rsid w:val="00EC3227"/>
     <w:rsid w:val="00EC4DA6"/>
     <w:rsid w:val="00EC60E2"/>
     <w:rsid w:val="00ED29DE"/>
     <w:rsid w:val="00ED6DFA"/>
     <w:rsid w:val="00F00787"/>
     <w:rsid w:val="00F05C90"/>
     <w:rsid w:val="00F146FE"/>
     <w:rsid w:val="00F20E6C"/>
     <w:rsid w:val="00F27468"/>
     <w:rsid w:val="00F3084C"/>
     <w:rsid w:val="00F331D5"/>
+    <w:rsid w:val="00F42F35"/>
+    <w:rsid w:val="00F4561E"/>
     <w:rsid w:val="00F665DE"/>
     <w:rsid w:val="00F72769"/>
     <w:rsid w:val="00F750BE"/>
     <w:rsid w:val="00F97B27"/>
     <w:rsid w:val="00FA2987"/>
     <w:rsid w:val="00FA3EE3"/>
     <w:rsid w:val="00FA614B"/>
     <w:rsid w:val="00FB226B"/>
     <w:rsid w:val="00FC4261"/>
     <w:rsid w:val="00FC658B"/>
     <w:rsid w:val="00FE08A6"/>
     <w:rsid w:val="00FE3468"/>
     <w:rsid w:val="00FF13E9"/>
     <w:rsid w:val="00FF63F1"/>
     <w:rsid w:val="00FF775A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1670,94 +4469,68 @@
       <w:i/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A343C7"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002A2AD2"/>
+    <w:rsid w:val="002E40CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002A2AD2"/>
+    <w:rsid w:val="002E40CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-    </w:rPr>
-[...24 lines deleted...]
-      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
@@ -2469,172 +5242,75 @@
       <w:i/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A343C7"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002A2AD2"/>
+    <w:rsid w:val="002E40CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002A2AD2"/>
+    <w:rsid w:val="002E40CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-    </w:rPr>
-[...24 lines deleted...]
-      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...69 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -2888,65 +5564,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>176</Words>
-  <Characters>1009</Characters>
+  <Words>180</Words>
+  <Characters>1031</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1183</CharactersWithSpaces>
+  <CharactersWithSpaces>1209</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>АДМИН 19</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>