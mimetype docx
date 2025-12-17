--- v0 (2025-12-10)
+++ v1 (2025-12-17)
@@ -1,3209 +1,2344 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="002B1A1D" w:rsidRPr="00E35FBC" w:rsidRDefault="002B1A1D" w:rsidP="002B1A1D">
+    <w:p w:rsidR="00D441F1" w:rsidRDefault="00D441F1" w:rsidP="00D441F1">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6630"/>
+        </w:tabs>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="0"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E35FBC">
-[...10 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00D441F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D441F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D441F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D441F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D441F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>үні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D441F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D441F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D441F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D441F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="002B1A1D" w:rsidRPr="00E35FBC" w:rsidRDefault="00E70B0F" w:rsidP="002B1A1D">
+    <w:p w:rsidR="00D441F1" w:rsidRPr="00093BDE" w:rsidRDefault="00D441F1" w:rsidP="00D441F1">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E35FBC">
-[...60 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>қыркүйек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2018 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №1 М. Горький </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>атындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>салтанатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жиыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Күніне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">". </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Салтанатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жиын</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>құттықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>сөзімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ашқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директоры Е. М. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Тусупова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00770C32" w:rsidRPr="00E35FBC">
-[...48 lines deleted...]
-        <w:t>руководитель отдела экономики и финансов г</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>салтанатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жиынға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>шақырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>қонақтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: экономика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>қаржы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>бөлімінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г. Балхаш </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Шлыкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З. С., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>мәслихаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> депутаты Л. В. Григоренко </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Жетекші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>шығуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>сөзінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Қазақстанның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жеті</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00770C32" w:rsidRPr="00E35FBC">
-[...8 lines deleted...]
-        <w:t>.Б</w:t>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ст</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00770C32" w:rsidRPr="00E35FBC">
-[...242 lines deleted...]
-        <w:t>«Я – патриот своей страны».</w:t>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>іктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>рөлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конституция. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Мереке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>есте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>інші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>оқушыларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>сөз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>сөйлеуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>өлеңдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>тапсырумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>оқушылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>кілтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Право дать </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>қоңырау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>берілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>оқушыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> он </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>оқушысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Писареву Кириллу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>оқушысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>оқушысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ткачевой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Елизавета. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E35FBC" w:rsidRDefault="00E35FBC">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00D441F1" w:rsidRDefault="00D441F1" w:rsidP="00D441F1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Қазақстандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>патриотизмді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>мақсатымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>байыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>білімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>қалыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жолындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>таныстыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ережелерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>дамытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>стратегиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>бағытын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>іктерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ұғыну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>тағдырына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>қатыстылығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>елінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-11 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>аралығында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>сағаттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>өткізілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>қарым-қатынас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>тақырыбындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Мен – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>елімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>патриотымын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D441F1" w:rsidRDefault="00D441F1" w:rsidP="00D441F1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001812E3" w:rsidRDefault="00D441F1">
+      <w:r w:rsidRPr="00D441F1">
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41E08295" wp14:editId="5CFE7275">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2958465</wp:posOffset>
+              <wp:posOffset>-651510</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>206375</wp:posOffset>
-[...58 lines deleted...]
-              <wp:posOffset>202565</wp:posOffset>
+              <wp:posOffset>1601470</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3552825" cy="2365375"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Андрей\Desktop\фото 1 сентября 2018\IMG_7167.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Андрей\Desktop\фото 1 сентября 2018\IMG_7167.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3552825" cy="2365375"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00D441F1">
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64E02F49" wp14:editId="0782DFD6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>1405890</wp:posOffset>
+              <wp:posOffset>3110865</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>69850</wp:posOffset>
+              <wp:posOffset>1605280</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3400425" cy="2266950"/>
+            <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Андрей\Desktop\фото 1 сентября 2018\IMG_7249.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Андрей\Desktop\фото 1 сентября 2018\IMG_7249.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3400425" cy="2266950"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00D441F1">
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03B8EC81" wp14:editId="6855C516">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>1558290</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>3962400</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3209925" cy="2133600"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Андрей\Desktop\фото 1 сентября 2018\IMG_7178.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Андрей\Desktop\фото 1 сентября 2018\IMG_7178.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3209925" cy="2133600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00E35FBC" w:rsidRDefault="00E35FBC" w:rsidP="00E35FBC"/>
-[...20 lines deleted...]
-    <w:sectPr w:rsidR="0031652B" w:rsidRPr="00E35FBC" w:rsidSect="0031652B">
+    <w:sectPr w:rsidR="001812E3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...13 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002B1A1D"/>
-[...2408 lines deleted...]
-    <w:rsid w:val="00FF7D83"/>
+    <w:rsidRoot w:val="00D441F1"/>
+    <w:rsid w:val="00000E56"/>
+    <w:rsid w:val="00001DC9"/>
+    <w:rsid w:val="00011F26"/>
+    <w:rsid w:val="0001578F"/>
+    <w:rsid w:val="00016D13"/>
+    <w:rsid w:val="00017596"/>
+    <w:rsid w:val="0002408C"/>
+    <w:rsid w:val="00027534"/>
+    <w:rsid w:val="00030C46"/>
+    <w:rsid w:val="00032E87"/>
+    <w:rsid w:val="0003526D"/>
+    <w:rsid w:val="00042F0D"/>
+    <w:rsid w:val="000431CF"/>
+    <w:rsid w:val="00061DE4"/>
+    <w:rsid w:val="00063FB9"/>
+    <w:rsid w:val="000658BA"/>
+    <w:rsid w:val="0007099D"/>
+    <w:rsid w:val="0007161F"/>
+    <w:rsid w:val="000804F3"/>
+    <w:rsid w:val="000952D8"/>
+    <w:rsid w:val="0009539B"/>
+    <w:rsid w:val="00096920"/>
+    <w:rsid w:val="00097EC2"/>
+    <w:rsid w:val="000A4CD6"/>
+    <w:rsid w:val="000A5445"/>
+    <w:rsid w:val="000B251D"/>
+    <w:rsid w:val="000C26C9"/>
+    <w:rsid w:val="000E184B"/>
+    <w:rsid w:val="000E7798"/>
+    <w:rsid w:val="000E77E3"/>
+    <w:rsid w:val="000E7E04"/>
+    <w:rsid w:val="000F787E"/>
+    <w:rsid w:val="00102451"/>
+    <w:rsid w:val="00105597"/>
+    <w:rsid w:val="00111D71"/>
+    <w:rsid w:val="00115F76"/>
+    <w:rsid w:val="0011776F"/>
+    <w:rsid w:val="001224E3"/>
+    <w:rsid w:val="001228F7"/>
+    <w:rsid w:val="00130010"/>
+    <w:rsid w:val="00141913"/>
+    <w:rsid w:val="001419E6"/>
+    <w:rsid w:val="00141C2A"/>
+    <w:rsid w:val="00142BB8"/>
+    <w:rsid w:val="001627E9"/>
+    <w:rsid w:val="001639A5"/>
+    <w:rsid w:val="00170CF2"/>
+    <w:rsid w:val="001745CC"/>
+    <w:rsid w:val="00175932"/>
+    <w:rsid w:val="001812E3"/>
+    <w:rsid w:val="00186CBB"/>
+    <w:rsid w:val="001939EB"/>
+    <w:rsid w:val="001A6239"/>
+    <w:rsid w:val="001A769C"/>
+    <w:rsid w:val="001B5C43"/>
+    <w:rsid w:val="001C28EE"/>
+    <w:rsid w:val="001D0FDD"/>
+    <w:rsid w:val="001D1C9C"/>
+    <w:rsid w:val="001D66DE"/>
+    <w:rsid w:val="001E009E"/>
+    <w:rsid w:val="001E01AE"/>
+    <w:rsid w:val="001E6F93"/>
+    <w:rsid w:val="001F09DC"/>
+    <w:rsid w:val="001F1FC0"/>
+    <w:rsid w:val="00200FA5"/>
+    <w:rsid w:val="00202ED3"/>
+    <w:rsid w:val="002043EE"/>
+    <w:rsid w:val="00206491"/>
+    <w:rsid w:val="00207F50"/>
+    <w:rsid w:val="002207BB"/>
+    <w:rsid w:val="00220B79"/>
+    <w:rsid w:val="00233136"/>
+    <w:rsid w:val="00246E43"/>
+    <w:rsid w:val="00246F15"/>
+    <w:rsid w:val="00250A55"/>
+    <w:rsid w:val="002510F7"/>
+    <w:rsid w:val="00252032"/>
+    <w:rsid w:val="002619F8"/>
+    <w:rsid w:val="00272D78"/>
+    <w:rsid w:val="00277379"/>
+    <w:rsid w:val="00280C7F"/>
+    <w:rsid w:val="00282C6F"/>
+    <w:rsid w:val="002917E7"/>
+    <w:rsid w:val="00295D6B"/>
+    <w:rsid w:val="002A43F9"/>
+    <w:rsid w:val="002B4486"/>
+    <w:rsid w:val="002C10FC"/>
+    <w:rsid w:val="002C1DE0"/>
+    <w:rsid w:val="002C3557"/>
+    <w:rsid w:val="002C43E9"/>
+    <w:rsid w:val="002C6E10"/>
+    <w:rsid w:val="002D295A"/>
+    <w:rsid w:val="002D5285"/>
+    <w:rsid w:val="002E17E7"/>
+    <w:rsid w:val="002E3528"/>
+    <w:rsid w:val="002F3EF5"/>
+    <w:rsid w:val="002F4DE9"/>
+    <w:rsid w:val="002F77C6"/>
+    <w:rsid w:val="00317242"/>
+    <w:rsid w:val="003212E9"/>
+    <w:rsid w:val="003253B8"/>
+    <w:rsid w:val="003523B4"/>
+    <w:rsid w:val="00364532"/>
+    <w:rsid w:val="00364C17"/>
+    <w:rsid w:val="00367503"/>
+    <w:rsid w:val="0037065D"/>
+    <w:rsid w:val="003854AA"/>
+    <w:rsid w:val="00397893"/>
+    <w:rsid w:val="003A0C8C"/>
+    <w:rsid w:val="003B1CEA"/>
+    <w:rsid w:val="003B1EE5"/>
+    <w:rsid w:val="003B5571"/>
+    <w:rsid w:val="003B57AD"/>
+    <w:rsid w:val="003C1DB4"/>
+    <w:rsid w:val="003C65B6"/>
+    <w:rsid w:val="003D0B8F"/>
+    <w:rsid w:val="003D6362"/>
+    <w:rsid w:val="003D712A"/>
+    <w:rsid w:val="003E012D"/>
+    <w:rsid w:val="003E0FCE"/>
+    <w:rsid w:val="003E2EFA"/>
+    <w:rsid w:val="003E6E98"/>
+    <w:rsid w:val="003F2865"/>
+    <w:rsid w:val="0041064B"/>
+    <w:rsid w:val="00417A0E"/>
+    <w:rsid w:val="00432944"/>
+    <w:rsid w:val="0044669B"/>
+    <w:rsid w:val="00456484"/>
+    <w:rsid w:val="00456803"/>
+    <w:rsid w:val="00457B0C"/>
+    <w:rsid w:val="00466CBD"/>
+    <w:rsid w:val="004859F6"/>
+    <w:rsid w:val="0048658E"/>
+    <w:rsid w:val="004868FE"/>
+    <w:rsid w:val="004913D3"/>
+    <w:rsid w:val="00496C8C"/>
+    <w:rsid w:val="004977BF"/>
+    <w:rsid w:val="004A2456"/>
+    <w:rsid w:val="004A68AC"/>
+    <w:rsid w:val="004B788A"/>
+    <w:rsid w:val="004C03D7"/>
+    <w:rsid w:val="004D21FD"/>
+    <w:rsid w:val="004E50A9"/>
+    <w:rsid w:val="004F2268"/>
+    <w:rsid w:val="004F56AC"/>
+    <w:rsid w:val="004F6644"/>
+    <w:rsid w:val="00501316"/>
+    <w:rsid w:val="00502589"/>
+    <w:rsid w:val="00503BFE"/>
+    <w:rsid w:val="0050683E"/>
+    <w:rsid w:val="00507FF6"/>
+    <w:rsid w:val="00511CCF"/>
+    <w:rsid w:val="005127C1"/>
+    <w:rsid w:val="00516A6E"/>
+    <w:rsid w:val="00516F83"/>
+    <w:rsid w:val="00517854"/>
+    <w:rsid w:val="00521495"/>
+    <w:rsid w:val="005245F3"/>
+    <w:rsid w:val="00527D35"/>
+    <w:rsid w:val="00536A72"/>
+    <w:rsid w:val="00540547"/>
+    <w:rsid w:val="00545D45"/>
+    <w:rsid w:val="005573B2"/>
+    <w:rsid w:val="0056637D"/>
+    <w:rsid w:val="00574671"/>
+    <w:rsid w:val="00574BE2"/>
+    <w:rsid w:val="0058165A"/>
+    <w:rsid w:val="005848AD"/>
+    <w:rsid w:val="00587C8E"/>
+    <w:rsid w:val="00590511"/>
+    <w:rsid w:val="00591CB9"/>
+    <w:rsid w:val="0059668E"/>
+    <w:rsid w:val="005A2515"/>
+    <w:rsid w:val="005A2D9F"/>
+    <w:rsid w:val="005A3132"/>
+    <w:rsid w:val="005B7F12"/>
+    <w:rsid w:val="005D161D"/>
+    <w:rsid w:val="005D7182"/>
+    <w:rsid w:val="005D7F64"/>
+    <w:rsid w:val="005E1F3B"/>
+    <w:rsid w:val="005E40DA"/>
+    <w:rsid w:val="005F268D"/>
+    <w:rsid w:val="005F2BF0"/>
+    <w:rsid w:val="005F3ED1"/>
+    <w:rsid w:val="005F6041"/>
+    <w:rsid w:val="00603F86"/>
+    <w:rsid w:val="00607A1A"/>
+    <w:rsid w:val="006168B6"/>
+    <w:rsid w:val="006264D9"/>
+    <w:rsid w:val="006347BC"/>
+    <w:rsid w:val="00634D93"/>
+    <w:rsid w:val="0065503F"/>
+    <w:rsid w:val="00664707"/>
+    <w:rsid w:val="0067634D"/>
+    <w:rsid w:val="00681A36"/>
+    <w:rsid w:val="0068282B"/>
+    <w:rsid w:val="006917AA"/>
+    <w:rsid w:val="0069227F"/>
+    <w:rsid w:val="006A0A7F"/>
+    <w:rsid w:val="006A3FBD"/>
+    <w:rsid w:val="006D1423"/>
+    <w:rsid w:val="006D4CFA"/>
+    <w:rsid w:val="006E2121"/>
+    <w:rsid w:val="006E2525"/>
+    <w:rsid w:val="006E2774"/>
+    <w:rsid w:val="006E2D95"/>
+    <w:rsid w:val="006E4514"/>
+    <w:rsid w:val="006F15F2"/>
+    <w:rsid w:val="006F5C20"/>
+    <w:rsid w:val="00713B6F"/>
+    <w:rsid w:val="007300FF"/>
+    <w:rsid w:val="00740837"/>
+    <w:rsid w:val="007627EC"/>
+    <w:rsid w:val="007628C9"/>
+    <w:rsid w:val="00765115"/>
+    <w:rsid w:val="00774737"/>
+    <w:rsid w:val="00774EE9"/>
+    <w:rsid w:val="00780DCE"/>
+    <w:rsid w:val="007855E1"/>
+    <w:rsid w:val="00785F87"/>
+    <w:rsid w:val="00791F79"/>
+    <w:rsid w:val="00796AAE"/>
+    <w:rsid w:val="007A4013"/>
+    <w:rsid w:val="007A5830"/>
+    <w:rsid w:val="007B2BAF"/>
+    <w:rsid w:val="007B7A57"/>
+    <w:rsid w:val="007C110B"/>
+    <w:rsid w:val="007C165C"/>
+    <w:rsid w:val="007D3385"/>
+    <w:rsid w:val="007D49B8"/>
+    <w:rsid w:val="007E1197"/>
+    <w:rsid w:val="007E6DDE"/>
+    <w:rsid w:val="007F2A0B"/>
+    <w:rsid w:val="007F540D"/>
+    <w:rsid w:val="00801597"/>
+    <w:rsid w:val="00802BD6"/>
+    <w:rsid w:val="008055D2"/>
+    <w:rsid w:val="00814A6C"/>
+    <w:rsid w:val="00814E45"/>
+    <w:rsid w:val="00815D23"/>
+    <w:rsid w:val="0081669C"/>
+    <w:rsid w:val="0082320B"/>
+    <w:rsid w:val="00824685"/>
+    <w:rsid w:val="0084589E"/>
+    <w:rsid w:val="00850B14"/>
+    <w:rsid w:val="008516E0"/>
+    <w:rsid w:val="00857EDF"/>
+    <w:rsid w:val="00866CC2"/>
+    <w:rsid w:val="00873FD3"/>
+    <w:rsid w:val="0087781F"/>
+    <w:rsid w:val="008812D4"/>
+    <w:rsid w:val="008828BB"/>
+    <w:rsid w:val="0089516F"/>
+    <w:rsid w:val="00895B36"/>
+    <w:rsid w:val="00896B41"/>
+    <w:rsid w:val="00896EA2"/>
+    <w:rsid w:val="008A7D33"/>
+    <w:rsid w:val="008B21BD"/>
+    <w:rsid w:val="008B356F"/>
+    <w:rsid w:val="008B385B"/>
+    <w:rsid w:val="008B75CA"/>
+    <w:rsid w:val="008C6C6E"/>
+    <w:rsid w:val="008D54EA"/>
+    <w:rsid w:val="008D7625"/>
+    <w:rsid w:val="008E5EA1"/>
+    <w:rsid w:val="008F022B"/>
+    <w:rsid w:val="008F2713"/>
+    <w:rsid w:val="008F3392"/>
+    <w:rsid w:val="008F734F"/>
+    <w:rsid w:val="008F74D2"/>
+    <w:rsid w:val="009029EE"/>
+    <w:rsid w:val="009071A5"/>
+    <w:rsid w:val="00921164"/>
+    <w:rsid w:val="009224B2"/>
+    <w:rsid w:val="009269F5"/>
+    <w:rsid w:val="00932311"/>
+    <w:rsid w:val="009347C3"/>
+    <w:rsid w:val="00935333"/>
+    <w:rsid w:val="00943BE4"/>
+    <w:rsid w:val="00944CA5"/>
+    <w:rsid w:val="00950011"/>
+    <w:rsid w:val="00954DD4"/>
+    <w:rsid w:val="00960DD8"/>
+    <w:rsid w:val="00970172"/>
+    <w:rsid w:val="009747E0"/>
+    <w:rsid w:val="00975794"/>
+    <w:rsid w:val="00976ADF"/>
+    <w:rsid w:val="0098212C"/>
+    <w:rsid w:val="009944E7"/>
+    <w:rsid w:val="009A0D52"/>
+    <w:rsid w:val="009A3095"/>
+    <w:rsid w:val="009A4428"/>
+    <w:rsid w:val="009A4860"/>
+    <w:rsid w:val="009A4E1C"/>
+    <w:rsid w:val="009B1715"/>
+    <w:rsid w:val="009B34C8"/>
+    <w:rsid w:val="009B563A"/>
+    <w:rsid w:val="009C3296"/>
+    <w:rsid w:val="009C4C05"/>
+    <w:rsid w:val="009D1B8A"/>
+    <w:rsid w:val="009D201C"/>
+    <w:rsid w:val="009E6724"/>
+    <w:rsid w:val="009E7549"/>
+    <w:rsid w:val="009F30AD"/>
+    <w:rsid w:val="00A00636"/>
+    <w:rsid w:val="00A0456A"/>
+    <w:rsid w:val="00A05702"/>
+    <w:rsid w:val="00A13DF3"/>
+    <w:rsid w:val="00A1634E"/>
+    <w:rsid w:val="00A17357"/>
+    <w:rsid w:val="00A2777C"/>
+    <w:rsid w:val="00A277CB"/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rsid w:val="00A37D0A"/>
+    <w:rsid w:val="00A425B2"/>
+    <w:rsid w:val="00A803E6"/>
+    <w:rsid w:val="00A80452"/>
+    <w:rsid w:val="00A84006"/>
+    <w:rsid w:val="00A93B05"/>
+    <w:rsid w:val="00A961F9"/>
+    <w:rsid w:val="00A9662C"/>
+    <w:rsid w:val="00A97751"/>
+    <w:rsid w:val="00AA3675"/>
+    <w:rsid w:val="00AB2CEC"/>
+    <w:rsid w:val="00AB3E9F"/>
+    <w:rsid w:val="00AB5295"/>
+    <w:rsid w:val="00AC7ACB"/>
+    <w:rsid w:val="00AD0875"/>
+    <w:rsid w:val="00AE651B"/>
+    <w:rsid w:val="00AF0852"/>
+    <w:rsid w:val="00B20CA6"/>
+    <w:rsid w:val="00B33572"/>
+    <w:rsid w:val="00B51C10"/>
+    <w:rsid w:val="00B62485"/>
+    <w:rsid w:val="00B70C53"/>
+    <w:rsid w:val="00B7509D"/>
+    <w:rsid w:val="00B82EBF"/>
+    <w:rsid w:val="00B95A6B"/>
+    <w:rsid w:val="00BA146F"/>
+    <w:rsid w:val="00BA4A9B"/>
+    <w:rsid w:val="00BC0EC2"/>
+    <w:rsid w:val="00BC35D0"/>
+    <w:rsid w:val="00BD25DD"/>
+    <w:rsid w:val="00BF38F0"/>
+    <w:rsid w:val="00BF6F0B"/>
+    <w:rsid w:val="00C01EF9"/>
+    <w:rsid w:val="00C05EAA"/>
+    <w:rsid w:val="00C22231"/>
+    <w:rsid w:val="00C2314E"/>
+    <w:rsid w:val="00C3139C"/>
+    <w:rsid w:val="00C44A78"/>
+    <w:rsid w:val="00C46561"/>
+    <w:rsid w:val="00C474F9"/>
+    <w:rsid w:val="00C503CA"/>
+    <w:rsid w:val="00C530A9"/>
+    <w:rsid w:val="00C56BA8"/>
+    <w:rsid w:val="00C618FF"/>
+    <w:rsid w:val="00C70AF1"/>
+    <w:rsid w:val="00C70D90"/>
+    <w:rsid w:val="00C715F2"/>
+    <w:rsid w:val="00C73E05"/>
+    <w:rsid w:val="00C76BF8"/>
+    <w:rsid w:val="00C771AC"/>
+    <w:rsid w:val="00CA1197"/>
+    <w:rsid w:val="00CB1E60"/>
+    <w:rsid w:val="00CB2997"/>
+    <w:rsid w:val="00CB3D3A"/>
+    <w:rsid w:val="00CC033F"/>
+    <w:rsid w:val="00CC66B6"/>
+    <w:rsid w:val="00CC6BB8"/>
+    <w:rsid w:val="00CE1309"/>
+    <w:rsid w:val="00CF56B1"/>
+    <w:rsid w:val="00CF6ACB"/>
+    <w:rsid w:val="00D20E91"/>
+    <w:rsid w:val="00D225ED"/>
+    <w:rsid w:val="00D328E8"/>
+    <w:rsid w:val="00D41A82"/>
+    <w:rsid w:val="00D42A5C"/>
+    <w:rsid w:val="00D441F1"/>
+    <w:rsid w:val="00D530B7"/>
+    <w:rsid w:val="00D659ED"/>
+    <w:rsid w:val="00D671E8"/>
+    <w:rsid w:val="00D8236E"/>
+    <w:rsid w:val="00D8526F"/>
+    <w:rsid w:val="00D9123D"/>
+    <w:rsid w:val="00D92B94"/>
+    <w:rsid w:val="00DA15F3"/>
+    <w:rsid w:val="00DB0A1B"/>
+    <w:rsid w:val="00DC0EAA"/>
+    <w:rsid w:val="00DD1AD9"/>
+    <w:rsid w:val="00DD3904"/>
+    <w:rsid w:val="00DF1C44"/>
+    <w:rsid w:val="00E251E3"/>
+    <w:rsid w:val="00E3255D"/>
+    <w:rsid w:val="00E41922"/>
+    <w:rsid w:val="00E46F51"/>
+    <w:rsid w:val="00E540C6"/>
+    <w:rsid w:val="00E64081"/>
+    <w:rsid w:val="00E649D7"/>
+    <w:rsid w:val="00E67435"/>
+    <w:rsid w:val="00E81F31"/>
+    <w:rsid w:val="00E838AE"/>
+    <w:rsid w:val="00E83ED6"/>
+    <w:rsid w:val="00EA1E36"/>
+    <w:rsid w:val="00EA453C"/>
+    <w:rsid w:val="00EB04C9"/>
+    <w:rsid w:val="00EB2AFF"/>
+    <w:rsid w:val="00EB6C4E"/>
+    <w:rsid w:val="00EC0352"/>
+    <w:rsid w:val="00EC1FAA"/>
+    <w:rsid w:val="00EC3227"/>
+    <w:rsid w:val="00EC4DA6"/>
+    <w:rsid w:val="00EC60E2"/>
+    <w:rsid w:val="00ED29DE"/>
+    <w:rsid w:val="00ED6DFA"/>
+    <w:rsid w:val="00F00787"/>
+    <w:rsid w:val="00F05C90"/>
+    <w:rsid w:val="00F146FE"/>
+    <w:rsid w:val="00F20E6C"/>
+    <w:rsid w:val="00F27468"/>
+    <w:rsid w:val="00F3084C"/>
+    <w:rsid w:val="00F331D5"/>
+    <w:rsid w:val="00F42F35"/>
+    <w:rsid w:val="00F4561E"/>
+    <w:rsid w:val="00F665DE"/>
+    <w:rsid w:val="00F72769"/>
+    <w:rsid w:val="00F750BE"/>
+    <w:rsid w:val="00F97B27"/>
+    <w:rsid w:val="00FA2987"/>
+    <w:rsid w:val="00FA3EE3"/>
+    <w:rsid w:val="00FA614B"/>
+    <w:rsid w:val="00FB226B"/>
+    <w:rsid w:val="00FC4261"/>
+    <w:rsid w:val="00FC658B"/>
+    <w:rsid w:val="00FE08A6"/>
+    <w:rsid w:val="00FE3468"/>
+    <w:rsid w:val="00FF13E9"/>
+    <w:rsid w:val="00FF63F1"/>
+    <w:rsid w:val="00FF775A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
@@ -3281,123 +2416,1456 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002B1A1D"/>
+    <w:rsid w:val="00D441F1"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cstheme="minorBidi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:b/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="No Spacing"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Цитата 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="21"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720" w:right="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Выделенная цитата Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ad">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:i/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ae">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af1">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af2">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D441F1"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cstheme="minorBidi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E35FBC"/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:b/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="No Spacing"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...5 lines deleted...]
-    <w:name w:val="Текст выноски Знак"/>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Цитата 2 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="21"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720" w:right="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Выделенная цитата Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ad">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:i/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ae">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af1">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af2">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E35FBC"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A343C7"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3644,65 +4112,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>184</Words>
-  <Characters>1051</Characters>
+  <Words>157</Words>
+  <Characters>898</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1233</CharactersWithSpaces>
+  <CharactersWithSpaces>1053</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Андрей</dc:creator>
+  <dc:creator>АДМИН 19</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>