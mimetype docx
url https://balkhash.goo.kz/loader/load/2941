--- v1 (2025-12-17)
+++ v2 (2026-03-05)
@@ -1,1844 +1,466 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D441F1" w:rsidRDefault="00D441F1" w:rsidP="00D441F1">
+    <w:p w:rsidR="001D64A8" w:rsidRPr="001D64A8" w:rsidRDefault="001D64A8" w:rsidP="001D64A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6630"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D441F1">
+      <w:r w:rsidRPr="001D64A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>"</w:t>
+        <w:t>Information "the Day of knowledge»</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...56 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00D441F1" w:rsidRPr="00093BDE" w:rsidRDefault="00D441F1" w:rsidP="00D441F1">
+    <w:p w:rsidR="001D64A8" w:rsidRPr="00093BDE" w:rsidRDefault="001D64A8" w:rsidP="001D64A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00093BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">1 </w:t>
+        <w:t xml:space="preserve">September 1, 2018 in the school №1 named after M. Gorky was a solemn line dedicated to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00093BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>қыркүйек</w:t>
+        <w:t>the"day</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00093BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2018 </w:t>
+        <w:t xml:space="preserve"> of knowledge". Opening bell ceremony with congratulatory speech was opened by the Director of the school </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00093BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>жылғы</w:t>
+        <w:t>Tusupova</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00093BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> №1 М. Горький </w:t>
+        <w:t xml:space="preserve"> E. M. Guests of the holiday are also invited to the solemn line: the head of the Department of economy and Finance of Balkhash </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00093BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>атындағы</w:t>
+        <w:t>Shlykova</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00093BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Z. S., the Deputy of the city </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>maslikhat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00093BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>салтанатты</w:t>
+        <w:t>Grigorenko</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00093BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> L. V., the Presenters reflected in their speech about the achievements of Kazakhstan and what is the role of the Constitution in the life of citizens. The holiday was remembered by the performance of first-graders - reading poems and handing the key of Knowledge to high school students.  The right to give the first call was given to the pupil of the eleventh class </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00093BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>жиыны</w:t>
+        <w:t>Pisarev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00093BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "</w:t>
+        <w:t xml:space="preserve"> Kirill and the pupil of the 1st class </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00093BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>бі</w:t>
-[...13 lines deleted...]
-        <w:t>ім</w:t>
+        <w:t>Tkacheva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00093BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...847 lines deleted...]
-        <w:t xml:space="preserve"> Елизавета. </w:t>
+        <w:t xml:space="preserve"> Elizabeth.    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D441F1" w:rsidRDefault="00D441F1" w:rsidP="00D441F1">
+    <w:p w:rsidR="001D64A8" w:rsidRPr="00093BDE" w:rsidRDefault="001D64A8" w:rsidP="001D64A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00093BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For the purpose of education of Kazakhstan patriotism, enrichment of knowledge of pupils of a way of formation of the Republic of Kazakhstan, acquaintance of pupils with the basic provisions of a strategic course of development and the main achievements of RK, awareness of participation in destiny of the country from 1-11 classes hours of communication on a subject "I – the patriot of the </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00093BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Қазақстандық</w:t>
+        <w:t>country"were</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00093BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...503 lines deleted...]
-        <w:t>".</w:t>
+        <w:t xml:space="preserve"> carried out.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D441F1" w:rsidRDefault="00D441F1" w:rsidP="00D441F1">
+    <w:p w:rsidR="001812E3" w:rsidRPr="001D64A8" w:rsidRDefault="001D64A8">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D441F1">
+      <w:r w:rsidRPr="001D64A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41E08295" wp14:editId="5CFE7275">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-651510</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>1601470</wp:posOffset>
+              <wp:posOffset>1728470</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3552825" cy="2365375"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Андрей\Desktop\фото 1 сентября 2018\IMG_7167.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Андрей\Desktop\фото 1 сентября 2018\IMG_7167.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3552825" cy="2365375"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00D441F1">
+      <w:r w:rsidRPr="001D64A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64E02F49" wp14:editId="0782DFD6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3110865</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>1605280</wp:posOffset>
+              <wp:posOffset>1732280</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3400425" cy="2266950"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Андрей\Desktop\фото 1 сентября 2018\IMG_7249.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Андрей\Desktop\фото 1 сентября 2018\IMG_7249.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3400425" cy="2266950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00D441F1">
+      <w:r w:rsidRPr="001D64A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03B8EC81" wp14:editId="6855C516">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1558290</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>3962400</wp:posOffset>
+              <wp:posOffset>4089400</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3209925" cy="2133600"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Андрей\Desktop\фото 1 сентября 2018\IMG_7178.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Андрей\Desktop\фото 1 сентября 2018\IMG_7178.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3209925" cy="2133600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="001812E3">
+    <w:sectPr w:rsidR="001812E3" w:rsidRPr="001D64A8" w:rsidSect="0031652B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D441F1"/>
+    <w:rsidRoot w:val="001D64A8"/>
     <w:rsid w:val="00000E56"/>
     <w:rsid w:val="00001DC9"/>
     <w:rsid w:val="00011F26"/>
     <w:rsid w:val="0001578F"/>
     <w:rsid w:val="00016D13"/>
     <w:rsid w:val="00017596"/>
     <w:rsid w:val="0002408C"/>
     <w:rsid w:val="00027534"/>
     <w:rsid w:val="00030C46"/>
     <w:rsid w:val="00032E87"/>
     <w:rsid w:val="0003526D"/>
     <w:rsid w:val="00042F0D"/>
     <w:rsid w:val="000431CF"/>
     <w:rsid w:val="00061DE4"/>
     <w:rsid w:val="00063FB9"/>
     <w:rsid w:val="000658BA"/>
     <w:rsid w:val="0007099D"/>
     <w:rsid w:val="0007161F"/>
     <w:rsid w:val="000804F3"/>
     <w:rsid w:val="000952D8"/>
     <w:rsid w:val="0009539B"/>
     <w:rsid w:val="00096920"/>
     <w:rsid w:val="00097EC2"/>
     <w:rsid w:val="000A4CD6"/>
     <w:rsid w:val="000A5445"/>
@@ -1853,50 +475,51 @@
     <w:rsid w:val="00105597"/>
     <w:rsid w:val="00111D71"/>
     <w:rsid w:val="00115F76"/>
     <w:rsid w:val="0011776F"/>
     <w:rsid w:val="001224E3"/>
     <w:rsid w:val="001228F7"/>
     <w:rsid w:val="00130010"/>
     <w:rsid w:val="00141913"/>
     <w:rsid w:val="001419E6"/>
     <w:rsid w:val="00141C2A"/>
     <w:rsid w:val="00142BB8"/>
     <w:rsid w:val="001627E9"/>
     <w:rsid w:val="001639A5"/>
     <w:rsid w:val="00170CF2"/>
     <w:rsid w:val="001745CC"/>
     <w:rsid w:val="00175932"/>
     <w:rsid w:val="001812E3"/>
     <w:rsid w:val="00186CBB"/>
     <w:rsid w:val="001939EB"/>
     <w:rsid w:val="001A6239"/>
     <w:rsid w:val="001A769C"/>
     <w:rsid w:val="001B5C43"/>
     <w:rsid w:val="001C28EE"/>
     <w:rsid w:val="001D0FDD"/>
     <w:rsid w:val="001D1C9C"/>
+    <w:rsid w:val="001D64A8"/>
     <w:rsid w:val="001D66DE"/>
     <w:rsid w:val="001E009E"/>
     <w:rsid w:val="001E01AE"/>
     <w:rsid w:val="001E6F93"/>
     <w:rsid w:val="001F09DC"/>
     <w:rsid w:val="001F1FC0"/>
     <w:rsid w:val="00200FA5"/>
     <w:rsid w:val="00202ED3"/>
     <w:rsid w:val="002043EE"/>
     <w:rsid w:val="00206491"/>
     <w:rsid w:val="00207F50"/>
     <w:rsid w:val="002207BB"/>
     <w:rsid w:val="00220B79"/>
     <w:rsid w:val="00233136"/>
     <w:rsid w:val="00246E43"/>
     <w:rsid w:val="00246F15"/>
     <w:rsid w:val="00250A55"/>
     <w:rsid w:val="002510F7"/>
     <w:rsid w:val="00252032"/>
     <w:rsid w:val="002619F8"/>
     <w:rsid w:val="00272D78"/>
     <w:rsid w:val="00277379"/>
     <w:rsid w:val="00280C7F"/>
     <w:rsid w:val="00282C6F"/>
     <w:rsid w:val="002917E7"/>
@@ -2173,51 +796,50 @@
     <w:rsid w:val="00C503CA"/>
     <w:rsid w:val="00C530A9"/>
     <w:rsid w:val="00C56BA8"/>
     <w:rsid w:val="00C618FF"/>
     <w:rsid w:val="00C70AF1"/>
     <w:rsid w:val="00C70D90"/>
     <w:rsid w:val="00C715F2"/>
     <w:rsid w:val="00C73E05"/>
     <w:rsid w:val="00C76BF8"/>
     <w:rsid w:val="00C771AC"/>
     <w:rsid w:val="00CA1197"/>
     <w:rsid w:val="00CB1E60"/>
     <w:rsid w:val="00CB2997"/>
     <w:rsid w:val="00CB3D3A"/>
     <w:rsid w:val="00CC033F"/>
     <w:rsid w:val="00CC66B6"/>
     <w:rsid w:val="00CC6BB8"/>
     <w:rsid w:val="00CE1309"/>
     <w:rsid w:val="00CF56B1"/>
     <w:rsid w:val="00CF6ACB"/>
     <w:rsid w:val="00D20E91"/>
     <w:rsid w:val="00D225ED"/>
     <w:rsid w:val="00D328E8"/>
     <w:rsid w:val="00D41A82"/>
     <w:rsid w:val="00D42A5C"/>
-    <w:rsid w:val="00D441F1"/>
     <w:rsid w:val="00D530B7"/>
     <w:rsid w:val="00D659ED"/>
     <w:rsid w:val="00D671E8"/>
     <w:rsid w:val="00D8236E"/>
     <w:rsid w:val="00D8526F"/>
     <w:rsid w:val="00D9123D"/>
     <w:rsid w:val="00D92B94"/>
     <w:rsid w:val="00DA15F3"/>
     <w:rsid w:val="00DB0A1B"/>
     <w:rsid w:val="00DC0EAA"/>
     <w:rsid w:val="00DD1AD9"/>
     <w:rsid w:val="00DD3904"/>
     <w:rsid w:val="00DF1C44"/>
     <w:rsid w:val="00E251E3"/>
     <w:rsid w:val="00E3255D"/>
     <w:rsid w:val="00E41922"/>
     <w:rsid w:val="00E46F51"/>
     <w:rsid w:val="00E540C6"/>
     <w:rsid w:val="00E64081"/>
     <w:rsid w:val="00E649D7"/>
     <w:rsid w:val="00E67435"/>
     <w:rsid w:val="00E81F31"/>
     <w:rsid w:val="00E838AE"/>
     <w:rsid w:val="00E83ED6"/>
     <w:rsid w:val="00EA1E36"/>
@@ -2416,51 +1038,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D441F1"/>
+    <w:rsid w:val="001D64A8"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorBidi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00A343C7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
@@ -3192,51 +1814,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D441F1"/>
+    <w:rsid w:val="001D64A8"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorBidi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00A343C7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
@@ -4112,65 +2734,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>157</Words>
-  <Characters>898</Characters>
+  <Words>192</Words>
+  <Characters>1098</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1053</CharactersWithSpaces>
+  <CharactersWithSpaces>1288</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>АДМИН 19</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>