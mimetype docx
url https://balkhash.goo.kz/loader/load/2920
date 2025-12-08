--- v0 (2025-12-06)
+++ v1 (2025-12-08)
@@ -1,3852 +1,2193 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="0061702B" w:rsidRDefault="004B453A">
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1905000" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1905000" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0061702B" w:rsidRPr="004B453A" w:rsidRDefault="004B453A">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="004B453A">
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004B453A">
+        </w:rPr>
+        <w:t>Қарағанды</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004B453A">
+        </w:rPr>
+        <w:t xml:space="preserve"> облысы әкімдігінің 2015 жылғы 25 тамыздағы "Мектепке дейінгі тәрбие мен оқыту саласында көрсетілетін мемлекеттік қызметтер регламентін бекіту туралы" № 49/02 қаулысына өзгеріс енгізу туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Қарағанды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> облысы әкімдігінің 2016 жылғы 5 мамырдағы №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31/10 қаулысы.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қарағанды облысының Әділет департаментінде 2016 жылғы 16 маусымда № 3858 болып тіркелді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының 2013 жылғы 15 сәуірдегі "Мемлекеттік көрсетілетін қызметтер туралы" Заңына, Қазақстан Республикасы Білім және ғылым мини</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>стрінің 2016 жылғы 21 қаңтардағы "Мектепке дейінгі тәрбие мен оқыту саласында жергілікті атқарушы органдар көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым Министрінің 2015 жылғы 7 сәуірдегі № 172 бұйрығ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ына өзгеріс енгізу туралы" № 58 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13255 болып тіркелген) бұйрығына сәйкес, Қарағанды облысының әкімдігі </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...50 lines deleted...]
-        <w:t>      </w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЕТЕДІ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1. Қарағанды облысы әкімдігінің 2015 жылғы 25 тамыздағы "Мектепке дейі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>нгі тәрбие мен оқыту саласында көрсетілетін мемлекеттік қызметтер регламентін бекіту туралы" № 49/02 қаулысына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 3416 болып тіркелген, 2015 жылғы 14 қазанда "Әділет" ақпараттық-құқықтық жүйесін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">де, 2015 жылғы 13 қазанда "Орталық Қазақстан" № 164 (22046) және 2015 жылғы 13 қазанда "Индустриальная Караганда" № 141 (21892) газеттерінде жарияланған) келесі өзгеріс енгізілсін: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      көрсетілген қаулымен бекітілген "Мектепке дейінгі балалар ұйымдарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жіберу үшін мектепке дейінгі (7 жасқа дейін) жастағы балаларды кезекке қою" мемлекеттік көрсетілетін қызмет регламенті осы қаулының қосымшасына сәйкес жаңа редакцияда жазылсын.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Осы қаулының орындалуын бақылау облыс әкімінің жетекшілік жасайтын ор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ынбасарына </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="004B453A">
-[...5 lines deleted...]
-        <w:t>В соответствии с Законом Республики Казахстан от 15 апреля 2013 года "О государственных услугах", приказом Министра образования и науки Республики Казахстан от 21 января 2016 года № 58 "О внесении изменения в приказ Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172 "Об утверждении стандартов государственных услуг, оказываемых местными исполнительными органами в сфере дошкольного воспитания и обучения" (зарегистрирован</w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жүктелсін</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="004B453A">
-[...211 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6246"/>
-        <w:gridCol w:w="3416"/>
+        <w:gridCol w:w="6255"/>
+        <w:gridCol w:w="3407"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0061702B">
+      <w:tr w:rsidR="009E405E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7792" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0061702B" w:rsidRDefault="004B453A">
+          <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>      Қарағанды облысының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Аким</w:t>
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>әкімі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0061702B" w:rsidRDefault="004B453A">
+          <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Н. </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Н. Әбдібеков</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0061702B" w:rsidRDefault="004B453A">
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5830"/>
-        <w:gridCol w:w="3832"/>
+        <w:gridCol w:w="5888"/>
+        <w:gridCol w:w="3774"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0061702B" w:rsidRPr="00806579">
+      <w:tr w:rsidR="009E405E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0061702B" w:rsidRDefault="004B453A">
+          <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0061702B" w:rsidRPr="004B453A" w:rsidRDefault="004B453A">
+          <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B453A">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение к постановлению</w:t>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="004B453A">
+              <w:t>Қарағанды</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>акимата</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004B453A">
+              <w:t xml:space="preserve"> облысы әкімдігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Карагандинской области</w:t>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:t>2016 жылғы 05 мамырдағы</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004B453A">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>от 05 мая 2016 года</w:t>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="004B453A">
+              <w:t>№ 31/10 қаулысына қ</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>№ 31/10</w:t>
+              <w:t>осымшасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0061702B" w:rsidRPr="00806579">
+      <w:tr w:rsidR="009E405E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0061702B" w:rsidRPr="004B453A" w:rsidRDefault="004B453A">
+          <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0061702B" w:rsidRPr="004B453A" w:rsidRDefault="004B453A">
+          <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="004B453A">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Утвержден</w:t>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="004B453A">
+              <w:t>Қарағанды</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">постановлением </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004B453A">
+              <w:t xml:space="preserve"> облысы әкімдігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>акимата</w:t>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:t>2015 жылғы 25 тамыздағы</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004B453A">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Карагандинской области</w:t>
-[...27 lines deleted...]
-              <w:t>№ 49/02</w:t>
+              <w:t>№ 49/02 қаулысымен бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0061702B" w:rsidRPr="004B453A" w:rsidRDefault="004B453A" w:rsidP="00806579">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="004B453A">
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z12"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="004B453A">
+        </w:rPr>
+        <w:t xml:space="preserve"> "Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі (7 жасқа дейін) жастағы балаларды кезекке қою" мемлекеттік көрсетілетін қызмет регламенті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z13"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="004B453A">
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1. "Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі (7 жасқа дейін) жастағы балаларды кезекке қою" мемлекеттік көрсетілетін қызмет (бұдан әрі – мемлекеттік көрсетілетін қызмет) Қарағанды облысы қаланың, ауданның же</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ргілікті атқарушы органдары, қаладағы аудан, облыстық, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімдері (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижесін беру:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетуші;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3) "электрондық үкімет" веб-порталы: www.egov.kz (бұдан әрі – портал) арқылы жүзеге асырылад</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Мемлекеттік қызмет көрсету нысаны: электронды (толық автоматтандырылған) және (немесе) қағаз түрінде.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттік қызмет көрсетудің нәтижесі кезектілік нөмірі көрсетілген кезекке қою туралы хабарлама беру (ерікті нысанда) немесе орын б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>олған жағдайда "Мектепке дейінгі тәрбие мен оқыту саласында жергілікті атқарушы органдар көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" "Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі жастағы (7 жасқа дейін) балаларды кезек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ке қою" Қазақстан Республикасы Білім және ғылым Министрінің 2015 жылғы 7 сәуірдегі № 172 бұйрығымен бекітілген (нормативтік құқықтық актілерді мемлекеттік тіркеу тізімінде № 10981 болып тіркелген) мемлекеттік көрсетілетін қызмет Стандартының 1 қосымшасына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес нысан бойынша мектепке дейінгі ұйымыға жолдама беру болып табылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Портал арқылы жүгінгенде көрсетілетін қызметті алушыға көрсетілетін мемлекеттік қызметтің нәтижесі және (немесе) "жеке кабинетке" қызмет көрсетушінің уәкілетті тұлғаның электр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>онды цифрлық қолтаңбасы (бұдан әрі – ЭЦҚ) қойылған электронды құжат түріндегі хабарламасы жіберіледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызметті көрсету нәтижесінде қағаз тасымалдағышпен жүгінгенде, мемлекеттік қызметті көрсету нәтижесі электронды нысанда рәсімделеді, бас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ып шығарылады, көрсетілетін қызметті берушінің уәкілетті тұлғасының мөрімен және қолымен куәландырылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызметті көрсету нәтижесін ұсыну нысаны: электронды (толық автоматтандырылған) және (немесе) қағаз түрінде.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z24"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...11 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік қызметте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>р көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) іс-қимылы тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4. Көрсетілетін қызметті алушының Стандарттың 2 қосымшасында белгіленген нысандағы өтінішінің немесе электрондық цифрлық қол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>таңба (бұдан әрі - ЭЦҚ) куәландырылған электронды құжат түріндегі сұранысының болуы мемлекеттік қызметті көрсету бойынша рәсімді (әрекетті) бастау үшін негіз болып табылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      5. Мемлекеттік қызметті көрсету процесінің іс-қимылды құрамына кіретін әрбір</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рәсімнің мазмұны, ұзақтығы мен оны орындау реттілігі, оның ішінде рәсімдердің өту кезеңдері:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      көрсетілетін қызметті берушінің кеңсе қызметкері Стандарттың 9-тармағына сәйкес өтініш қабылдайды, көрсетілетін қызметті алушыдан алынған құжаттарды қабылда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>йды, құжаттардың көшірмелерін түпнұсқаларымен салыстырады және тіркеуді жүзеге асырады, кезекке қою немесе балалар мекемесіне жолдау туралы хабарламамен бірге түпнұсқаларын көрсетілетін қызметті алушыға қайтарады және көрсетілетін қызметті берушінің басшыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ына қарауға береді (30 минуттан аспайды).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      6. Нәтижесі – кезектілік нөмірі көрсетілген кезекке қою туралы хабарлама беру (ерікті нысанда) немесе орын болған жағдайда мектепке дейінгі ұйымыға жолдама беру болып табылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z29"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік қызметтерді көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) өзара іс-қимылы тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      7. Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету процесіне қатысатын құрылымдық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөлімшелерінің (қызметкерлерінің) тізбесі:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) кеңсе қызметкері;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      8. Мемлекеттік қызмет көрсету үшін қажетті рәсімдердің (іс-қимылдың) сипаттамасы:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      көрсетілетін қызметті берушінің кеңсе қызметкері стандарттың 9-тармағына сәйкес өтініш қабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лдайды, көрсетілетін қызметті алушыдан алынған құжаттарды қабылдайды, құжаттардың көшірмелерін түпнұсқаларымен салыстырады және тіркеуді жүзеге асырады, кезекке қою немесе балалар мекемесіне жолдау туралы хабарламамен бірге түпнұсқаларын көрсетілетін қызме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тті алушыға қайтарады және көрсетілетін қызметті берушінің басшысына қарауға береді (30 минуттан аспайды).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z34"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. "Азаматтарға арналған үкімет" мемлекеттік корпорациямен және (немесе) өзге де көрсетілетін қызметті берушілермен өзара іс-қимыл тәртібін, сондай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-ақ мемлекеттік қызмет көрсету процесінде ақпараттық жүйелерді пайдалану тәртібін сипаттау </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      9. Рәсімдердің (іс-қимылдардың) реттілігі мен Мемлекеттік корпорацияға жүгіну тәртібінің сипаттамасы:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) мемлекеттік көрсетілетін қызметті алушы Мемлеке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ттік корпорация операторына Стандарттың қосымшаларына сәйкес қажетті құжаттар мен өтініш береді, ол "электрондық кезек ретімен кедергісіз қызмет көрсету" арқылы операция залында жүзеге асырылады;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) 1-процес – қызмет көрсету үшін Мемлекеттік корпорац</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>иясы операторының логин мен парольді енгізуі (қуаттау);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3) 2-процес – Мемлекетті корпорациясы операторының қызметті, сондай-ақ көрсетілетін қызметті алушы өкілінің деректерін таңдауы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4) 3-процес – электрондық үкімет шлюзі (бұдан әрі – ЭҮШ) арқ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ылы жеке тұлғалар мемлекеттік деректер қорына (бұдан әрі – ЖТ МДҚ) көрсетілетін қызметті алушының (ата-аналарының бірінің немесе заңды өкілдерінің) деректері туралы сұраныс жіберу;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      5) 1-талап – көрсетілетін қызметті алушы деректерінің ЖТ МДҚ-да бар-ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оғын тексеру;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      6) 4-процесс – көрсетілетін қызметті алушы деректерінің ЖТ МДҚ-да болмауына байланысты, деректерді алу мүмкін болмауы туралы хабарлама қалыптастыру;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      7) 5-процесс – электрондық үкіметтің өңірлік шлюзінің автоматтандырылған жұмыс ор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>нындағы (бұдан әрі – ЭҮӨШ АЖО) ЭҮШ арқылы Мемлекеттік корпорациясы операторының ЭЦҚ-мен куәландырылған (қолы қойылған) электрондық құжатты (көрсетілетін қызметті алушының сұрауын) жіберу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B453A">
-[...6 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="004B453A">
-[...11 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорация арқылы мемлекеттік қызметті көрсету кез</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>інде қатыстырылған ақпараттық жүйелердің функционалдық өзара әрекет диаграммасы осы регламенттің 1 қосымшасында келтірілген</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      10.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Көрсетілетін қызметті беруші және көрсетілетін қызметті алушы рәсімдерінің реттілігі мен портал арқылы мемлекеттік қызметт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>і көрсету кезінде өтініш беру тәртібінің сипаттамасы:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) көрсетілетін қызметті алушы жеке сәйкестендіру нөмірінің (бұдан әрі – ЖСН), сондай-ақ парольдің көмегімен порталда тіркелуді жүзеге асырады;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) 1-процес – көрсетілетін қызметті алушының қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ызметті алу үшін порталда ЖСН мен парольді енгізуі (қуаттау процесі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3) 1-талап – ЖСН мен пароль арқылы тіркелген көрсетілетін қызметті алушы туралы деректердің түпнұсқалығын порталда тексеру;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4) 2-процес – көрсетілетін қызметті алушының құжат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тарында бұзушылықтың болуына байланысты порталдың қуаттаудан бас тарту туралы хабарламаны қалыптастыруы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      5) 3-процес – көрсетілетін қызметті алушының осы регламентте көрсетілген қызметті таңдауы, қызметті көрсету үшін экранға сұраныс нысанын шығару ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>әне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нысан талаптары мен оның құрылымын ескере отырып, көрсетілетін қызметті алушының нысанды толтыруы (деректерді енгізуі), стандартта көрсетілген қажетті құжаттардың электрондық түріндегі көшірмелерін сұраныс нысанына бекіту, сондай-ақ сұранысты куәландыр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>у (қол қою) үшін көрсетілетін қызметті алушының ЭЦҚ тіркеу куәлігін таңдауы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) 2-талап – порталда ЭЦҚ тіркеу куәлігінің қолдану мерзімін және қайтарылған </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">оказывается местными исполнительными органами города, района, </w:t>
-[...35 lines deleted...]
-        <w:t>).</w:t>
+        <w:t>(күші жойылған) тіркеу куәліктерінің тізімінде болмауын (сұраныста көрсетілген ЖСН мен ЭЦҚ тірк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>еу куәлігінде көрсетілген ЖСН арасында) тексеру;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      7) 4-процес – көрсетілетін қызметті алушының ЭЦҚ расталмауына байланысты сұрау салынатын қызметтен бас тарту туралы хабарламаны қалыптастыру;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      8) 5-процес – көрсетілетін қызметті беруші сұрау салу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ды өңдеу үшін ЭҮШ арқылы көрсетілетін қызметті берушінің ЭЦҚ-мен куәландырылған (қол қойылған) электрондық құжаттарды (көрсетілетін қызметті алушының сұранысын) ЭҮӨШ АЖО-ға жіберу;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      9) 3-талап – көрсетілетін қызметті берушінің қызмет көрсету үшін көрс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>етілетін қызметті алушының Стандарттың 9-тармағына көрсетілген қоса берген құжаттардың сәйкестігін және негіздер бойынша тексеруі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) 6-процес – көрсетілетін қызметті алушының құжаттарында бұзушылықтың болуына байланысты сұратылып отырған қызметтен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бас тарту туралы хабарламаны қалыптастыру;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      11) 7-процес – көрсетілетін қызметті алушының ЭҮӨШ АЖО қалыптастырылған қызметтің нәтижесін (электрондық құжат нысанындағы хабарламаны) алуы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> берушінің уәкілетті тұлғасының ЭЦҚ-мен куәландырылған электрондық құжат түрінде көрсетілетін қызметті алушының "жеке кабинетіне" жіберіледі.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="004B453A">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B453A">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Портал арқылы мемлекеттік қызметті көрсету кезінде қатыстырылған ақпараттық жүйелердің функционалдық өзара ә</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>рекет диаграммасы осы регламенттің 1 қосымшасында келтірілген.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B453A">
-[...190 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="004B453A">
-[...5 lines deleted...]
-        <w:t>Результатом оказания государственной услуги являются уведомление о постановке на очередь с указанием номера очередности (в произвольной форме), либо при наличии места - выдача направления в дошкольную организацию по форме согласно приложению 1 к Стандарту государственной услуги "Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации", утвержденного приказом Министра образования и науки Республики Казахстан от 7</w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету үдерісінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) рәсімдерінің (іс-қимылдың) өзара әрекеттер реттілігінің толық сипаттамас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ы осы регламенттің 2 қосымшасына сәйкес бизнес-үдерісінің анықтамалығында көрсетіледі.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="004B453A">
-[...1749 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5809"/>
-        <w:gridCol w:w="3853"/>
+        <w:gridCol w:w="5869"/>
+        <w:gridCol w:w="3793"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0061702B" w:rsidRPr="00806579">
+      <w:tr w:rsidR="009E405E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0061702B" w:rsidRDefault="004B453A">
+          <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0061702B" w:rsidRPr="004B453A" w:rsidRDefault="004B453A">
+          <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B453A">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:t>"Мектепке дейінгі балалар ұйымдарына</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004B453A">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>к регламенту государственной</w:t>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:t>жіберу үшін мектепке дейінгі</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004B453A">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>услуги "Постановка на очередь детей</w:t>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:t>(7 жасқа дейін) жастағы балаларды</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004B453A">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>дошкольного возраста (до 7 лет)</w:t>
-[...27 lines deleted...]
-              <w:t>дошкольные организации"</w:t>
+              <w:t>кезекке қою" мемлекеттік көрсетілетін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...303 lines deleted...]
-      <w:tr w:rsidR="0061702B" w:rsidRPr="00806579">
+      <w:tr w:rsidR="009E405E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0061702B" w:rsidRDefault="004B453A">
+          <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0061702B" w:rsidRPr="004B453A" w:rsidRDefault="004B453A">
+          <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B453A">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="004B453A">
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>к регламенту государственной</w:t>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:t xml:space="preserve"> регламентіне</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004B453A">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>услуги "Постановка на очередь детей</w:t>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="004B453A">
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>дошкольного возраста (до 7 лет)</w:t>
-[...27 lines deleted...]
-              <w:t>дошкольные организации"</w:t>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0061702B" w:rsidRPr="004B453A" w:rsidRDefault="004B453A">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004B453A">
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z61"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="0061702B" w:rsidRDefault="004B453A">
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік арқылы мемлекеттік қызметті көрсету кезінде қатыстырылған ақпараттық жүйелердің функционалдық өзара әрекет диаграммасы, графикалық нысанда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="009E405E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z62"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6137201" cy="4470811"/>
+            <wp:extent cx="6075431" cy="2489445"/>
+            <wp:effectExtent l="19050" t="0" r="1519" b="0"/>
+            <wp:docPr id="2" name=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6075208" cy="2489354"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z63"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Портал арқылы мемлекеттік қызметті көрсету кезінде қатыстырылған ақпараттық жүйелердің функционалдық өзара әрекет диаграммасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="009E405E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z64"/>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6184845" cy="2554392"/>
+            <wp:effectExtent l="19050" t="0" r="6405" b="0"/>
+            <wp:docPr id="3" name=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6199884" cy="2560603"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z65"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шартты белгілер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="009E405E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z66"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="4138281" cy="2917614"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="4" name=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4145201" cy="2922492"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Мектепке дейінгі балалар ұйымдарына</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жіберу үшін мектепке </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(7 жасқа дейін) жастағы балалар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ды</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кезекке қою" мемлекеттік көрсетілетін</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      қызмет регламентіне</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2 қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z69"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> "Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі жастағы (7 жасқа толмаған) балаларды кезекке қою" мемлекеттік көрсетілетін көрсетілетін қызметтің бизнес-процес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>інің анықтамалығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="009E405E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z70"/>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5956448" cy="4726417"/>
+            <wp:effectExtent l="19050" t="0" r="6202" b="0"/>
             <wp:docPr id="5" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6145453" cy="4476823"/>
+                      <a:ext cx="5956577" cy="4726520"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0061702B" w:rsidRDefault="004B453A">
-[...5 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z71"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шартты белгілер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...42 lines deleted...]
-    <w:p w:rsidR="0061702B" w:rsidRDefault="004B453A">
+    </w:p>
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6161002" cy="1452594"/>
-            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:extent cx="6450787" cy="2118796"/>
+            <wp:effectExtent l="19050" t="0" r="7163" b="0"/>
             <wp:docPr id="6" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6168891" cy="1454454"/>
+                      <a:ext cx="6456474" cy="2120664"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0061702B" w:rsidRDefault="004B453A">
-[...33 lines deleted...]
-    <w:sectPr w:rsidR="0061702B" w:rsidRPr="004B453A" w:rsidSect="0061702B">
+    <w:p w:rsidR="009E405E" w:rsidRDefault="00242A56" w:rsidP="00242A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009E405E" w:rsidSect="009E405E">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="90"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="0061702B"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B14AC7"/>
+    <w:rsidRoot w:val="009E405E"/>
+    <w:rsid w:val="00242A56"/>
+    <w:rsid w:val="009E405E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4080,137 +2421,137 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0061702B"/>
+    <w:rsid w:val="009E405E"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0061702B"/>
+    <w:rsid w:val="009E405E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="0061702B"/>
+    <w:rsid w:val="009E405E"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="0061702B"/>
+    <w:rsid w:val="009E405E"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004B453A"/>
+    <w:rsid w:val="00242A56"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004B453A"/>
+    <w:rsid w:val="00242A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -4472,50 +2813,49 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1797</Words>
-  <Characters>10245</Characters>
+  <Words>1875</Words>
+  <Characters>10694</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>89</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>WolfishLair</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12018</CharactersWithSpaces>
+  <CharactersWithSpaces>12544</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>