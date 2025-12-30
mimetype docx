--- v0 (2025-12-07)
+++ v1 (2025-12-30)
@@ -1,5548 +1,9168 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w14:paraId="f441020" w14:textId="f441020">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00C40986" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1905000" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="0" name="" descr=""/>
+            <wp:docPr id="1" name=""/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks noChangeAspect="true"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3"/>
+                    <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1905000" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...42 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>О внесении изменений в приказ Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172 "Об утверждении стандартов государственных услуг, оказываемых местными исполнительными органами в сфере дошкольного воспитания и обучения"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 11 октября 2017 года № 518. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 ноября 2017 года № 15966</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z3"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...286 lines deleted...]
-    <w:bookmarkEnd w:id="10"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z4"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Внести в приказ Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172"Об утверждении стандартов государственных услуг, оказываемых местными исполнительными органами в сфере дошкольного воспитания и обучения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10981, опубликован 18 мая 2015 года в информационно-правовой системе "Әділет") следующие изменения:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z5"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стандарты государственных услуг "Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации" и "Прием документов и зачисление детей в дошкольные организации образования", утвержденные указанным приказом, изложить в редакции согласно приложениям 1 и 2 к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z6"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Департаменту дошкольного и среднего образования Министерства образования и науки Республики Казахстан (Ш.Т. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Каринова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) в установленном законодательством Республики Казахстан порядке обеспечить: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z7"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z8"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z9"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодические печатные издания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z10"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) размещение настоящего приказа на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z11"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Департамент юридической службы и международного сотрудничества Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2), 3) и 4) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z12"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Контроль за исполнением настоящего приказа возложить на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вице-министра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и науки Республики Казахстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аймагамбетова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.К.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z13"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7791"/>
-        <w:gridCol w:w="4209"/>
+        <w:gridCol w:w="6236"/>
+        <w:gridCol w:w="3426"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00C40986">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7791" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...11 lines deleted...]
-                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t>     </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Білім және ғылым</w:t>
+              <w:t xml:space="preserve"> Министр образования и науки</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>министрі</w:t>
-[...10 lines deleted...]
-</w:t>
+              <w:t xml:space="preserve"> Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4209" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00C40986" w:rsidRDefault="00C35618">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
+                <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>
-</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Е. Сағадиев</w:t>
+              <w:t xml:space="preserve">Е. </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
+                <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-</w:t>
+              <w:t>Сагадиев</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...194 lines deleted...]
-      2017 жылғы 23 қазан         </w:t>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Исполняющий обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министра информации и коммуникаций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________ А. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ажибаев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20 октября 2017 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> "СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Министр национальной экономики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________ Т. Сулейменов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>23 октября 2017 года</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7793"/>
-        <w:gridCol w:w="4613"/>
+        <w:gridCol w:w="5888"/>
+        <w:gridCol w:w="3774"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00C40986" w:rsidRPr="0011136B">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t xml:space="preserve">к приказу </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2017 жылғы 11 қазан</w:t>
+              <w:t xml:space="preserve">Министра образования и науки </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>№ 518 бұйрығына</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t>от 11 октября 2017 года № 518</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00C40986" w:rsidRPr="0011136B">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t xml:space="preserve">к приказу Министра образования и науки </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2015 жылғы 7 сәуірдегі</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>№ 172 бұйрығына</w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>от 7 апреля 2015 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z23" w:id="11"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
+    <w:p w:rsidR="0011136B" w:rsidRDefault="00C35618" w:rsidP="0011136B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z18"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...155 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стандарт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...935 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги "Постановка на очередь детей дошкольного возраста </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618" w:rsidP="0011136B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...235 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(до 7 лет) для направления в детские дошкольные организации"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z19"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...145 lines deleted...]
-    <w:bookmarkEnd w:id="80"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z20"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Государственная услуга "Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z21"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее - Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z22"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Государственная услуга оказывается местными исполнительными органами областей, городов Астаны и Алматы, районов (городов областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> районов в городе, городов районного значения, поселков, сел, сельских округов (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z23"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием заявления и выдача результата оказания государственной услуги осуществляются </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z24"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z25"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z26"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства": </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z27"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z28"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z29"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) с момента обращения к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в Государственную корпорацию, на портал – 30 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z30"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) максимально допустимое время ожидания сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или в Государственную корпорацию – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z31"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) максимально допустимое время обслуживания у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или в Государственной корпорации – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z32"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Форма оказания государственной услуги: электронная (полностью автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z33"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Результатом оказания государственной услуги является уведомление о постановке в очередь (в произвольной форме), при наличии места – выдача направления в дошкольную организацию (в произвольной форме), либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z34"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При обращении к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или в Государственную корпорацию результат оказания государственной услуги оформляется посредством специализированной информационной системы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">управления очередью </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="0011136B" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z35"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При обращении через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направляется результат оказания государственной услуги в "личный кабинет" в форме электронного документа, удостоверенного электронной цифровой подписью </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011136B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее - ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011136B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011136B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z36"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011136B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z37"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z38"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Право на получение первоочередного места имеют:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z39"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) дети, законные представители которых являются инвалидами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z40"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) дети, оставшиеся без попечения родителей и дети-сироты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z41"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) дети из многодетных семей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z42"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) дети с особыми образовательными потребностями. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z43"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z44"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: с понедельника по пятницу, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 9.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z45"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием заявлений и выдача результатов оказания государственной услуги осуществляется с 09.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z46"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z47"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) Государственной корпорации: с понедельника по субботу включительно в соответствии с установленным графиком работы с 9.00 до 20.00 часов, без перерыва на обед, за исключением воскресенья и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z48"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием осуществляется в порядке "электронной" очереди, по выбору </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z49"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) портала: круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z50"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z51"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z52"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление по форме согласно приложению 1 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z53"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) свидетельство о рождении ребенка (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z54"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (одного из родителей или законных представителей (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z55"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) справка, выданная с места работы военнослужащего или сотрудника специальных государственных органов, заверенная печатью и подписью уполномоченного лица (при наличии) (действительна в течение 10 календарных дней со дня выдачи);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z56"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) заключения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультации для детей с особыми образовательными потребностями (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z57"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) документы, подтверждающие право (при наличии) на получение первоочередного места в дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z58"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сведения о документах, удостоверяющих личность, свидетельстве о рождении ребенка, об адресной справке ребенка, сведения, подтверждающие право на получение первоочередного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">места в дошкольную организацию, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z59"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или работник Государственной корпорации получает согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z60"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При обращении в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поселка, села, сельского округа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставляет оригиналы (для идентификации) и копии документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z61"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="0011136B" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z62"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление в форме электронного документа, подписанное ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, по форме согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011136B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z63"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011136B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) скан-копия справки, выданная с места работы военнослужащего или сотрудника специальных государственных органов, заверенная печатью и подписью уполномоченного лица (при наличии) (действительна в течение 10 календарных дней со дня выдачи);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z64"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) скан-копия заключения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультации для детей с особыми образовательными потребностями (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z65"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Электронный запрос на портал осуществляется в форме электронного документа, удостоверенного ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или путем введения одноразового пароля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z66"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сведения о документах, удостоверяющих личность, свидетельстве о рождении ребенка, об адресной справке ребенка, сведения, подтверждающие право на получение первоочередного места в дошкольную организацию, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z67"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На портале прием электронного запроса осуществляется в "личном кабинете" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="0011136B" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z68"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги, работник Государственной корпорации отказывает в приеме документов и выдает расписку об отказе в приеме заявления по форме согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011136B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z69"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011136B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги по установлению недостоверности документов и (или) данных (сведений), содержащихся в них, неполного пакета документов и (или) документов с истекшим сроком действия, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для получения государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z70"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц, Государственной корпорации и (или) их работников по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z71"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по адресам, указанным в пункте 14 настоящего стандарта государственной услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z72"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z73"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба на действия (бездействия) работника Государственной корпорации направляется к руководителю Государственной корпорации по адресам, указанным в пункте 14 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z74"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, Государственной корпорации подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z75"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z76"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться с жалобой в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z77"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z78"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Информацию о порядке обжалования через портал можно получить посредством Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z79"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. В случае несогласия с результатами оказанной государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z80"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z81"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с нарушением здоровья со стойким расстройством функций организма, ограничивающее его жизнедеятельность прием документов для оказания государственной услуги производится работником Государственной корпорации с выездом по месту жительства посредством обращения через</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Единый контакт-центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z82"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Адреса мест оказания государственной услуги размещены:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z83"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z84"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) Государственной корпорации: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z85"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) на портале: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z86"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, справочных служб по вопросам оказания государственной услуги, а также Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z87"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в разделе "Государственные услуги". </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Единый</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>контакт-центр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вопросам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оказания</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услуг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>: 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7793"/>
-        <w:gridCol w:w="4613"/>
+        <w:gridCol w:w="5809"/>
+        <w:gridCol w:w="3853"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00C40986" w:rsidRPr="0011136B">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="81"/>
+          <w:p w:rsidR="00C40986" w:rsidRDefault="00C35618">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>"Мектепке дейінгі балалар</w:t>
+              <w:t xml:space="preserve">Приложение 1 </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ұйымдарына жіберу үшін</w:t>
+              <w:t>к стандарту государственной услуги</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>мектепке дейінгі жастағы</w:t>
+              <w:t xml:space="preserve">"Постановка на очередь детей </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>(7 жасқа толмаған) балаларды</w:t>
+              <w:t xml:space="preserve">дошкольного возраста (до 7 лет) </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>кезекке қою" мемлекеттік</w:t>
+              <w:t xml:space="preserve">для направления в детские </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет</w:t>
-[...25 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>дошкольные организации"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00C40986">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00C40986" w:rsidRDefault="00C35618">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушіге</w:t>
+              <w:t>Форма</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>___________________________</w:t>
-[...103 lines deleted...]
-              <w:t>(бұдан әрі – ЖСН)</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z95" w:id="81"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
+    <w:p w:rsidR="00C40986" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z90"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от __________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(далее – Ф.И.О.) (при заполнении в бумажном виде)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(индивидуальный </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>идинтификационный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> номер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(далее – ИИН)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проживающего по адресу:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                    </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...529 lines deleted...]
-      Қолы ________________                  Күні _________________</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прошу поставить ребенка в очередь для получения направления в дошкольную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организацию на территории населенного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пункта_____________________________________</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>город (поселок, село)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">________________________________________________, ИИН ________________________, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Ф.И.О.(при наличии) ребенка (при заполнении в бумажном виде) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________ года рождения.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Информирую, что ребенок является (нужное указать):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) ребенком военнослужащих, в том числе тех, которые погибли, умерли или пропали </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>без вести во время прохождения службы (копия документа);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) ребенком сотрудников специальных государственных органов, в том числе тех, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">которые погибли, умерли или пропали без вести во время прохождения службы (копия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документа);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) ребенком, законные </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>представители</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> которых являются инвалидами; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) ребенком, с особыми образовательными потребностями (копия документа);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) ребенком, оставшимся без попечения родителей; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) ребенком сиротой; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) ребенком из многодетной семьи. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>относится</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>одной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>из</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вышеперечисленных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>категорий</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прошу уведомлять меня об изменениях моего заявления следующими способами:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) электронное </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>смс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>sms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) уведомление в произвольной форме на следующие номера </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мобильных телефонов (не более двух номеров): _________________________;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) электронные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уведомления в произвольной форме: ______________________.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(При изменений жизненных обстоятельств положение заявления в очереди может </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>измениться.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявления группируются в очереди по году рождения ребенка (календарный год) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в порядке приоритета по дате подачи заявления.).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждаю, что я согласен (согласна) на использование сведений, составляющих </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>охраняемых законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Подпись</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Дата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7793"/>
-        <w:gridCol w:w="4613"/>
+        <w:gridCol w:w="5809"/>
+        <w:gridCol w:w="3853"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00C40986" w:rsidRPr="0011136B">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="82"/>
+          <w:p w:rsidR="00C40986" w:rsidRDefault="00C35618">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>"Мектепке дейінгі балалар</w:t>
+              <w:t xml:space="preserve">Приложение 2 </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ұйымдарына жіберу үшін</w:t>
+              <w:t>к стандарту государственной услуги</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>мектепке дейінгі жастағы</w:t>
+              <w:t xml:space="preserve">"Постановка на очередь детей </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>(7 жасқа толмаған) балаларды</w:t>
+              <w:t xml:space="preserve">дошкольного возраста (до 7 лет) </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>кезекке қою" мемлекеттік</w:t>
+              <w:t xml:space="preserve">для направления в детские </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет</w:t>
-[...25 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t xml:space="preserve">дошкольные организации" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00C40986">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00C40986" w:rsidRDefault="00C35618">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t>Форма</w:t>
             </w:r>
-            <w:r>
-[...63 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z129" w:id="84"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z93"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...221 lines deleted...]
-      "____" _________ 20____ жыл.</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Расписка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>об отказе в приеме документов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уководствуясь пунктом 2 статьи 20 Закона Республики Казахстан от 15 апреля </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2013 года "О государственных услугах", отдел №__ филиала некоммерческого акционерного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общества "Государственная корпорация "Правительство для граждан" (указать адрес) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отказывает в приеме документов на оказание государственной услуги (указать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наименование государственной услуги в соответствии со стандартом государственной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услуги) ввиду представления Вами неполного пакета документов согласно перечню, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предусмотренному стандартом государственной услуги, а именно:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Наименование отсутствующих документов:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">…. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящая расписка составлена в 2-х экземплярах, по одному для каждой стороны.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исполнитель: фамилия, имя, отчество (при его наличии) _________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подпись ________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Телефон</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олучил: фамилия, имя, отчество (при его наличии) _____________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подпись ________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"____" _________ 20____ год.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7793"/>
-        <w:gridCol w:w="4613"/>
+        <w:gridCol w:w="5888"/>
+        <w:gridCol w:w="3774"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00C40986" w:rsidRPr="0011136B">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="83"/>
+          <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t xml:space="preserve">к приказу </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2017 жылғы 11 қазан</w:t>
+              <w:t xml:space="preserve">Министра образования и науки </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>№ 518 бұйрығына</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>от 11 октября 2017 года № 518</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00C40986" w:rsidRPr="0011136B">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t xml:space="preserve">к приказу Министра образования и науки </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2015 жылғы 7 сәуірдегі</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C35618">
               <w:rPr>
-                <w:rFonts w:ascii="Consolas"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>№ 172 бұйрығына</w:t>
-[...12 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>от 7 апреля 2015 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z143" w:id="85"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z96"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...95 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной услуги "Прием документов и зачисление детей в дошкольные организации образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z97"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...435 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z98"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Государственная услуга "Прием документов и зачисление детей в дошкольные организации образования" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z99"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z100"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Государственная услуга оказывается дошкольными организациями всех типов и видов (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z101"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием и выдача документов для оказания государственной услуги осуществляются через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z102"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...155 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z103"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z104"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) с момента сдачи пакета документов – 30 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z105"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) максимально допустимое время ожидания до момента приема документов – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z106"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) максимально допустимое время обслуживания – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z107"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z108"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Результат оказания государственной услуги: зачисление ребенка в дошкольную организацию на основании заключенного договора между дошкольной организацией и одним из родителей или законным представителем ребенка, либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z109"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма представления результата оказания государственной услуги: бумажная. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z110"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z111"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. График работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>: с понедельника по пятницу, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан, в соответствии с установленным графиком работы с 9.00 - 18.00 часов, с перерывом на обед с 13.00 - 14.00.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z112"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием документов и выдача результатов оказания государственной услуги осуществляется с 09.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z113"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="z114"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z115"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) направление на зачисление (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>действительна</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 5-ти рабочих дней со дня выдачи);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="z116"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) документ, удостоверяющий личность одного из родителей или законных представителей (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z117"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) документ, свидетельствующий рождение ребенка (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z118"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) паспорт здоровья ребенка по форме предусмотренной Инструкцией по заполнению и ведению учетной формы 026/у-3 "Паспорт здоровья ребенка", утвержденной приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 (зарегистрированный в Реестре нормативных правовых актов под № 2423);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z119"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) справка о состоянии здоровья ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z120"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) заключение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультации (для детей с особыми образовательными потребностями).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z121"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги по установлению недостоверности документов и (или) данных (сведений), содержащихся в них, неполного пакета документов и (или) документов с истекшим сроком действия, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для получения государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="z122"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...42 lines deleted...]
-      13. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсетудің тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алады.</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействий) местных исполнительных органов города республиканского значения и столицы, района (города областного значения) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="z123"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг подается в письменном виде на имя руководителя местного исполнительного органа, города республиканского значения и столицы, района (города областного значения) по адресам указанным в пункте 12 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="z124"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В жалобе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указываются его фамилия, имя, отчество (при наличии), почтовый адрес, дата. Жалоба должна быть подписана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="z125"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги, поступившая в адрес местного исполнительного органа, города республиканского значения и столицы, района (города областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="114" w:name="z126"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае несогласия с результатами оказания государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="z127"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуги, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="z128"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случаях несогласия с результатами оказанной государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="z129"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Иные требования с учетом особенностей оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="z130"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Адреса мест оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="z131"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="z132"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z179" w:id="121"/>
-[...25 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidRDefault="00C35618" w:rsidP="00C35618">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...30 lines deleted...]
-    <w:sectPr>
+      <w:r w:rsidRPr="00C35618">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00C40986" w:rsidRPr="00C35618" w:rsidSect="00C40986">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat/>
+  <w:rsids>
+    <w:rsidRoot w:val="00C40986"/>
+    <w:rsid w:val="0011136B"/>
+    <w:rsid w:val="0011195D"/>
+    <w:rsid w:val="00C35618"/>
+    <w:rsid w:val="00C40986"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="off"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+</w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
-[...5 lines deleted...]
-    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading3Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading4Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...183 lines deleted...]
-  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C40986"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00C40986"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="disclaimer">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00C40986"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DocDefaults">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
+    <w:rsid w:val="00C40986"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C35618"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C35618"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>8</Pages>
+  <Words>3704</Words>
+  <Characters>21119</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>175</Lines>
+  <Paragraphs>49</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>WolfishLair</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>24774</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
 </file>