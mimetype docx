--- v0 (2025-12-16)
+++ v1 (2025-12-31)
@@ -1,963 +1,1747 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
       <w:pPr>
-        <w:ind w:left="4248"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
       </w:pPr>
       <w:r>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00F06B1C" w:rsidRPr="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
       <w:pPr>
+        <w:ind w:left="4248" w:firstLine="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t>к приказу Министра образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:pPr>
+        <w:ind w:left="4248" w:firstLine="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t>и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:pPr>
+        <w:ind w:left="4248" w:firstLine="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t>от 8 апреля 2015 года № 179</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRPr="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00F06B1C">
+      <w:r w:rsidRPr="00DC0598">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>"Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRPr="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC0598">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>"Выдача разрешения на обучение в форме экстерната</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRPr="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC0598">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>в организациях основного среднего, общего</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRPr="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC0598">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">      Ескерту. Стандарт жаңа редакцияда - ҚР Білім және ғылым министрінің </w:t>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Сноска. Стандарт в редакции приказа Министра образования и науки РК от 22.01.2016 № 68 (вводится в действие c 01.03.2016).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      1. Государственная услуга "Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования" (далее - государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее - Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается местными исполнительными органами городов Астаны и Алматы, районов и городов областного значения (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляется через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      1) Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      2) веб-портал "электронного правительства" www.egov.kz (далее - портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      1) с момента сдачи пакета документов в Государственную корпорацию, а также при обращении на портал - 15 рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      При обращении в Государственную корпорацию день приема не входит в срок оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      2) максимально допустимое время ожидания для сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> - 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      3) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> - 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      4) заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для обучения в форме экстерната подается не позднее 1 декабря текущего учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      5. Форма оказания государственной услуги: электронная (частично автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      6. Результатом оказания государственной услуги является выписка из приказа о разрешении на обучение в форме экстерната в организациях основного среднего, общего среднего образования по форме согласно приложению 1 к настоящему стандарту государственной услуги (далее – приложение 1).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      В случае обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> за получением результата оказания государственной услуги на бумажном носителе результат оказания государственной услуги оформляется в электронной форме согласно приложению 1, распечатывается, заверяется печатью и подписью уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      При обращении на портал результат оказания государственной услуги направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в форме электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Форма предоставления результата оказания государственной услуги: электронная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – с понедельника по пятницу включительно, за исключением выходных и праздничных дней согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы, с перерывом на обед с 13.00 до 14.30 часов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      2) Государственной корпорации – с понедельника по субботу включительно, за исключением воскресенья и праздничных дней согласно трудовому законодательству Республики Казахстан, в соответствии с установленным графиком работы с 9.00 до 20.00 часов, без перерыва на обед.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Государственная услуга оказывается по месту нахождения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, также посредством "бронирования" электронной очереди на портале.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      3) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, либо законного представителя с подтверждающим документом):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление на обучение в форме экстерната по форме согласно приложению 2 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      2) заключение врачебно-консультационной комиссии, форма 035-1/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 6697) - для обучающихся, не имеющих возможность посещать организации образования по состоянию здоровья;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      3) справка о временном проживании за рубежом родителей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или лиц, их заменяющих, в случае </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>22.01.2016  (</w:t>
+        <w:t>выезда</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> № 68 01.03.2016 бастап күшіне енеді) бұйрығымен.</w:t>
-[...74 lines deleted...]
-        <w:t xml:space="preserve">      5. Мемлекеттік қызмет көрсету нысаны: электрондық (ішінара автоматтандырылған) және </w:t>
+        <w:t xml:space="preserve"> обучающегося с родителями или лиц их заменяющих за рубеж;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      4) документ на имя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, подтверждающий его обучение за рубежом, в случае </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>( немесе</w:t>
+        <w:t>выезда</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>) қағаз түрінде.</w:t>
-[...7 lines deleted...]
-    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+        <w:t xml:space="preserve"> обучающегося за рубеж без сопровождения родителей или лиц их заменяющих;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      5) копия свидетельства о рождении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (в случае рождения до 2008 года) при наличии копии удостоверения личности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (оригинал требуется для идентификации личности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      На портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление в форме электронного запроса, подписанного ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      2) электронная копия заключения врачебно-консультационной комиссии, форма 035-1/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 6697) - для обучающихся, не имеющих возможность посещать организации образования по состоянию здоровья;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      3) электронная копия справки о временном проживании за рубежом родителей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или лиц, их заменяющих, в случае </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>выезда</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> обучающегося с родителями или лиц их заменяющих за рубеж;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      4) электронная копия документа на имя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, подтверждающий его обучение за рубежом, в случае </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>выезда</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> обучающегося за рубеж без сопровождения родителей или лиц их заменяющих;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      5) электронная копия свидетельства о рождении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (в случае рождения до 2008 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Сведения о документах, удостоверяющих личность, свидетельстве о рождении, произведенным на территории Республики Казахстан после 2008 года, содержащиеся в государственных информационных системах, предоставляются </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      При приеме документов через Государственную корпорацию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме соответствующих документов при предъявлении документа, удостоверяющего личность (либо его представителя по нотариально заверенной доверенности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает их </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для дальнейшего хранения. При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по истечении одного месяца по запросу Государственной корпорации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы мемлекеттік қызметті көрсету нәтижесін қағаз түрінде алуға жүгінген жағдайда мемлекеттік қызметті көрсету нәтижесі электрондық </w:t>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      10. В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 3 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>3. Порядок обжалования решений, действий (бездействия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) его должностных лиц, Государственной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>корпорации и (или) их работников по вопросам оказания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      11. В случае обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, адрес которого размещен на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Министерства: www.edu.gov.kz в разделе "Государственные услуги";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба подается с указанием фамилии, имени, отчества (при его наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, адреса, контактных телефонов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в журнале регистрации канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба на действия (бездействия) работников Государственной корпорации направляется к руководителю Государственной корпорации по адресам и телефонам, указанным на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Государственной корпорации: www.gov4c.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, Государственной корпорации, Министерства, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> может обратиться в уполномоченный орган по оценке и контролю за качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственной услуги, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Информация о порядке обжалования предоставляется посредством Единого контакт-центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      В жалобе физического лица указываются его фамилия, имя, отчество (при его наличии), почтовый адрес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      При обращении через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет возможность получить информацию о порядке обжалования по телефону Единого контакт-центра 1414, 8-800-080-7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 в редакции приказа Министра образования и науки РК от 25.01.2018 № 28 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      12. В случаях несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>4. Иные требования с учетом особенностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>оказания государственной услуги, в том числе оказываемой</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>через Государственную корпорацию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеющим нарушение здоровья со стойким расстройством функций организма, ограничивающее его жизнедеятельность, в случае необходимости прием документов, для оказания государственной услуги, производится работником Государственной корпорацией с выездом по месту жительства посредством обращения через Единый контакт-центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      14. Адреса мест оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      2) Государственной корпорации: www.gov4c.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 в редакции приказа Министра образования и науки РК от 25.01.2018 № 28 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      15. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      16. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, Единого контакт-центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 в редакции приказа Министра образования и науки РК от 25.01.2018 № 28 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      17. Контактные телефоны справочных служб размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> www.edu.gov.kz в разделе "Государственные услуги", Единого контакт-центра: 1414, 8-800-080-7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 в редакции приказа Министра образования и науки РК от 25.01.2018 № 28 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>"Выдача разрешения на обучение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>в форме экстерната в организациях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>основного среднего, общего</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>Выписка из приказа о разрешении на обучение в форме экстерната</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>в организациях основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Уникальный </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>түрде  сәйкес</w:t>
+        <w:t>номер:_</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> 1-қосымшаға ресімделеді, басып шығарылады, мөрмен расталады және көрсетілетін қызметті беруші уәкілетті тұлғаның қолы қойылады.</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">      1) көрсетілетін қызметті берушінің Қазақстан Республикасының еңбек заңнамасына </w:t>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Дата и время </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>сәйкес  -</w:t>
+        <w:t>получения:_</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> демалыс және мереке күндерін қоспағанда дүйсенбіден жұмаға дейін 13.00-ден 14.30-дейінгі түскі үзіліспен белгіленген жұмыс кестесіне сәйкес;</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">      1) осы мемлекеттік көрсетілетін қызмет </w:t>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      (Наименование местного исполнительного органа)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>ВЫПИСКА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      из приказа о разрешении на обучение в форме экстерната в</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      организациях основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Гражданин (-ка</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>стандартына  сәйкес</w:t>
+        <w:t>):_</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> нысан бойынша 2-қосымшаға экстернат нысанында оқыту туралы өтініш;</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">      2) денсаулығына байланысты білім беру ұйымдарына бара алмайтын білім алушылар үшін - " Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасының Денсаулық сақтау министрі міндетін атқарушының 2010 жылғы 23 қарашадағы № 907 бұйрығымен бекітілген (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 6697 болып тіркелген) 035-1/у нысанында дәрігерлік-консультативтік </w:t>
+        <w:t>___________________ (Ф. И. О. (при его</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, индивидуальный </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>иденцификационный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> номер)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Дата </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>комиссияның ;қорытындысы</w:t>
+        <w:t>обращения:_</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...10 lines deleted...]
-    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Выписка из приказа о разрешении на обучение в форме экстерната</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      в организациях основного среднего, общего среднего образования на</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      основании приказа №___________ от __________ _____ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Выписка удостоверена ЭЦП ответственного лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      (должность, Ф.И.О. (при его наличии) ответственного лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>"Выдача разрешения на обучение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>в форме экстерната в организациях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>основного среднего, общего</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Кому: Руководителю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Наименование местного</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      исполнительного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      От</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">  _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      полностью индивидуальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>иденцификационный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      5) көрсетілетін қызметті алушының туу туралы куәлігінің көшірмесі (2008 жылға дейін туған жағдайда) болған жағдайда жеке куәлік көшірмесі (телнұсқасы тұлғаны сәйкестендіру үшін қажет).</w:t>
-[...70 lines deleted...]
-    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+        <w:t xml:space="preserve">      Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>на обучение в форме экстерната</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Прошу выдать разрешение</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> на обучение в форме экстерната</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      в _____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      (указать наимен</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ование организации образования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      в соответствии с подпунктом 24-4) пунк</w:t>
+      </w:r>
+      <w:r>
+        <w:t>та 2 статьи 6 (подпунктом 25-7)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      пункта 3 или подпунктом 21-3) пункта 4 статьи 6) Закона Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Казахстан от 27 июля 2007 года "Об образовании", а также с пунктом 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      статьи 20 Закона Республики Казахстан от 15 апреля 2013 года "О</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      государственных услугах" на ученика:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Ф. И. О. (при его наличии) ученика, дата рождения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      _______________ (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      "___" ________________20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>"Выдача разрешения на обучение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>в форме экстерната в организациях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>основного среднего, общего</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      (Ф. И. О. (при его наличии), либо</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      наименование организации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      (адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t>Расписка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      11. Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды тұлғаларының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымданған жағдайда шағым көрсетілетін қызметті беруші басшысының атына жазбаша түрде беріледі, олардың мекенжайлары</w:t>
-[...96 lines deleted...]
-      </w:r>
+        <w:t>об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Руководствуясь подпунктом 2 статьи 20 Закона Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Казахстан от 15 апреля 2013 года "О го</w:t>
+      </w:r>
+      <w:r>
+        <w:t>сударственных услугах", отдел №</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      ____ филиала Государственной корпора</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ции "Правительство для граждан"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      (указать адрес) отказывает </w:t>
+      </w:r>
+      <w:r>
+        <w:t>в приеме документов на оказание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      _____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      (указать наименование государственн</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ой услуги в соответствии со</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      стандартом государственной у</w:t>
+      </w:r>
+      <w:r>
+        <w:t>слуги) ввиду представления Вами</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      неполного пакета документов сог</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ласно перечню, предусмотренному</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      стандартом го</w:t>
+      </w:r>
+      <w:r>
+        <w:t>сударственной услуги, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Наименование отсутствующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      1) ________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      2) ________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      3) …</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Настоящая расписка составлена в 2-х экземплярах по одному для</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      каждой стороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Ф. И. О. (при его наличии) работника Государственной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      корпорации)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      (подпись) Исполнитель: Ф. И. О. (при наличии отчества)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>800 080 7777 нөмірлеріне жүгінгенде, Мемлекеттік корпорацияның қызметкері мемлекеттік қызметті көрсету үшін құжат қабылдауды олардың тұрғылықты жерінде жүргізеді.</w:t>
-[...419 lines deleted...]
-    <w:sectPr w:rsidR="00DD2EC5">
+        <w:t xml:space="preserve">      __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Телефон______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:r>
+        <w:t xml:space="preserve">      Получил: Ф.И.О. (при его наличии) / подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598"/>
+    <w:p w:rsidR="004E16FA" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      "___" ______________________ 20___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="004E16FA">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A528AB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F06B1C"/>
+    <w:rsidRoot w:val="00095A90"/>
+    <w:rsid w:val="00095A90"/>
+    <w:rsid w:val="004E16FA"/>
+    <w:rsid w:val="00DC0598"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{89C36075-4E6E-4F95-A8B9-6D0C7890D537}"/>
+  <w15:docId w15:val="{95ADA6CC-648E-4847-8973-8FD20710A823}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1343,50 +2127,65 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="2013877202">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -1619,54 +2418,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2527</Words>
-  <Characters>14410</Characters>
+  <Words>2497</Words>
+  <Characters>14239</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>120</Lines>
+  <Lines>118</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16904</CharactersWithSpaces>
+  <CharactersWithSpaces>16703</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>