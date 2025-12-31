--- v0 (2025-12-07)
+++ v1 (2025-12-31)
@@ -1,743 +1,1167 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
       <w:pPr>
         <w:ind w:left="5664"/>
       </w:pPr>
       <w:r>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 13 сәуірдегі № 198 бұйрығына 14-қосымша</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00701239" w:rsidRPr="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+        <w:t>Приложение 14 к приказу Министра образования и науки Республики Казахстан от 13 апреля 2015 года № 198</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRPr="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00701239">
+      <w:r w:rsidRPr="004C309A">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>"Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+        <w:t>Стандарт государственной услуги "Прием документов и выдача направлений на предоставление отдыха детям в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">      Ескерту. Стандарт жаңа редакцияда – ҚР Білім және ғылым министрінің </w:t>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      Сноска. Приложение 14 в редакции приказа Министра образования и науки РК от 25.12.2017 </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>25.12.2017  (</w:t>
+        <w:t>№  (</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> № 650 алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...77 lines deleted...]
-    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+        <w:t>вводится в действие по истечении десяти календарных дней после дня его первого 650 официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      1. Государственная услуга "Прием документов и выдача направлений на предоставление отдыха детям в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается организациями образования, местными исполнительными органами городов Астаны и Алматы, районов и городов, (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      1) канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t>Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      1) с момента сдачи документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, в Государственную корпорацию – 5 (пять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      При обращении в Государственную корпорацию день приема не входит в срок оказания государственной услуги. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> обеспечивает доставку результата государственной услуги в </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t>Государственную корпорацию, не позднее чем за сутки до истечения срока оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      2) максимально допустимое время ожидания для сдачи документов у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или Государственной корпорации – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      3) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 30 минут, в Государственной корпорации – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      5. Форма оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      6. Результат оказания государственной услуги – направление (путевка) в загородные и пришкольные лагеря либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 настоящего стандарта государственной </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>услуги .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Мемлекеттік қызмет көрсетудің нәтижесін беру нысаны - қағаз түрінде.</w:t>
-[...44 lines deleted...]
-        <w:t xml:space="preserve">      1) осы мемлекеттік көрсетілетін қызмет </w:t>
+        <w:t xml:space="preserve">      Форма предоставления результата оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается физическим лицам (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      2) Государственной корпорации: с понедельника по субботу включительно в соответствии с установленным графиком работы с 9.00 до 20.00 часов без перерыва на обед, за исключением воскресенья и праздничных дней, согласно трудовому законодательству.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      Прием осуществляется в порядке "электронной" очереди, по месту регистрации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, без ускоренного обслуживания, возможно "бронирование" электронной очереди посредством портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по форме согласно приложению 1 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">            2) копия документа, удостоверяющего личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      3) копия свидетельства о рождении ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      4) медицинская справка на школьника, отъезжающего в оздоровительный лагерь в соответствии с формой № 079/у, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>стандартына  сәйкес</w:t>
+        <w:t>утвержденной  исполняющего</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> нысан бойынша 1-қосымшаға өтініш;</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">      4) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2010 жылғы 23 қарашадағы № </w:t>
+        <w:t xml:space="preserve"> обязанности Министра здравоохранения приказом Республики Казахстан "Об утверждении форм первичной медицинской документации организаций здравоохранения" от 23 ноября 2010 года № 907 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан за № 6697);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      5) копия документа, подтверждающего статус:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка, подтверждающая принадлежность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, предоставляемой местными исполнительными органами, для категории, имеющей право на получение государственной адресной социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (семьи) (заработная плата, доходы от предпринимательской и других видов деятельности родителей или лиц их заменяющих, доходы в виде алиментов на детей и других иждивенцев) из семей, не получающих государственную адресную социальную помощь, в которых </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сренедушевой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> доход ниже величины прожиточного минимума);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      для детей – сирот и детей, оставшихся без попечения родителей, проживающим в семьях - решение уполномоченного органа об утверждении опеки (попечительства), договор о передаче на патронатное воспитание, в приемную семью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций - документ, подтверждающий необходимость экстренной помощи в результате чрезвычайной ситуации, предоставляемая местными исполнительными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      для иных категорий обучающихся и воспитанников, определяемых коллегиальным органом организации образования (в том числе, для детей – инвалидов, с ограниченными возможностями в развитии, детей из экологически неблагоприятных районов) - решение коллегиального органа организации образования о выдаче бесплатных направлений на предоставление отдыха загородные и пришкольные лагеря на основании обследования материально-бытового положения семьи, а также других необходимых документов для принятия решения об оказании финансовой и материальной помощи ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по форме согласно приложению 1 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">            2) документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      3) копия свидетельства о рождении ребенка (в случае рождения до 13 августа 2007 года либо за пределами Республики Казахстан);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      4) медицинская справка на школьника, отъезжающего в оздоровительный лагерь в соответствии с формой № 079/у, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>907  (</w:t>
+        <w:t>утвержденной  исполняющего</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>Қазақстан Республикасы Нормативтік құқықтық актілерді мемлекеттік бұйрығымен тіркеу тізілімінде № 6697 тіркелген) бекітілген нысанға сәйкес сауықтыру лагерiне баратын мектеп оқушысына медициналық анықтама;</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">      жан басына шаққанда орташа табысы күн көріс деңгейінен төмен, мемлекеттік атаулы әлеуметтік көмек алмайтын отбасылардан шыққан балалар үшін - алған табысы туралы құжаттар </w:t>
+        <w:t xml:space="preserve"> обязанности Министра здравоохранения приказом Республики Казахстан "Об утверждении форм первичной медицинской документации организаций здравоохранения" от 23 ноября 2010 года № 907 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан за № 6697);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      5) копия документа, подтверждающего статус:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка, подтверждающая принадлежность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, предоставляемой местными исполнительными органами, для категории, имеющей право на получение государственной адресной социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (семьи) (заработная плата, доходы от предпринимательской и других видов деятельности родителей или лиц их заменяющих, доходы в виде алиментов на детей и других иждивенцев) из семей, не получающих государственную адресную социальную помощь, в которых </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сренедушевой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> доход ниже величины прожиточного минимума);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      для детей – сирот и детей, оставшихся без попечения родителей, проживающим в семьях - решение уполномоченного органа об утверждении опеки (попечительства), договор о передаче на патронатное воспитание, в приемную семью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций - документ, подтверждающий необходимость экстренной помощи в результате чрезвычайной ситуации. предоставляемая местными исполнительными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      для иных категорий обучающихся и воспитанников, определяемых коллегиальным органом организации образования (в том числе, для детей – инвалидов, с ограниченными возможностями в развитии, детей из экологически неблагоприятных районов) - решение коллегиального органа организации образования о выдаче бесплатных направлений на предоставление отдыха загородные и пришкольные лагеря на основании обследования материально-бытового положения семьи, а также других необходимых документов для принятия решения об оказании финансовой и материальной помощи .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      Сведения о документах, удостоверяющих личность, свидетельстве о рождении ребенка (в случае рождения ребенка после 13 августа 2007 года), свидетельстве о заключении брака работник Государственной корпорации и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или Работник Государственной корпорации получает согласие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      При приеме документов через Государственную корпорацию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме документов при предъявлении удостоверения личности (либо его представителя по нотариально заверенной доверенности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает его </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для дальнейшего хранения. При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по истечении одного месяца по запросу Государственной корпорации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      10. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      1) установление недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      2) несоответствие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным  Правительства Республики Казахстан от 25 января 2008 года № 64 "Об утверждении постановлением Правил формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям - сиротам, детям, оставшимся без попечения родителей, </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      3) в отношении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеется вступившее в законную силу решение суда, на основании которого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> лишен специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      В случае представления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> неполного пакета документов, согласно перечню, предусмотренному пунктом 9 настоящего стандарта государственной услуги, работник Государственной корпорации отказывает в приеме заявления и выдает расписку по форме согласно приложению 2 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">Глава 3. Порядок обжалования решений, действий (бездействия) местных исполнительных органов областей, города республиканского значения, столицы, районов, городов областного значения, а также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      11. Обжалование решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по адресам, указанным в пункте 14 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба подается в письменной форме по почте либо нарочно через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба на действия (бездействия) работника Государственной корпорации направляется к руководителю Государственной корпорации по адресам и телефонам, указанным в пункте 14 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      Подтверждением принятия жалобы в Государственной корпорации, поступившей как нарочно, так и почтой, является ее регистрация (штамп, входящий </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>( жұмыс</w:t>
+        <w:t>номер</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> істейтін ата-аналардың немесе оларды алмастыратын адамдардың жалақылары туралы, кәсіпкерліктен және басқа да қызмет түрлерлерінен түсетін табыстары туралы, балаларға және басқа да асырандыларға төленетін алимент түріндегі табыстары туралы анықтама);</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">      отбасында тәрбиеленетін жетім балалар, ата-анасының қамқорлығынсыз қалған балалар үшін - қамқоршылықты (қорғаншылықты) бекіту туралы уәкілетті органның шешімі, жетім баланың </w:t>
+        <w:t xml:space="preserve"> и дата регистрации проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или Государственной корпорации, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услогополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по почте либо выдается нарочно в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или Государственной корпорации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      Информацию о порядке обжалования действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) его должностных лиц можно получить по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      12. В случаях несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t>Глава 4. Иные требования с учетом особенностей оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, имеющим установленным законодательством порядке полную или </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t xml:space="preserve">( </w:t>
-      </w:r>
+        <w:t>частичную утрату способности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или возможности осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться прием документов, для оказания государственной услуги, производиться работником Государственной корпорации с выездом по месту жительства посредством обращения через Единый контакт-центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      14. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Министерства www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Государственной корпорации: www.gov4c.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      15. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Министерства www.edu.gov.kz, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> www.bala-kkk.kz. Единый контакт-центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">Приложение 1 к стандарту государственной услуги "Прием документов и выдача направлений на предоставление отдыха детям в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования" Форма                                    Руководителю местного исполнительного                                          органа областей, городов Астаны и                                    Алматы, районов и городов областного значения                                    _________________ __________________________                                    _________________ __________________________                                          ( наименование органа образования)                                          (________ района, _______ области)                                    _________________ ___________________________                                                (Ф.И.О . (при его </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">наличии)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">                                                   руководителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">                                                       от гражданина (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">                                 _________________ ___________________________                                                (Ф.И.О . (при его наличии) и                                          индивидуальный идентификационный                                                      номер заявителя)                                                проживающего(-ей) по адресу:                                    _________________ ___________________________                                                ( наименование населенного                                                 пункта, адрес места                                                проживания, телефон)                                    Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">            Прошу Вас включить моего несовершеннолетнего ребенка ________________________________________________________________________________ (Ф.И.О. (при его наличии) и индивидуальный идентификационный номер, дата рождения),                   обучающегося в (указать № школы, № и литер класса) ________________________________________________________________________________ в список обучающихся и воспитанников, обеспечивающихся путевкой в загородные и пришкольные лагеря.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">            Согласен(а) на использования сведений, составляющих </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>охраняемую  РК</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Законом "О персональных данных и их защите" тайну, содержащихся в информационных системах. "___"__________20__года                               Подпись гражданина(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>балалардың</w:t>
+        <w:t>Приложение 2 к стандарту государственной услуги "Прием документов и выдача направлений на предоставление отдыха детям в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">                        Расписка об отказе в приеме документов      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Руководствуясь  статьи</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>) немесе ата-анасының қамқорлығынсыз қалған баланың (балалардың) патронаттық тәрбиеге , қабылдаушы отбасына берілгені туралы шарт;</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">      1) осы мемлекеттік көрсетілетін қызмет </w:t>
+        <w:t xml:space="preserve"> 20 Закона Республики Казахстан от 15 апреля 2013 пунктом 2 года "О государственных услугах", отдел №__ филиала Некоммерческого акционерного общества "Государственная корпорация "Правительства для граждан" (указать адрес) отказывает в приеме документов на оказание государственной услуги ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve">      ввиду представления Вами неполного пакета документов согласно перечню, предусмотренному стандартом государственной услуги, а </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>стандартына  сәйкес</w:t>
+        <w:t xml:space="preserve">именно:   </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> нысан бойынша 1–қосымшаға өтініш;</w:t>
-[...356 lines deleted...]
-    <w:sectPr w:rsidR="00072560">
+        <w:t xml:space="preserve">   Наименование отсутствующих документов:      1) ________________________________________;      2) ________________________________________;      3) ….       Настоящая расписка составлена в двух экземплярах, по одному для каждой стороны.       ____________________________________       ________________________       Фамилия, имя, отчество (при его наличии)             (подпись) работника Государственной корпорации      Исполнитель: ____________________________________      Фамилия, имя, отчество (при его наличии)       Телефон: __________________________________       Получил: __________________________________       Фамилия, имя, отчество (при его наличии)       подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">                               "___" _________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00515AFE" w:rsidRDefault="00515AFE"/>
+    <w:sectPr w:rsidR="00515AFE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003E5541"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00701239"/>
+    <w:rsidRoot w:val="00284DCB"/>
+    <w:rsid w:val="00284DCB"/>
+    <w:rsid w:val="004C309A"/>
+    <w:rsid w:val="00515AFE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{2D7439A4-625B-4FC0-B5BA-8481579ACB42}"/>
+  <w15:docId w15:val="{9B8FEC53-CF8A-4853-A635-12134B1DC383}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1399,54 +1823,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2950</Words>
-  <Characters>16818</Characters>
+  <Words>2987</Words>
+  <Characters>17031</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>140</Lines>
+  <Lines>141</Lines>
   <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19729</CharactersWithSpaces>
+  <CharactersWithSpaces>19979</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>