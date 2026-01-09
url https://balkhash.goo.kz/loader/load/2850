--- v0 (2025-12-31)
+++ v1 (2026-01-09)
@@ -1,819 +1,1046 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="003C0439" w:rsidRDefault="003C0439" w:rsidP="003C0439">
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
       <w:pPr>
-        <w:ind w:left="5664"/>
+        <w:ind w:left="6372"/>
       </w:pPr>
       <w:r>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 13 cәуірдегі № 198 бұйрығына 1-қосымша</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003C0439" w:rsidRPr="003C0439" w:rsidRDefault="003C0439" w:rsidP="003C0439">
+        <w:t>Приложение 1 к приказу Министра образования и науки Республики Казахстан от 13 апреля 2015 года № 198</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRPr="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C0439">
+      <w:r w:rsidRPr="00FE2948">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>"Қорғаншылық және қамқоршылық жөнінде анықтамалар беру" мемлекеттік көрсетілетін қызмет стандарты</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">      Ескерту. Стандарт жаңа редакцияда – ҚР Білім және ғылым министрінің </w:t>
+        <w:t>Стандарт государственной услуги "Выдача справок по опеке и попечительству"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      Сноска. Приложение 1 в редакции приказа Министра образования и науки РК от 25.12.2017 </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>25.12.2017  (</w:t>
+        <w:t>№  (</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> № 650 алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">      1) "Азаматтарға арналған үкімет" мемлекеттік корпорацияның коммерциялық емес қоғамы </w:t>
+        <w:t>вводится в действие по истечении десяти календарных дней после дня его первого 650 официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      1. Государственная услуга "Выдача справок по опеке и попечительству" (далее – </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r>
+        <w:t>государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается местными исполнительными органами городов Астаны и Алматы, районов и городов областного значения (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      1) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      2) веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t>Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      1) с момента сдачи документов в Государственную корпорацию, а также при обращении на портал – 5 (пять) минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      2) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>( бұдан</w:t>
+        <w:t>В</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> әрі – Мемлекеттік корпорация);</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">      2) Жетім балаға (жетім балаларға) және ата-анасының қамқорлығынсыз қалған балаға </w:t>
+        <w:t xml:space="preserve"> случае отсутствия данных об установлении опеки или попечительства над ребенком-сиротой (детьми-сиротами), ребенком (детьми), оставшимся без попечения родителей, в информационных системах срок оказания государственной услуги – 3 рабочих дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      При обращении в Государственную корпорацию день приема не входит в срок оказания государственной услуги. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> обеспечивает доставку результата государственной услуги в Государственную корпорацию, не позднее чем за сутки до истечения срока оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      3) максимально допустимое время ожидания для сдачи документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в Государственную корпорацию – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      4) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в Государственной корпорации – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      5. Форма оказания государственной услуги – электронная (полностью автоматизированная) и </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>( балаларға</w:t>
+        <w:t>( или</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>) қамқоршылық немесе қорғаншылық белгілеу жөніндегі деректер ақпараттық жүйесінде болмаған жағдайда мемлекеттік қызмет көрсету мерзімі – 3 жұмыс күні.</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">      5. Мемлекеттік қызмет көрсету нысаны – электрондық (ішінара автоматтандырылған) және </w:t>
+        <w:t>) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      6. Результат оказания государственной услуги – справка об опеке и попечительстве по форме согласно приложению 1 к настоящему стандарту государственной услуги либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным в пункте 11 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Форма предоставления результата оказания государственной услуги – электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      В случае обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> за результатом оказания государственной услуги на бумажном носителе результат оказания государственной услуги оформляется в электронной форме, распечатывается, заверяется печатью и подписью уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      На портале результат оказания государственной услуги направляется в "личный кабинет" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в форме электронного документа, подписанного электронной цифровой подписью </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>( немесе</w:t>
+        <w:t>( далее</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>) қағаз жүзінде.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003C0439" w:rsidRDefault="003C0439" w:rsidP="003C0439">
+        <w:t xml:space="preserve"> – ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается бесплатно физическим лицам (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      1) Государственной корпорации: с понедельника по субботу включительно в соответствии с установленным графиком работы с 9.00 до 20.00 часов без перерыва на обед, за исключением воскресенья и праздничных дней, согласно трудовому законодательству.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      Прием осуществляется в порядке "электронной" очереди, по выбору </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, без ускоренного обслуживания, возможно "бронирование" электронной очереди посредством портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление по форме согласно приложению 2 к настоящему стандарту государственной </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>услуги ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      2) документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      3) свидетельство о рождении ребенка, в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      на портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление в форме электронного документа, подписанное ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или удостоверенное одноразовым паролем, в случае регистрации и подключения абонентского номера </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, предоставленного оператором сотовой связи, к учетной записи портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      На портале прием электронного запроса осуществляется в "личном кабинете" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      Сведения о документах, удостоверяющих личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, рождение ребенка (в случае рождения ребенка после 13 августа 2007 года) работник Государственной корпорации </w:t>
+      </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      6. Мемлекеттік көрсетілетін қызмет көрсетудің нәтижесі – осы мемлекеттік көрсетілетін қызмет </w:t>
+        <w:t>получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      Работник Государственной корпорации получает согласие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      При приеме документов через Государственную корпорацию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      В Государственную корпорацию выдача готовых документов осуществляется на основании расписки о приеме документов при предъявлении удостоверения личности (либо его представителя по нотариально заверенной доверенности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает его </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для дальнейшего хранения. При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по истечении одного месяца по запросу Государственной корпорации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      10. В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 3 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      11. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      1) установление недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      2) несоответствие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>стандартына  сәйкес</w:t>
+        <w:t>установленным  Правительства</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> нысан бойынша қамқоршылық және қорғаншылық белгілеу 1-қосымшаға туралы анықтама не осы мемлекеттік қызмет стандартының 11-тармағында көрсетілген негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
-[...54 lines deleted...]
-        <w:t xml:space="preserve">      1) осы мемлекеттік көрсетілетін қызмет </w:t>
+        <w:t xml:space="preserve"> Республики Казахстан от 30 марта 2012 года № 382 "Об утверждении постановлением Правил осуществления функций государства по опеке и попечительству";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      3) в отношении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеется вступившее в законную силу решение суда, на основании которого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> лишен специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">Глава 3. Порядок обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) его должностных лиц, Государственной корпорации населения и (или) их работников по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      12. Обжалование решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по адресам, указанным в пункте 15 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба подается в письменной форме по почте либо нарочно через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, а также посредством портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба на действия (бездействие) работника Государственной корпорации направляется руководителю Государственной корпорации по адресам и телефонам, указанным в пункте 15 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      Подтверждением принятия жалобы в Государственную корпорацию, поступившей как нарочно, так и почтой, является ее регистрация (штамп, входящий </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>стандартына  сәйкес</w:t>
+        <w:t>номер</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> нысан бойынша 2-қосымшаға өтініш;</w:t>
-[...24 lines deleted...]
-    <w:p w:rsidR="003C0439" w:rsidRDefault="003C0439" w:rsidP="003C0439">
+        <w:t xml:space="preserve"> и дата регистрации проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      При обращении через портал информацию о порядке обжалования можно получить по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или Государственной корпорации, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">результатах рассмотрения жалобы направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услогополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по почте либо выдается нарочно в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или Государственной корпорации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      13. В случаях несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t>Глава 4. Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, имеющим установленным законодательством порядке полную или </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>частичную утрату способности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или возможности осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться прием документов, для оказания государственной услуги, производиться работником Государственной корпорации с выездом по месту жительства посредством обращения через Единый контакт-центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      15. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      1) интернет - ресурсе Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">            2) интернет - ресурсе Государственной корпорации: www.gov4c.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      3) портале: www.egov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      16. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Порталда электрондық сұранысты қабылдау көрсетілетін қызметті алушының "жеке кабинетінде" жүзеге асырылады.</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">      10. Көрсетілетін қызметті алушы осы мемлекеттік көрсетілетін қызмет стандартының 9тармағына сәйкес құжаттар топтамасын толық ұсынбаған жағдайда Мемлекеттік корпорацияның қызметкері өтінішті қабылдаудан бас тартады және осы мемлекеттік көрсетілетін қызмет </w:t>
+        <w:t xml:space="preserve">      17. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">      18. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Министерства www.edu.gov.kz, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> www.bala-kkk.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t>Приложение 1 к стандарту государственной услуги "Выдача справок по опеке и попечительству" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">                              Справка об опеке и попечительстве      Настоящая справка об опеке и попечительству выдана гражданину(ке)__________________________________________________________________,                              (Ф.И.О. (при его наличии) проживающему (ей) по адресу _____________________________________________________, в том, что он (она) согласно постановлению </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (город, район)___________________№ _________             от "_____"________20__ года             действительно назначен (а) опекуном (попечителем)                         (нужное подчеркнуть) над ребенком______________________ "____"__________ года рождения             (Ф.И.О.(при его наличии) и над его (ее) имуществом по адресу:________________________________________________ Мать несовершеннолетнего: _______________________________________________________ ________________________________________________________________________________                        (ФИО (при его наличии), причина отсутствия) Отец несовершеннолетнего:________________________________________________________ ________________________________________________________________________________                                    (ФИО (при его наличии), причина отсутствия)       На опекуна (попечителя) возлагается обязанность воспитания, обучения, подготовки к общественно-полезной деятельности подопечного, защищать и охранять его личные имущественные права, являться его представителем на суде и во всех государственных учреждениях без специального подтверждения полномочий.       Руководитель местного исполнительного органа городов Астаны и Алматы, районов городов областного значения ___________________ ____________________Ф.И.О. (при его </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>стандартына  сәйкес</w:t>
+        <w:t xml:space="preserve">наличии)   </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> нысан бойынша қолхат береді. 3-қосымшаға</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">      2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің "Мемлекеттің қорғаншылық және қамқоршылық жөніндегі функцияларын жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2012 жылғы 30 наурыздағы № </w:t>
+        <w:t xml:space="preserve">   (подпись)             Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t>Приложение 2 к стандарту государственной услуги "Выдача справок по опеке и попечительству" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">                                                            Местные исполнительные                                                             органы городов                                                      Астаны и Алматы, районов и                                                              городов                                                       областного значения                                                      от опекуна (попечителя)                                                       _______________________                                                      (Ф.И.О.(при его наличии) и                                                            индивидуальный                                                      идентификационный номер)                                                      проживающего по адресу:                                                      ________________________                                                      тел._______________________                                    Заявление      Прошу Вас выдать справку об опеке и попечительству над несовершеннолетним(и) ребенком (детьми), проживающим(и) по адресу: ________________________________________________________________________________      Дети:      1.____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>382  белгіленген</w:t>
+        <w:t>2._</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> Қаулысында талаптарға сәйкес келмеуі;</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">      12. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және </w:t>
+        <w:t xml:space="preserve">___________________________________________________________ (указать Ф.И.О. (при его наличии) и индивидуальный идентификационный номер детей.       Согласен(а) на использования сведений, составляющих </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>( немесе</w:t>
+        <w:t>охраняемую  "</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve">) оның лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану: </w:t>
-[...112 lines deleted...]
-    <w:p w:rsidR="003C0439" w:rsidRDefault="003C0439" w:rsidP="003C0439">
+        <w:t>О персональных Законом РК данных и их защите" тайну, содержащихся в информационных системах. "___" _______20__года ________________________________                        подпись опекуна (попечителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C0439" w:rsidRDefault="003C0439" w:rsidP="003C0439">
-[...253 lines deleted...]
-    <w:sectPr w:rsidR="00CC267C">
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t>Приложение 3 к стандарту государственной услуги "Выдача справок по опеке и попечительству" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE2948" w:rsidRDefault="00FE2948" w:rsidP="00FE2948">
+      <w:r>
+        <w:t xml:space="preserve">                                                      __________________________                                                      (Ф.И.О. (при его наличии),                                                либо наименование организации                                                      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">)                                                _____________________________                                           (адрес проживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">)                                    Расписка                         об отказе в приеме документов      Руководствуясь  статьи 20 Закона Республики Казахстан от 15 апреля 2013 пунктом 2 года "О государственных услугах", отдел № __ филиала некоммерческого акционерного общества "Государственная корпорация "Правительство для граждан"___________________                                                                  (указать адрес) отказывает в приеме документов на оказание государственной услуги ________________________________________________________________________________                        (наименование государственной услуги) ввиду представления Вами неполного пакета документов согласно перечню, предусмотренному стандартом государственной услуги, а именно:      Наименование отсутствующих документов:      1) ________________________________________;      2) ________________________________________;      3) ________________________________________. Настоящая расписка составлена в 2 экземплярах, по одному для каждой стороны.      Ф.И.О.(при его наличии)      (работника Государственной корпорации) ____________________      (подпись)      Ф.И.О.(при его наличии) исполнителя ____________________      Телефон __________      Получил Ф.И.О.(при его наличии) __________________________      (подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)      "___" _________ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1022" w:rsidRDefault="002A1022"/>
+    <w:sectPr w:rsidR="002A1022">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AE2975"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00CC267C"/>
+    <w:rsidRoot w:val="00FC1E7D"/>
+    <w:rsid w:val="002A1022"/>
+    <w:rsid w:val="00FC1E7D"/>
+    <w:rsid w:val="00FE2948"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{5B111AE4-19CC-43C4-9946-9CBB26FCF337}"/>
+  <w15:docId w15:val="{6299983F-9172-49C4-AEAF-769F4A07D2E4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1475,54 +1702,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2488</Words>
-  <Characters>14187</Characters>
+  <Words>2570</Words>
+  <Characters>14653</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>118</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16642</CharactersWithSpaces>
+  <CharactersWithSpaces>17189</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>