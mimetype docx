--- v0 (2025-12-07)
+++ v1 (2025-12-07)
@@ -1,1747 +1,963 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
       <w:pPr>
-        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:ind w:left="4248"/>
       </w:pPr>
       <w:r>
-        <w:t>Приложение 2</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>2015 жылғы 8 сәуірдегі № 179 бұйрығына 2-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRPr="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
       <w:pPr>
-        <w:ind w:left="4248" w:firstLine="708"/>
-[...23 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00DC0598">
+      <w:r w:rsidRPr="00F06B1C">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Стандарт государственной услуги</w:t>
-[...41 lines deleted...]
-        <w:t>среднего образования"</w:t>
+        <w:t>"Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру" мемлекеттік көрсетілетін қызмет стандарты</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
-[...71 lines deleted...]
-    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Ескерту. Стандарт жаңа редакцияда - ҚР Білім және ғылым министрінің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>22.01.2016  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> № 68 01.03.2016 бастап күшіне енеді) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      1. "Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру" мемлекеттік көрсетілетін қызметі (бұдан әрі - мемлекеттік көрсетілетін қызмет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      2. Мемлекеттік көрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі - Министрлік) әзірлеген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      3. Мемлекеттік көрсетілетін қызмет Астана және Алматы қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдарымен (бұдан әрі - көрсетілетін қызметті беруші) жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      2) www.egov.kz "электрондық үкімет" веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t>2. Мемлекеттік қызметті көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      4. Мемлекеттік қызмет көрсету мерзімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      1) құжаттар топтамасын Мемлекеттік корпорацияға, сондай-ақ порталға тапсырған сәттен бастап 15 жұмыс күні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорацияға өтініш берген кезде қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      2) көрсетілетін қызметті берушіге көрсетілетін қызметті алушының құжаттар топтамасын тапсыруы үшін күтудің рұқсат етілген ең ұзақ уақыты - 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      3) көрсетілетін қызметті берушінің көрсетілетін қызметті алушыға қызмет көрсетуінің рұқсат етілген ең ұзақ уақыты - 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      4) көрсетілетін қызметті алушы экстернат нысанында оқытуға өтінішті ағымдағы оқу жылының 1 желтоқсанынан кешіктірмей береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      5. Мемлекеттік қызмет көрсету нысаны: электрондық (ішінара автоматтандырылған) және </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>) қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      6. Мемлекеттік қызмет көрсетудің нәтижесі осы мемлекеттік көрсетілетін қызмет стандартына (бұдан әрі – 1-қосымша) сәйкес нысан бойынша негізгі орта, жалпы орта білім беру 1-қосымшаға ұйымдарында экстернат нысанында оқытуға рұқсат беру туралы бұйрықтың көшірмесі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      При обращении в Государственную корпорацию день приема не входит в срок оказания государственной услуги.</w:t>
-[...225 lines deleted...]
-        <w:t xml:space="preserve"> или лиц, их заменяющих, в случае </w:t>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы мемлекеттік қызметті көрсету нәтижесін қағаз түрінде алуға жүгінген жағдайда мемлекеттік қызметті көрсету нәтижесі электрондық </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>выезда</w:t>
+        <w:t>түрде  сәйкес</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> обучающегося с родителями или лиц их заменяющих за рубеж;</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, подтверждающий его обучение за рубежом, в случае </w:t>
+        <w:t xml:space="preserve"> 1-қосымшаға ресімделеді, басып шығарылады, мөрмен расталады және көрсетілетін қызметті беруші уәкілетті тұлғаның қолы қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Порталға жүгінген кезде мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті беруші уәкілетті тұлғасының электронды цифрлы қолы (бұдан әрі - ЭЦҚ) қойылған электрондық құжат нысанында көрсетілетін қызметті алушыға жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны: электронды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      7. Мемлекеттік көрсетілетін қызмет жеке тұлғаларға (бұдан әрі - көрсетілетін қызметті алушы) тегін көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      8. Жұмыс кестесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті берушінің Қазақстан Республикасының еңбек заңнамасына </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>выезда</w:t>
+        <w:t>сәйкес  -</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> обучающегося за рубеж без сопровождения родителей или лиц их заменяющих;</w:t>
-[...61 lines deleted...]
-        <w:t xml:space="preserve"> или лиц, их заменяющих, в случае </w:t>
+        <w:t xml:space="preserve"> демалыс және мереке күндерін қоспағанда дүйсенбіден жұмаға дейін 13.00-ден 14.30-дейінгі түскі үзіліспен белгіленген жұмыс кестесіне сәйкес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      2) Мемлекеттік корпорацияның - Қазақстан Республикасының еңбек заңнамасына сәйкес жексенбі және мереке күндерін қоспағанда, дүйсенбі - сенбі аралығында белгіленген жұмыс кестесіне сәйкес түскі үзіліссіз сағат 9.00-ден сағат 20.00-ге дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік көрсетілетін қызмет көрсетілетін қызметті берушінің тұрғылықты жері бойынша, сонымен бірге портал арқылы электронды кезекті "брондау" арқылы жүргізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      3) порталдың - жөндеу жұмыстарының жүргізілуіне байланысты болған техникалық үзілістерді қоспағанда тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерінде жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күнінде жүзеге асырылады).";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      9. Көрсетілетін қызметті алушы (көрсетілетін қызметті алушы немесе растайтын құжаттарымен заңды өкіл) жүгінген кезде мемлекеттік қызмет көрсету үшін қажет құжаттардың тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорацияға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      1) осы мемлекеттік көрсетілетін қызмет </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>выезда</w:t>
+        <w:t>стандартына  сәйкес</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> обучающегося с родителями или лиц их заменяющих за рубеж;</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, подтверждающий его обучение за рубежом, в случае </w:t>
+        <w:t xml:space="preserve"> нысан бойынша 2-қосымшаға экстернат нысанында оқыту туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      2) денсаулығына байланысты білім беру ұйымдарына бара алмайтын білім алушылар үшін - " Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасының Денсаулық сақтау министрі міндетін атқарушының 2010 жылғы 23 қарашадағы № 907 бұйрығымен бекітілген (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 6697 болып тіркелген) 035-1/у нысанында дәрігерлік-консультативтік </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>выезда</w:t>
+        <w:t>комиссияның ;қорытындысы</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...72 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      3) білім алушы ата-анасымен немесе оларды алмастыратын адамдармен бірге шетелге көшкен жағдайда көрсетілетін қызметті алушының ата-анасының немесе оларды алмастыратын адамдардың уақытша шетелде тұруы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      4) білім алушы шетелге ата-анасының немесе оларды алмастыратын адамдардың жетегінсіз шығатын болса, көрсетілетін қызметті алушының шетелде оқитындығын растайтын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>услугодатель</w:t>
-[...98 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">      5) көрсетілетін қызметті алушының туу туралы куәлігінің көшірмесі (2008 жылға дейін туған жағдайда) болған жағдайда жеке куәлік көшірмесі (телнұсқасы тұлғаны сәйкестендіру үшін қажет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Порталға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      1) мемлекеттік көрсетілетін қызметті алушының ЭЦҚ-сы қойылған электрондық сұрату нысанындағы өтініші;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      2) денсаулығына байланысты білім беру ұйымдарына бара алмайтын білім алушылар үшін - " Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасының Денсаулық сақтау министрі міндетін атқарушының 2010 жылғы 23 қарашадағы № 907 бұйрығымен бекітілген (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 6697 болып тіркелген) 035-1/у нысанында дәрігерлік-консультативтік комиссияның қорытындысының электронды көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      3) білім алушы ата-анасымен немесе оларды алмастыратын адамдармен бірге шетелге көшкен жағдайда көрсетілетін қызметті алушының ата-анасының немесе оларды алмастыратын адамдардың уақытша шетелде тұруы туралы анықтаманың электронды көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      4) білім алушы шетелге ата-анасының немесе оларды алмастыратын адамдардың жетегінсіз шығатын болса, көрсетілетін қызметті алушының шетелде оқитындығын растайтын құжаттың электронды көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      5) көрсетілетін қызметті алушының туу туралы куәлігінің (2008 жылға дейін туылған жағдайда) электронды көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілген қызметті берушінің қызметкері мемлекеттік ақпараттық жүйеде тұрған Қазақстан Республикасы аумағында 2008 жылдан кейін шығарылған жеке тұлғаны куәландыратын құжаттар, туу туралы куәлік туралы мәліметтерді тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Құжаттарды Мемлекеттік корпорация арқылы қабылдаған кезде көрсетілетін қызметті алушыға тиісті құжаттардың қабылданғандығы туралы қолхат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорацияда дайын құжаттарды беру тиісті құжаттардың қабылданғандығы туралы қолхаттың негізінде, жеке тұлғаны куәландыратын құжатты (немесе оның өкілінің нотариалды расталған сенімхатын) көрсеткен кезде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорация көрсетілетін қызмет нәтижесінің бір ай мерзім бойында сақталуын қамтамасыз етеді, одан кейін оларды көрсетілетін қызметті берушіге одан әрі сақтау үшін жібереді. Көрсетілетін қызметті алушы бір ай өткеннен кейін хабарласқан жағдайда Мемлекеттік корпорацияның сұранысы бойынша көрсетілетін қызметті беруші дайын құжаттарды көрсетілетін қызметті алушыға беру үшін бір жұмыс күнінің ішінде Мемлекеттік корпорацияға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      10. Осы мемлекеттік көрсетілетін қызмет стандартының 9-тармағына сәйкес көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған жағдайда, Мемлекеттік корпорация қызметкері өтінішті қабылдаудан бас тартады және осы мемлекеттік көрсетілетін қызмет стандартына 3 сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.қосымшаға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">3. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>) оның лауазымды адамдарының, Мемлекеттік корпорацияның және (немесе) олардың қызметкерлерінің шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      11. Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды тұлғаларының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымданған жағдайда шағым көрсетілетін қызметті беруші басшысының атына жазбаша түрде беріледі, олардың мекенжайлары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      1) Министрліктің www.edu.gov.kz интернет-ресурсының "Мемлекеттік көрсетілетін қызметтер" бөлімінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      2) көрсетілетін қызметті берушінің интернат-ресурстарында орналасқан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті берушінің тегін, атын, әкесінің атын (бар болған жағдайда) мекенжайын, байланыс телефондарын көрсете отырып, шағым беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Шағымды қабылдаған тұлғаның тегін және аты-жөнін, берілген шағымға алатын жауаптың мерзімі мен орнын көрсете отырып, көрсетілетін қызметті берушінің кеңсесінде оның тіркелуі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( мөртабан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, кіріс нөмірі және күні) шағымның қабылдануын растау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорация қызметкерінің әрекетіне (әрекетсіздігіне) шағым Мемлекеттік корпорацияның www.gov4c.kz. интернет-ресурсында көрсетілген мекенжайлар мен телефондар бойынша Мемлекеттік корпорацияның басшысына жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік қызмет көрсету мәселелері жөніндегі көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қаралуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік қызмет көрсету нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі органға жүгіне алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі органның мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Шағымдану тәртібі туралы ақпарат Бірыңғай байланыс орталығы арқылы ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Жеке тұлғаның шағымында оның тегі, аты, әкесінің аты (бар болға жағдайда), поштасының мекенжайы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы портал арқылы өтініш жасаған жағдайда Бірыңғай байланыс орталығының 1414 телефоны бойынша шағымдану тәртібі туралы ақпарат ала алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      "Жеке кабинеттен" көрсетілетін қызметті алушы портал арқылы шағымды жолдаған жағдайда көрсетілетін қызметті алушының шағымды өңдеу барысында жаңартылған ақпараты (жеткені, тіркелуі, орындалуы, қарау немесе қараудан бас тарту туралы жауап туралы белгілер) қолжетімді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 25.01.2018 № 28 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      12. Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t>4. Мемлекеттік қызмет көрсетудің, оның ішінде Мемлекеттік корпорация арқылы көрсетілетін қызметтердің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      13. Организм функцияларының тіршілік әрекетін шектейтін денсаулығы тұрақты бұзылған көрсетілетін қызметті алушылар қажет болған жағдайда Бірыңғай байланыс орталығының 1414, 8 </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>800 080 7777 нөмірлеріне жүгінгенде, Мемлекеттік корпорацияның қызметкері мемлекеттік қызметті көрсету үшін құжат қабылдауды олардың тұрғылықты жерінде жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      14. Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті берушінің;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      2) Мемлекеттік корпорацияның www.gov4с.kz интернет-ресурсында орналастырылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 25.01.2018 № 28 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      15. Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электронды нысанда алуға мүмкіндігі бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      16. Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде көрсетілетін қызметті алушының анықтамалық қызметі, Бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 25.01.2018 № 28 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      17. Анықтама қызметтерінің байланыс телефондары Министрліктің www.edu.gov.kz интернет-ресурсының "Мемлекеттік көрсетілетін қызмет" бөлімінде орналастырылған. Бірыңғай байланыс орталығы: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 25.01.2018 № 28 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...225 lines deleted...]
-    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t>"Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру" мемлекеттік көрсетілетін қызмет стандартына 1-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t>Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру туралы бұйрықтан үзінді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Дербес нөмір: _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Алған уақыты мен күні: ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      (жергілікті атқарушы органның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      оқытуға рұқсат беру туралы бұйрықтан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t>ҮЗІНДІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Азамат (-ша): _____________________________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>_(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>көрсетілетін қызметті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      алушының Т.А.Ә. (бар болса), жеке сәйкестендіру нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      2) Государственной корпорации: www.gov4c.kz.</w:t>
-[...68 lines deleted...]
-    <w:p w:rsidR="00DC0598" w:rsidRDefault="00DC0598" w:rsidP="00DC0598">
+        <w:t xml:space="preserve">      Өтініш берген күні: _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      _______ жылғы __ _______ бұйрықтың негізінде негізгі орта,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      беру туралы бұйрықтың үзіндісі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Үзінді жауапты тұлғаның ЭЦҚ-сымен куәландырылды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      (жауапты тұлғаның </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Т.А.Ә.(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>бар болса), лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...47 lines deleted...]
-        <w:t xml:space="preserve">      Уникальный </w:t>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t>"Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру" мемлекеттік көрсетілетін қызмет стандартына 2-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Кімге: ______________________ басшысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Жергілікті атқарушы органның атауы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Кімнен: ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      ________________________/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Т.А.Ә. (бар болса) және</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      толық жеке сәйкестендіру нөмірі/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t>Экстернат нысанында оқытуға рұқсат беруге өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 6-бабының 2-тармағы </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>номер:_</w:t>
+        <w:t>( ,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>__________</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Дата и время </w:t>
+        <w:t xml:space="preserve"> ,  немесе 6-бап, , 24-4) тармақшасына 6-бап 3-тармақ 25-7) тармақшасына 4-тармақ 21-3) ), сондай-ақ "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі тармақшасына Қазақстан Республикасы Заңының  2-тармағына сәйкес білім беру ұйымдарында экстернат 20-бабының нысанында оқытуға рұқсат беруді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      "_____" ____________ 20___ ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t>"Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру" мемлекеттік көрсетілетін қызмет стандартына 3-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      (Т.А.Ә. (бар болса), не көрсетілетін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      қызметті алушы ұйымының атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      (көрсетілетін қызметті алушының мекенжайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t>Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>получения:_</w:t>
+        <w:t>Заңының  2</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>__________</w:t>
-[...32 lines deleted...]
-        <w:t xml:space="preserve">      Гражданин (-ка</w:t>
+        <w:t>) тармақшасын басшылыққа ала отырып, "Азаматтарға арналған 20-бабының үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы филиалының № ___ бөлімі (мекенжайын көрсету) Сіздің мемлекеттік көрсетілетін қызмет стандартында қарастырылған тізбеге сәйкес толық емес құжаттар топтамасын ұсынуыңызға, атап айтқанда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      (жоқ құжаттардың атауы):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      1)_________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      2)_________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      3)........</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      жоқтығына байланысты мемлекеттік көрсетілетін қызмет (мемлекеттік көрсетілетін қызмет стандартына сәйкес мемлекеттік көрсетілетін қызмет атауын көрсету) үшін құжаттар қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Осы қолхат әр тарапқа біреуден екі данада жасалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Т.А.Ә. (бар болса) (Мемлекеттік корпорация қызметкері)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      (қолы) Орындаушы: Т.А.Ә. (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      Қабылдады: Т.А.Ә. (бар болc</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>):_</w:t>
+        <w:t>а)/</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>___________________ (Ф. И. О. (при его</w:t>
-[...514 lines deleted...]
-    <w:sectPr w:rsidR="004E16FA">
+        <w:t>көрсетілетін қызметті алушының қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F06B1C" w:rsidRDefault="00F06B1C" w:rsidP="00F06B1C">
+      <w:r>
+        <w:t xml:space="preserve">      "____" _____________ 20__ жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD2EC5" w:rsidRDefault="00DD2EC5"/>
+    <w:sectPr w:rsidR="00DD2EC5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00095A90"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DC0598"/>
+    <w:rsidRoot w:val="00A528AB"/>
+    <w:rsid w:val="00A528AB"/>
+    <w:rsid w:val="00DD2EC5"/>
+    <w:rsid w:val="00F06B1C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{95ADA6CC-648E-4847-8973-8FD20710A823}"/>
+  <w15:docId w15:val="{89C36075-4E6E-4F95-A8B9-6D0C7890D537}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2127,65 +1343,50 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -2418,54 +1619,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2497</Words>
-  <Characters>14239</Characters>
+  <Words>2527</Words>
+  <Characters>14410</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>118</Lines>
+  <Lines>120</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16703</CharactersWithSpaces>
+  <CharactersWithSpaces>16904</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>