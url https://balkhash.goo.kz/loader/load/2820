--- v0 (2025-12-07)
+++ v1 (2025-12-08)
@@ -1,1167 +1,743 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
       <w:pPr>
         <w:ind w:left="5664"/>
       </w:pPr>
       <w:r>
-        <w:t>Приложение 14 к приказу Министра образования и науки Республики Казахстан от 13 апреля 2015 года № 198</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004C309A" w:rsidRPr="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 13 сәуірдегі № 198 бұйрығына 14-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRPr="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="004C309A">
+      <w:r w:rsidRPr="00701239">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Стандарт государственной услуги "Прием документов и выдача направлений на предоставление отдыха детям в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования"</w:t>
+        <w:t>"Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік көрсетілетін қызмет стандарты</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">      Сноска. Приложение 14 в редакции приказа Министра образования и науки РК от 25.12.2017 </w:t>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Ескерту. Стандарт жаңа редакцияда – ҚР Білім және ғылым министрінің </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>№  (</w:t>
+        <w:t>25.12.2017  (</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>вводится в действие по истечении десяти календарных дней после дня его первого 650 официального опубликования).</w:t>
-[...135 lines deleted...]
-        <w:t xml:space="preserve">      6. Результат оказания государственной услуги – направление (путевка) в загородные и пришкольные лагеря либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 настоящего стандарта государственной </w:t>
+        <w:t xml:space="preserve"> № 650 алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t>1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      1. "Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік көрсетілетін қызметі (бұдан әрі – мемлекеттік көрсетілетін қызмет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      2. Мемлекеттік көрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      3. Мемлекеттік көрсетілетін қызметті білім беру ұйымдары, Астана және Алматы қалаларының, аудандардың және қалалардың жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      2) "Азаматтарға арналған үкімет" мемлекеттік корпорацияның коммерциялық емес акционерлық қоғамы (бұдан әрі – Мемлекеттік корпорация) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t>2-тарау. Мемлекеттік қызметті көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      4. Мемлекеттік қызметті көрсету мерзімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті берушіге және Мемлекеттік корпорацияға құжаттар топтамасын тапсырған сәттен бастап: жолдама беру бойынша – 5 (бес) жұмыс күні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорацияға жүгінген кезде қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді. Көрсетілетін қызметті беруші мемлекеттік қызмет көрсету мерзімі өткенге дейін бір тәуліктен кешіктірмей көрсетілетін мемлекеттік қызметтердің нәтижесін Мемлекеттік корпорацияға жеткізуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      2) көрсетілетін қызметті берушіде немесе Мемлекеттік корпорацияда көрсетілетін қызметті алушының құжаттарды тапсыруы үшін күтудің рұқсат берілетін ең ұзақ уақыты – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      3) көрсетілетін қызметті берушінің көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат берілетін ең ұзақ уақыты – 30 минут, Мемлекеттік корпорацияда – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      5. Мемлекеттік қызмет көрсету нысаны – қағаз жүзінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      6. Мемлекеттік қызмет көрсетудің нәтижесі - қала сыртындағы және мектеп жанындағы лагерьлерге жолдама не осы мемлекеттік қызмет стандартының 10-тармағында көрсетілген негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Мемлекеттік қызмет көрсетудің нәтижесін беру нысаны - қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      7. Мемлекеттік қызмет жеке тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) тегін көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      8. Жұмыс кестесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті берушіде: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен дүйсенбіден бастап жұма аралығын қоса алғанда сағат 9.00-ден 18.30-ға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін жүзеге асырылады. Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      2) Мемлекеттік корпорацияда: еңбек заңнамасына сәйкес жексенбі күні және мереке күндерін қоспағанда, дүйсенбі мен сенбіні қоса алғанда белгіленген жұмыс кестесіне сәйкес сағат 9.00-ден 20.00-ге дейін, түскі үзіліссіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Қабылдау жеделдетіп қызмет көрсетусіз, көрсетілетін қызмет алушының тіркеу орны бойынша, "электронды" кезек күту тәртібімен жүзеге асырылады, портал арқылы электрондық кезекті " брондауға" болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      9. Көрсетілетін қызметті алушы жүгінген кезде мемлекеттік қызметті көрсету үшін қажетті құжаттардың тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      көрсетілетін қызметті берушіге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      1) осы мемлекеттік көрсетілетін қызмет </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>услуги .</w:t>
+        <w:t>стандартына  сәйкес</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+      <w:r>
+        <w:t xml:space="preserve"> нысан бойынша 1-қосымшаға өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      2) көрсетілетін қызметті алушының жеке басын куәландыратын құжаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      3) баланың туу туралы куәлігінің көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      4) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2010 жылғы 23 қарашадағы № </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>907  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>Қазақстан Республикасы Нормативтік құқықтық актілерді мемлекеттік бұйрығымен тіркеу тізілімінде № 6697 тіркелген) бекітілген нысанға сәйкес сауықтыру лагерiне баратын мектеп оқушысына медициналық анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      5) мәртебесін дәлелдейтін құжаттың көшірмесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан балалар үшін мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан көрсетілетін қызметті алушылар санаты үшін көрсетілетін қызметті алушының (отбасының) жергілікті атқарушы органдар ұсынатын мемлекеттік атаулы әлеуметтік көмекті тұтынушылар қатарына жататынын растайтын анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      жан басына шаққанда орташа табысы күн көріс деңгейінен төмен, мемлекеттік атаулы әлеуметтік көмек алмайтын отбасылардан шыққан балалар үшін - алған табысы туралы құжаттар </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> істейтін ата-аналардың немесе оларды алмастыратын адамдардың жалақылары туралы, кәсіпкерліктен және басқа да қызмет түрлерлерінен түсетін табыстары туралы, балаларға және басқа да асырандыларға төленетін алимент түріндегі табыстары туралы анықтама);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      отбасында тәрбиеленетін жетім балалар, ата-анасының қамқорлығынсыз қалған балалар үшін - қамқоршылықты (қорғаншылықты) бекіту туралы уәкілетті органның шешімі, жетім баланың </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Форма предоставления результата оказания государственной услуги – бумажная.</w:t>
-[...110 lines deleted...]
-        <w:t xml:space="preserve">      4) медицинская справка на школьника, отъезжающего в оздоровительный лагерь в соответствии с формой № 079/у, </w:t>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>) немесе ата-анасының қамқорлығынсыз қалған баланың (балалардың) патронаттық тәрбиеге , қабылдаушы отбасына берілгені туралы шарт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балалар үшін – төтенше жағдайлардың салдарынан шұғыл жәрдемнің қажеттілігін дәлелдейтін құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      білім беру ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де санаттарына жататын балалар үшін - отбасының материалдық-тұрмыстық ахуалын зерделеу, сондай-ақ қаржылай және материалдық көмек көрсету туралы шешім қабылдау үшін басқа да қажетті құжаттардың негізінде білім алушылар мен тәрбиеленушілердің өзге де санаттарына тегін және жеңілдікпен тамақтандыруды ұсыну туралы білім беру ұйымының алқалық органның шешімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорацияға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      1) осы мемлекеттік көрсетілетін қызмет </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>утвержденной  исполняющего</w:t>
+        <w:t>стандартына  сәйкес</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> обязанности Министра здравоохранения приказом Республики Казахстан "Об утверждении форм первичной медицинской документации организаций здравоохранения" от 23 ноября 2010 года № 907 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан за № 6697);</w:t>
-[...41 lines deleted...]
-    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+        <w:t xml:space="preserve"> нысан бойынша 1–қосымшаға өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      2) көрсетілетін қызметті алушының жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      3) бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан тыс жерде туылған жағдайда баланың туу туралы куәлігі (түпнұсқасы сәйкестендіру үшін талап етіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      4) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2010 жылғы 23 қарашадағы № </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>907  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>Қазақстан Республикасы Нормативтік құқықтық актілерді мемлекеттік бұйрығымен тіркеу тізілімінде № 6697 тіркелген) бекітілген нысанға сәйкес сауықтыру лагерiне баратын мектеп оқушысына медициналық анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      5) мәртебесін дәлелдейтін құжаттың көшірмесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан балаларға - мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан көрсетілетін қызметті алушылар санаты үшін көрсетілетін қызметті алушының (отбасының) жергілікті атқарушы органдар ұсынатын мемлекеттік атаулы әлеуметтік көмекті тұтынушылар қатарына жататынын растайтын анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      жан басына шаққанда орташа табысы күн көріс деңгейінен төмен, мемлекеттік атаулы әлеуметтік көмек алмайтын отбасылардан шыққан балаларға - алған табысы туралы құжаттар (жұмыс істейтін ата-аналардың немесе оларды алмастыратын адамдардың жалақылары туралы, кәсіпкерліктен және басқа да қызмет түрлерлерінен түсетін табыстары туралы, жан басына шаққанда орташа табысы күн көріс деңгейінен төмен, мемлекеттік атаулы әлеуметтік көмек алмайтын отбасылардан шыққан көрсетілетін қызметті алушылар үшін балаларға және басқа да асырандыларға төленетін алимент түріндегі табыстары туралы анықтама);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      отбасында тәрбиеленетін жетім балалар, ата-анасының қамқорлығынсыз қалған балалар үшін - қамқоршылықты (қорғаншылықты) бекіту туралы уәкілетті органның шешімі, жетім баланың </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>) немесе ата-анасының қамқорлығынсыз қалған баланың (балалардың) патронаттық тәрбиеге берілгені туралы шарт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балалар үшін – төтенше жағдайлардың салдарынан шұғыл жәрдемнің қажеттілігін дәлелдейтін құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      для детей – сирот и детей, оставшихся без попечения родителей, проживающим в семьях - решение уполномоченного органа об утверждении опеки (попечительства), договор о передаче на патронатное воспитание, в приемную семью;</w:t>
-[...50 lines deleted...]
-        <w:t xml:space="preserve">      4) медицинская справка на школьника, отъезжающего в оздоровительный лагерь в соответствии с формой № 079/у, </w:t>
+        <w:t xml:space="preserve">      білім беру ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де санаттарына жататын балалар үшін - отбасының материалдық-тұрмыстық ахуалын зерделеу, сондай-ақ қаржылай және материалдық көмек көрсету туралы шешім қабылдау үшін басқа да қажетті құжаттардың негізінде білім алушылар мен тәрбиеленушілердің өзге де санаттарына тегін және жеңілдікпен тамақтандыруды ұсыну туралы білім беру ұйымының алқалық органның шешімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушының жеке басын растайтын құжаттарының, баланың туу туралы куәлігінің мәліметтерін (бала 2007 жылғы 13 тамыздан кейін туылған жағдайда) Мемлекеттік корпорацияның қызметкері және көрсетілетін қызметті беруші "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйеден алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, Мемлекеттік корпорацияның қызметкері мемлекеттік қызмет көрсету кезінде заңмен қорғалатын құпияны қамтитын, ақпараттық жүйелердегі мәліметтерді пайдалануға көрсетілген қызметті алушының келісімін алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорация арқылы құжаттарды қабылдау кезінде көрсетілетін қызметті алушыға тиісті құжаттардың қабылданғаны туралы қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорацияда дайын құжаттарды беру жеке куәлігін (не нотариалды расталған сенімхат бойынша оның өкілі) ұсыну кезінде құжаттарды қабылдау туралы қолхат негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорация бір ай ішінде нәтижені сақтауды қамтамасыз етеді, содан кейін оны көрсетілетін қызметті берушіге одан әрі сақтау үшін тапсырады. Көрсетілетін қызметті алушы бір ай өткеннен кейін жүгінген жағдайда Мемлекеттік корпорацияның сұранысы бойынша көрсетілетін қызметті беруші бір жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорация жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы осы мемлекеттік көрсетілетін қызмет стандартының 9-тармағына сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      10. Мемлекеттік қызметті көрсетуден бас тартуға негіздемелер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің "Мемлекеттік білім беру мекемелерінің мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан білім алушылары мен тәрбиеленушілеріне және жетім балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға, төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балаларға және өзге де санаттағы білім алушылар мен тәрбиеленушілерге қаржылай және материалдық көмек көрсетуге бөлінетін қаражатты қалыптастыру, жұмсау бағыты мен оларды есепке алу қағидаларын бекіту туралы " Қазақстан Республикасының Үкіметінің 2008 жылғы 25 қаңтардағы № 64  белгіленген Қаулысында талаптарға сәйкес келмеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      3) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы осы мемлекеттік көрсетілетін қызмет стандартының 9-тармағына сәйкес құжаттар топтамасын толық ұсынбаған жағдайда, Мемлекеттік корпорацияның қызметкері өтінішті қабылдаудан бас тартады және осы мемлекеттік көрсетілетін қызмет стандартына 2 сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.қосымшаға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t>3-тарау. Облыстардың жергілікті атқарушы органдарының, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың, сондай-ақ көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды тұлғаларының қызмет көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      11. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>утвержденной  исполняющего</w:t>
+        <w:t>( немесе</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> обязанности Министра здравоохранения приказом Республики Казахстан "Об утверждении форм первичной медицинской документации организаций здравоохранения" от 23 ноября 2010 года № 907 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан за № 6697);</w:t>
-[...46 lines deleted...]
-    <w:p w:rsidR="004C309A" w:rsidRDefault="004C309A" w:rsidP="004C309A">
+        <w:t>) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану: шағым көрсетілетін қызметті берушінің басшысының атына не осы мемлекеттік қызмет стандартының 14тармағында көрсетілген мекенжай бойынша облыстардың, республикалық маңызы бар қаланың, астананың тиісті жергілікті атқарушы органы (бұдан әрі – әкімдік) басшысының атына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Шағымдар жазбаша нысанда пошта немесе көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесі арқылы қолма-қол қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Жеке тұлғаның шағымында аты, жөні, тегі, пошта мекен-жайы, байланыс телефоны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Шағымның қабылдануын растау оның шағымды қабылдаған адамның аты-жөні, берілген шағымға жауап алу мерзімі және орны көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесінде </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( мөртабан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, кіріс нөмірі мен күні) тіркелуі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорацияның қызметкерінің әрекетіне (әрекетсіздігіне) шағым осы мемлекеттік көрсетілетін қызмет стандартының 14-тармағында көрсетілген мекенжай және телефондар бойынша Мемлекеттік корпорацияның басшысына жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорация қолма-қол, сонымен бірге пошта арқылы келіп түскен шағымның қабылданғанын растау оның тіркелуі (мөртабан, кіріс нөмірі және тіркеу күні шағымның екінші данасына немесе шағымның ілеспе хатына қойылады) болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті берушінің мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелгеннен күнінен бастап бес жұмыс күні ішінде қарастыруға жатады. Шағымды қарастыру нәтижелері туралы дәлелді жауап көрсетілетін қызметті алушыға почта арқылы көрсетілетін қызметті берушінің кеңсесінде қолма-қол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға жүгіне алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Сондай-ақ, мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану туралы ақпаратты Бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны бойынша алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций - документ, подтверждающий необходимость экстренной помощи в результате чрезвычайной ситуации. предоставляемая местными исполнительными органами;</w:t>
-[...146 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">      12. Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t>4-тарау. Көрсетілетін мемлекеттік қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      13. Организм функциясы тұрақты бұзылған, өзіне өзі қызмет көрсету, өздігінен қозғалу, бағдарлау қабілетін немесе мүмкіндігін толық немесе ішінара жоғалтқан көрсетілетін қызметті алушыларға мемлекеттік қызметті көрсету үшін құжаттарды қабылдауды 1414, 8 800 080 7777 Бірыңғай байланыс орталығына жүгіну арқылы тұрғылықты жері бойынша шыға отырып, Мемлекеттік корпорацияның қызметкерлері жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      14. Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      1) Министрліктің: www.edu.gov.kz интернет-ресурсында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      2) Мемлекеттік корпорацияның: www.gov4с.kz интернет-ресурсында.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      15. Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету мәселесі бойынша анықтама қызметінің байланыс телефондары Министрліктің www.edu.gov.kz және көрсетілетін қызметті берушінің www.bala-kkk.kz. интернет-ресурсында орналастырылған. Бірыңғай байланыс орталығының 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t>"Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік көрсетілетін қызмет стандартына 1-қосымша Астана және Алматы қалаларының, облыстық маңызына ие аудандық және қалалық жергілікті атқарушы органның басшысына ____________________________ ____________________________ (білім беру органының атауы) (_________ облысы, _______ ауданы) ____________________________ (басшының Т.А.Ә. (бар болғанда)) ____________________________ (өтініш берушінің Т.А.Ә. (бар болғанда) және жеке сәйкестендіру нөмері) мына мекенжайы бойынша тұратын: ____________________________ (елді мекен атауы, тұрғылықты мекенжайы, телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Менің кәмелет жасқа толмаған (Т.А.Ә. (бар болғанда) туған күні және жеке сәйкестендіру нөмері) (мектеп № және сынып литерін көрсету) оқитын баламды___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t>________________________ (оқу жылын көрсету) қала сыртындағы және мектеп жанындағы лагерьлерде демалуын қамтамасыз етілетін білім алушылар мен тәрбиеленушілердің тізіміне қосуды сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Ақпараттық жүйелердегі заңмен қорғалатын мәліметтерді пайдалануға келісім беремін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      "___" _____________20__ жыл қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t>"Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік көрсетілетін қызмет стандартына 2-қосымша Нысан ____________________________ (Т.А.Ә. (бар болғанда) немесе көрсетілетін қызметті алушы ұйымның атауы) ____________________________ (көрсетілетін қызметті алушының мекенжайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников";</w:t>
-[...124 lines deleted...]
-        <w:t xml:space="preserve">      Подтверждением принятия жалобы в Государственной корпорации, поступившей как нарочно, так и почтой, является ее регистрация (штамп, входящий </w:t>
+        <w:t>Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының 20-</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>номер</w:t>
+        <w:t>бабының  басшылыққа</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> и дата регистрации проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе).</w:t>
-[...302 lines deleted...]
-    <w:sectPr w:rsidR="00515AFE">
+        <w:t xml:space="preserve"> алып, "Азаматтар үшін Үкімет" Мемлекеттік 2 тармағын корпорацияның коммерциялық емес қоғамы филиалының № __ бөлімі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      (мекенжайды көрсету) мемлекеттік көрсетілетін қызмет стандартында көзделген тізбеге сәйкес Сіз ұсынған құжаттар топтамасының толық болмауына байланысты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      (мемлекеттік көрсетілетін қызметтің атауы) мемлекеттік қызмет көрсетуге құжаттарды қабылдаудан бас тартады, атап айтқанда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Жоқ құжаттардың атауы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      1) ___________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      2) ___________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      3) ___________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Осы қолхат әр тарапқа біреуден 2 данада жасалды. Т.А.Ә. (бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      (Мемлекеттік корпорацияның қызметкері) _______________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Орындаушының Т.А.Ә. (бар болғанда) ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701239" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      Қабылдаушының Т.А.Ә. (бар болғанда) __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072560" w:rsidRDefault="00701239" w:rsidP="00701239">
+      <w:r>
+        <w:t xml:space="preserve">      (көрсетілетін қызметті алушының қолы) "___" _____________ 20__ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00072560">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00284DCB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00515AFE"/>
+    <w:rsidRoot w:val="003E5541"/>
+    <w:rsid w:val="00072560"/>
+    <w:rsid w:val="003E5541"/>
+    <w:rsid w:val="00701239"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{9B8FEC53-CF8A-4853-A635-12134B1DC383}"/>
+  <w15:docId w15:val="{2D7439A4-625B-4FC0-B5BA-8481579ACB42}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1823,54 +1399,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2987</Words>
-  <Characters>17031</Characters>
+  <Words>2950</Words>
+  <Characters>16818</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>141</Lines>
+  <Lines>140</Lines>
   <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19979</CharactersWithSpaces>
+  <CharactersWithSpaces>19729</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>