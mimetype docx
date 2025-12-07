--- v0 (2025-12-07)
+++ v1 (2025-12-07)
@@ -1,5342 +1,522 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
       <w:pPr>
-        <w:ind w:left="6372"/>
+        <w:ind w:left="5664"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...72 lines deleted...]
-    <w:p w:rsidR="00E75203" w:rsidRPr="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">Приложение 2 к приказу Министра </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t>образования и науки Республики Казахстан от 7 апреля 2015 года № 172</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRPr="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00E75203">
+      <w:r w:rsidRPr="000B64E5">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>"</w:t>
-[...229 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Стандарт государственной услуги "Прием документов и зачисление детей в дошкольные организации образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      Сноска. Стандарт в редакции приказа Министра образования и науки РК от </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>11.10.2017  (</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> № 518 </w:t>
-[...247 lines deleted...]
-        <w:t>қызмет</w:t>
+        <w:t xml:space="preserve"> № 518 вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      1. Государственная услуга "Прием документов и зачисление детей в дошкольные организации образования" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается дошкольными всех типов и видов (далее организациями – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
-[...109 lines deleted...]
-        <w:t>әзірледі</w:t>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      Прием и выдача документов для оказания государственной услуги осуществляются через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
-[...117 lines deleted...]
-        <w:t>көрсетеді</w:t>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t>Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      1) с момента сдачи пакета документов – 30 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      2) максимально допустимое время ожидания до момента приема документов – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      3) максимально допустимое время обслуживания – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      5. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      6. Результат оказания государственной услуги: зачисление ребенка в дошкольную организацию на основании заключенного договора между дошкольной организацией и одним из родителей или законным представителем ребенка, либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      Форма представления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      8. График работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>: с понедельника по пятницу, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан, в соответствии с установленным графиком работы с 9.00 - 18.00 часов, с перерывом на обед с 13.00 - 14.00.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      Прием документов и выдача результатов оказания государственной услуги осуществляется с 09.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      1) направление на зачисление (действительна в течение 5-ти рабочих дней со дня выдачи);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      2) документ, удостоверяющий личность одного из родителей или законных представителей (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      3) документ, свидетельствующий рождение ребенка (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      4) паспорт здоровья ребенка по форме </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>предусмотренной  по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> заполнению и ведению Инструкцией учетной формы 026/у-3 "Паспорт здоровья ребенка", утвержденной приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 (зарегистрированный в Реестре нормативных правовых актов под № 2423);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      5) справка о состоянии здоровья ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      6) заключение психолого-медико-педагогической консультации (для детей с особыми образовательными потребностями).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      10. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги по установлению недостоверности документов и (или) данных (сведений), содержащихся в них, неполного пакета </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">документов и (или) документов с истекшим сроком действия, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для получения государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">Глава 3. Порядок обжалования решений, действий (бездействий) местных исполнительных органов города республиканского значения и столицы, района (города областного значения) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      11. Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг подается в письменном виде на имя руководителя местного исполнительного органа, города республиканского значения и столицы, района (города областного значения) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>по адресам</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> указанным в пункте 12 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      В жалобе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> указываются его фамилия, имя, отчество (при наличии), почтовый адрес, дата. Жалоба должна быть подписана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
-[...1274 lines deleted...]
-    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги, поступившая в адрес местного исполнительного органа, города республиканского значения и столицы, района (города областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказания государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> может обратиться в уполномоченный орган по оценке и контролю за качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственной услуги, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      В случаях несогласия с результатами оказанной государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t>Глава 4. Иные требования с учетом особенностей оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      </w:t>
-[...2845 lines deleted...]
-    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+        <w:t xml:space="preserve">      12. Адреса мест оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Министерства: www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
       <w:r>
         <w:t xml:space="preserve">      13. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Көрсетілетін</w:t>
-[...260 lines deleted...]
-    <w:sectPr w:rsidR="00DE50C8">
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством Единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00890DAE" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+      <w:r>
+        <w:t xml:space="preserve">      14. Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8 800 080 7777</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00890DAE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00282888"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E75203"/>
+    <w:rsidRoot w:val="00652978"/>
+    <w:rsid w:val="000B64E5"/>
+    <w:rsid w:val="00652978"/>
+    <w:rsid w:val="00890DAE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{9E8E1B11-075C-418A-9999-4ADAE6490BA5}"/>
+  <w15:docId w15:val="{E66086EA-6248-487B-A55E-96CB1F5E90E2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5998,54 +1178,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>934</Words>
-  <Characters>5325</Characters>
+  <Words>863</Words>
+  <Characters>4920</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6247</CharactersWithSpaces>
+  <CharactersWithSpaces>5772</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>