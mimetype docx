--- v0 (2025-12-07)
+++ v1 (2026-01-01)
@@ -1,614 +1,1384 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00E57823" w:rsidRDefault="00E57823" w:rsidP="00E57823">
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
       <w:pPr>
         <w:ind w:left="6372"/>
       </w:pPr>
       <w:r>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 13 cәуірдегі № 198 бұйрығына 6-қосымша</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E57823" w:rsidRPr="00E57823" w:rsidRDefault="00E57823" w:rsidP="00E57823">
+        <w:t>Приложение 10 к приказу Министра образования и науки Республики Казахстан "Об утверждении стандартов государственных услуг в сфере семьи и детей" от 13 апреля 2015 года № 198</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRPr="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00E57823">
+      <w:r w:rsidRPr="009A46BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>"Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+        <w:t>Стандарт государственной услуги "Постановка на учет лиц, желающих усыновить детей"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00E57823" w:rsidRDefault="00E57823" w:rsidP="00E57823">
-[...79 lines deleted...]
-    <w:p w:rsidR="00E57823" w:rsidRDefault="00E57823" w:rsidP="00E57823">
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      Сноска. Приложение 10 в редакции приказа Министра образования и науки РК от 25.12.2017 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>№  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>вводится в действие по истечении десяти календарных дней после дня его первого 650 официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      1. Государственная услуга "Постановка на учет лиц, желающих усыновить детей" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается местными исполнительными органами городов Астаны и Алматы, районов и городов областного значения (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      1) канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      2) веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t>Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      1) с момента сдачи документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, а также при обращении на портал – 15 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( пятнадцать</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>) календарных дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      2) максимально допустимое время ожидания для сдачи документов – 20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      3) максимально допустимое время обслуживания – 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      5. Форма оказания государственной услуги – электронная (частично автоматизированная) и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( или</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      6. Результат оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      При обращении к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – заключение о возможности (невозможности) быть </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">кандидатом( </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>) в усыновители по форме согласно  к настоящему стандарту государственной услуги приложению 1 либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям , предусмотренным  настоящего стандарта государственной услуги. пунктом 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      На портал – уведомление о готовности заключения о возможности (невозможности) быть кандидатом(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) в усыновители по форме </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>согласно  к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> настоящему стандарту приложению 2 государственной услуги (далее - уведомление).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметтің нәтижесін қағаз жеткізгіште алу үшін өтініш берген жағдайда, мемлекеттік қызмет көрсету нәтижесі электрондық форматта ресімделеді, қағазға басып шығарылады және көрсетілетін қызметті берушінің уәкілетті адамының қолы және мөрмен расталады.</w:t>
-[...74 lines deleted...]
-        <w:t xml:space="preserve">      жан басына шаққанда орташа табысы күн көріс деңгейінен төмен, мемлекеттік атаулы әлеуметтік көмек алмайтын отбасылардан шыққан балалар үшін - алған табысы туралы құжаттар ( жұмыс істейтін ата-аналардың немесе оларды алмастыратын адамдардың жалақылары туралы, </w:t>
+        <w:t xml:space="preserve">      После получения уведомления, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> необходимо обратиться по указанному в уведомлении адресу для получения заключения о возможности (невозможности) быть кандидатом(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) в усыновители.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      Форма предоставления результата оказания государственной услуги – электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается физическим лицам (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление о желании усыновить детей (в произвольной форме);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      2) документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      3) письменное согласие близких родственников на усыновление ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      4) справки о размере совокупного дохода (справка о заработной плате с места работы, о доходах от занятия предпринимательской деятельностью и иных доходах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>супруга( -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>и), если состоит в браке всех совместно проживающих членов семьи);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      5) справка о семейном положении (копия свидетельства о заключении (расторжении) брака </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( супружестве</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>) в случае заключения (расторжения) брака до 2008 года, копии свидетельств о рождении детей в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан (при наличии детей);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      6) справки о состоянии здоровья </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и супруга(-и), если состоит в браке, подтверждающие отсутствие заболеваний в соответствии с , утвержденным приказом Министра перечнем здравоохранения и социального развития Республики Казахстан от 28 августа 2015 года № 692 "Об утверждении перечня заболеваний, при наличии которых лицо не может усыновить ребенка, принять его под опеку или попечительство, патронат" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан за № 12127) (далее – приказ № 692), а также справки об отсутствии сведений о состоянии на учете в наркологическом и психиатрическом диспансерах в соответствии с формой, утвержденной  исполняющего обязанности Министра приказом здравоохранения Республики Казахстан "Об утверждении форм первичной медицинской документации организаций здравоохранения" от 23 </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>кәсіпкерліктен және басқа да қызмет түрлерлерінен түсетін табыстары туралы, балаларға және басқа да асырандыларға төленетін алимент түріндегі табыстары туралы анықтама);</w:t>
-[...64 lines deleted...]
-        <w:t xml:space="preserve">      отбасында тәрбиеленетін жетім балалар, ата-анасының қамқорлығынсыз қалған балалар үшін - қамқоршылықты (қорғаншылықты) бекіту туралы уәкілетті органның шешімі, жетім баланың ( </w:t>
+        <w:t>ноября 2010 года № 907 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан за № 6697) (далее приказ № 907);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      7) копия документа, подтверждающего право пользования жилищем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) супруга(-и) (в случае отсутствия права собственности на жилье);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      на портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление в форме электронного документа, подписанное ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или удостоверенное одноразовым паролем, в случае регистрации и подключения абонентского номера </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      2) электронная копия письменного согласия близких родственников на усыновление ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      3) электронная копия справки о размере совокупного дохода (справка о заработной плате с места работы, о доходах от занятия предпринимательской деятельностью и иных доходах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и супруга(-и), если состоит в браке всех совместно проживающих членов семьи);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      4) электронная копия справки о семейном положении (копия свидетельства о заключении </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( расторжении</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) брака (супружестве) в случае заключения (расторжения) брака до 2008 года, копии </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t>свидетельств о рождении детей в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан (при наличии детей);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      5) электронная копии справок о состоянии здоровья </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и супруга(-и), если состоит в браке, подтверждающие отсутствие заболеваний в соответствии </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>с ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> утвержденным перечнем приказом № 692, а также справки об отсутствии сведений о состоянии на учете в наркологическом и психиатрическом диспансерах в соответствии с формой, утвержденной ; приказом № 907</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      6) электронная копия документа, подтверждающего право пользования жилищем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) супруга(-и) (в случае отсутствия права собственности на жилье).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      Сведения о документах, удостоверяющих личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и супруга(-и), если состоит в браке, подтверждающих право собственности на жилище </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и супруга(-и), если состоит в браке, справки о наличии либо отсутствии судимости </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и супруга (и), если состоит в браке, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> получает согласие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      При приеме документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> выдает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> расписку о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      В случае обращения на портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в "личный кабинет" направляется статус о принятии запроса на государственную услугу, а также уведомление.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      Акт обследования жилищно-бытовых условий граждан, желающих быть кандидатами в усыновители по форме согласно приложению 3 к настоящему стандарту государственной услуги </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>балалардың) немесе ата-анасының қамқорлығынсыз қалған баланың (балалардың) патронаттық тәрбиеге берілгені туралы шарттың электрондық көшірмесі;</w:t>
-[...55 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">готовится </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> после предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> вышеназванных документов в течение десяти календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      10. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      1) несовершеннолетие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      2) признание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> судом недееспособным или ограниченно дееспособным;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      3) признание судом одного из супругов недееспособным или ограниченно дееспособным;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      4) лишение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> судом родительских прав или ограничение судом в родительских правах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      5) отстранение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> от обязанностей опекуна или попечителя за ненадлежащее выполнение возложенных на него законом Республики Казахстан обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      6) решение суда об отмене усыновления по вине бывших усыновителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      7) наличие у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> заболеваний, препятствующих осуществлению родительских </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>прав ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      8) отсутствие у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> постоянного места жительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      9) нетрадиционная сексуальная ориентация у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      10) наличие непогашенной или неснятой судимости за совершение умышленного преступления на момент установления опеки (попечительства), а также лиц, указанных в подпункте 15) настоящего пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      11) отсутствие гражданства у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      12) обращение лица мужского пола, не состоящего в зарегистрированном браке (супружестве), за исключением случаев фактического воспитания ребенка не менее трех лет в связи со смертью матери или лишением ее родительских прав;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      13) отсутствие у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> на момент усыновления дохода, обеспечивающего усыновляемому ребенку прожиточный минимум, установленный законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      14) состояние </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> на учете в наркологическом или психоневрологическом диспансерах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      15) наличие имеющейся или имевшейся судимости, подвергающийся или подвергавшийся уголовному преследованию (за исключением лиц, уголовное преследование в отношении которых прекращено на основании подпунктов 1) и 2) части первой  Уголовно-процессуального статьи 35 кодекса Республики Казахстан от 4 июля 2014 года) за уголовные правонарушения: убийство, умышленное причинение вреда здоровью, против здоровья населения и нравственности, половой неприкосновенности, за экстремистские или террористические преступления, торговлю людьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">Глава 3. Порядок обжалования решений, действий (бездействия) местных исполнительных органов городов Астаны и Алматы, районов и городов областного значения, а также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      11. Обжалование решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>атқарушы органдарының, сондай-ақ көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
-[...82 lines deleted...]
-    <w:p w:rsidR="00E57823" w:rsidRDefault="00E57823" w:rsidP="00E57823">
+        <w:t xml:space="preserve">либо </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>руководителя</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> соответствующего местного исполнительного органа городов Астаны и Алматы, районов и городов областного значения (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>акимат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) по адресам, указанным в пункте 13 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба подается в письменной форме по почте либо нарочно через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, а также посредством портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> из "личного кабинета" доступна информацию об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услогополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по почте либо выдается нарочно в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      Также информацию о порядке обжалования действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) его должностных лиц можно получить по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      12. В случаях несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t>Глава 4. Иные требования с учетом особенностей оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      13. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      2) портале: www.egov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      15. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Министерства www.edu.gov.kz, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> www.bala-kkk.kz. Единый контакт-центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      16. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условий наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      14. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсетудің тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде, порталдағы "жеке кабинеті", сондай-ақ, Бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны арқылы алу мүмкіндігіне ие.</w:t>
-[...7 lines deleted...]
-    <w:p w:rsidR="00E57823" w:rsidRDefault="00E57823" w:rsidP="00E57823">
+        <w:t>Приложение 1 к стандарту государственной услуги "Постановка на учет лиц, желающих усыновить детей" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">                                                ____________________________________                                          (Местный исполнительный орган городов                                          Астаны и Алматы, районов и городов                                                 областного значения)                              ЗАКЛЮЧЕНИЕ                   о возможности (невозможности) быть кандидатом(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">)                         в усыновители (нужное подчеркнуть)      Ф.И.О. (при его наличии)       (полностью)_________________________________      Дата рождения_____________________________________________________________      Ф.И.О. (при его наличии)       (полностью)_______________________________________________________________      Дата рождения_____________________________________________________________      Адрес (место жительства, индекс)_____________________________________________ ________________________________________________________________________________      Характеристика семьи (состав, длительность брака (при наличии повторного брака указать наличие детей от предыдущего брака), опыт общения с детьми, взаимоотношения между членами семьи, наличие близких родственников и их отношение к усыновлению, характерологические особенности граждан желающих быть кандидатами в усыновители); при усыновлении ребенка одним из супругов указать наличие согласия второго супруга на усыновление). ________________________________________________________________________________ ________________________________________________________________________________      Образование и профессиональная деятельность_________________________________ ________________________________________________________________________________      Характеристика состояния здоровья (общее состояние здоровья, отсутствие заболеваний, препятствующих усыновлению)__________________      Материальное положение (имущество, размер заработной платы, иные виды доходов) ________________________________________________________________________________ ________________________________________________________________________________      Мотивы усыновления______________________________________________________      Пожелания граждан желающих быть кандидатами в усыновители по кандидатуре </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t>ребенка (пол, возраст, особенности характера, внешности, согласие граждан желающих быть кандидатами в усыновители на усыновление ребенка, имеющего отклонения в развитии) ________________________________________________________________________________ ________________________________________________________________________________ ________________________________________________________________________________      Заключение о возможности/невозможности       гр.___________________________                         (Ф.И.О. (при его наличии) заявителя (ей))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">            быть кандидатом(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) в усыновители___________________________________ ________________________________________________________________________________ ________________________________________________________________________________      должность, Ф.И.О. (при его наличии), дата, подпись       Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E57823" w:rsidRDefault="00E57823" w:rsidP="00E57823">
-[...74 lines deleted...]
-    <w:sectPr w:rsidR="00E54605">
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t>Приложение 2 к стандарту государственной услуги "Постановка на учет лиц, желающих усыновить детей" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">                                           ___________ _________________________                                       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">   (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>Местный исполнительный орган городов                                          Астаны и Алматы, районов и городов                                                 областного значения)                              Уведомление о получении</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      заключения о возможности (невозможности) быть кандидатом(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) в усыновители _______________________________(Ф.И.О. (при его наличии), ИИН </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) _______________________________(дата рождения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">)      Для получения заключения о возможности ( невозможности) граждан быть кандидатами в усыновители Вам необходимо обратиться в ____________________________ (местный исполнительный орган городов Астаны и Алматы , районов и городов областного значения), находящийся по адресу ____________________ ____________________________                              (адрес местного исполнительного органа городов Астаны                              и Алматы, районов и городов областного значения).      Уведомление удостоверено ЭЦП ответственного </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">лица:   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">   _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">_______   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">   (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>должность, Ф.И.О. (при его наличии) ответственного лица).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve"> Приложение 3 к стандарту государственной услуги "Постановка на учет лиц, желающих усыновить детей" Форма                                                      Утверждаю                                                 Руководитель                                          местного исполнительного органа                                          городов Астаны и Алматы, районов                                           и городов областного значения                                          ___________ _____________________                                                Ф.И.О. (при его наличии)                                           "__" _____ _________ 20___ года                                                дата, подпись, место печати                                    АКТ                   обследования жилищно-бытовых условий граждан,                    желающих быть кандидатами в усыновители Дата проведения обследования ________________________ ______________________________ Обследование проведено _____________________________________________________ ___________________________                  (фамилия, имя, отчество (при его наличии), должность лица проводившего обследование ____________ ____________________________ Адрес и телефон органа, осуществляющего функции по опеке и попечительству:___________ _____________________________________________________ ___________________________ 1. Проводилось обследование условий жизни (Ф.И.О. (при его наличии), год рождения)_____________ _______________________________ _____________________________________________________ ___________________________ Документ, удостоверяющий личность ___________________ ____________________________ Место жительства (по месту регистрации) _____________ ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF"/>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">_____________________________________________________ ___________________________ Место фактического проживания________________________ ___________________________ _____________________________________________________ ___________________________ Образование__________________________________________ ___________________________ Место работы_________________________________________ ___________________________ (Ф.И.О. (при его наличии), год рождения) ____________ _______________________________ _____________________________________________________ ___________________________ Документ, удостоверяющий личность ___________________ ____________________________ Место жительства (по месту регистрации) _____________ ______________________________ _____________________________________________________ ___________________________ Место фактического проживания _______________________ ____________________________ _____________________________________________________ ___________________________ Образование__________________________________________ ___________________________ Место работы_________________________________________ ___________________________ 2. Общая характеристика жилищно-бытовых условий Документ, подтверждающий право пользования жилищем _____________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>___________________________ Ф.И.О. (при его наличии ) собственника жилья ________ _______________________________ _____________________________________________________ ___________________________ Общая площадь ___________ (кв. м) жилая площадь _____ ________ (кв. м) Количество жилых комнат _________ прописаны ________( постоянно, временно) Благоустроенность жилья _____________________________________________________ ___________________________ (благоустроенное, неблагоустроенное, с частичными удобствами) Санитарно-гигиеническое состояние _____________________________________________________ ___________________________                  (хорошее, удовлетворительное, неудовлетворительное) Дополнительные сведения о жилье ( наличие отдельного спального места для ребенка, подготовки уроков, отдыха, наличие мебели) _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t>___________________________ _____________________________________________________ ___________________________ 3. Другие члены семьи, проживающие совместно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">Фамилия, имя, отчество </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( при</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t>Дата рождения,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t>Место работы, должность или место учебы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t>Родственное отношение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A46BF" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t>примечание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00325647" w:rsidRDefault="009A46BF" w:rsidP="009A46BF">
+      <w:r>
+        <w:t xml:space="preserve">      4. Сведения о доходах семьи: общая сумма _____________, в том числе заработная плата, другие доходы ________________________ (расписать). 5. Характеристика семьи (межличностные взаимоотношения в семье, личные качества, интересы, опыт общения с детьми, готовность всех членов семьи к приему детей) ________________________________________________________________________________ ________________________________________________________________________________ ________________________________________________________________________________ 6. Мотивы для приема ребенка на воспитание в семью ________________________________________________________________________________ ________________________________________________________________________________ 7. Заключение (наличие условий для передачи детей в семью на патронат) _______________ ________________________________________________________________________________ _________ ___________________ (подпись) (инициалы, фамилия) _______________ (дата)       Ознакомлены:______________________________________________________________      Ф.И.О. (при его наличии), дата, подпись лиц, желающих принять ребенка (детей) в семью на патронат)</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00325647">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00945068"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E57823"/>
+    <w:rsidRoot w:val="002951ED"/>
+    <w:rsid w:val="002951ED"/>
+    <w:rsid w:val="00325647"/>
+    <w:rsid w:val="009A46BF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{753EAC47-B977-4F7E-8E9B-E0F093151650}"/>
+  <w15:docId w15:val="{4A8BE8F6-7E7A-4C15-8397-4DA9E5BE7AA2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1270,54 +2040,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2576</Words>
-  <Characters>14688</Characters>
+  <Words>3611</Words>
+  <Characters>20588</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>122</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>171</Lines>
+  <Paragraphs>48</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17230</CharactersWithSpaces>
+  <CharactersWithSpaces>24151</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>