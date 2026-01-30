--- v0 (2025-12-07)
+++ v1 (2026-01-30)
@@ -1,986 +1,631 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00895D38" w:rsidRDefault="00895D38" w:rsidP="00895D38">
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
       <w:pPr>
         <w:ind w:left="5664"/>
       </w:pPr>
       <w:r>
-        <w:t>Приложение 15 к приказу Министра образования и науки Республики Казахстан от 13 апреля 2015 года № 198</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00895D38" w:rsidRPr="00895D38" w:rsidRDefault="00895D38" w:rsidP="00895D38">
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 13 cәуірдегі № 198 бұйрығына 15-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRPr="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00895D38">
+      <w:r w:rsidRPr="00E1630C">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Стандарт государственной услуги "Выдача разрешения на свидания с ребенком родителям, лишенным родительских прав, не оказывающие на ребенка негативного влияния"</w:t>
+        <w:t>"Балаға кері әсер етпейтін ата-ана құқықтарынан айырылған ата-аналарға баламен кездесуіне рұқсат беру" мемлекеттік көрсетілетін қызмет стандарты</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00895D38" w:rsidRDefault="00895D38" w:rsidP="00895D38">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">      Сноска. Приказ дополнен приложением 15 в соответствии с приказом Министра образования и науки РК от </w:t>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Ескерту. Бұйрық 15-қосымшамен толықтырылды – ҚР Білім және ғылым министрінің 15.06.2017 № (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);285 жаңа редакцияда – ҚР Білім және ғылым министрінің </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>15.06.2017  (</w:t>
+        <w:t>25.12.2017  (</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>вводится в действие по истечении десяти календарных дней после № 285 дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 25.12.2017  (вводится в действие по истечении десяти календарных дней после дня его № 650 первого официального опубликования).</w:t>
-[...122 lines deleted...]
-        <w:t xml:space="preserve">      6. Результат оказания государственной услуги – разрешение органа опеки и попечительства на свидания с ребенком родителям, лишенным родительских прав, не оказывающие на ребенка негативного влияния согласно приложению 1 к настоящему стандарту государственной услуги </w:t>
+        <w:t>алғаш ресми жарияланған № 650 күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t>1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      1. "Балаға кері әсер етпейтін ата-ана құқықтарынан айырылған ата-аналарға баламен кездесуіне рұқсат беру" мемлекеттік көрсетілетін қызметі (бұдан әрі – мемлекеттік көрсетілетін қызмет)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      2. Мемлекеттік көрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірлеген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      3. Мемлекеттік қызметті Астана және Алматы қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясының коммерциялық емес қоғамы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> әрі – Мемлекеттік корпорация) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t>2-тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      4. Мемлекеттік қызмет көрсету мерзімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      1) құжаттарды қызметті берушіге және Мемлекеттік корпорацияға тапсырған сәттен бастап – 5 (бес) жұмыс күні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорацияға жүгінген кезде қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді. Көрсетілетін қызметті беруші мемлекеттік қызмет көрсету мерзімі өткенге дейін бір тәуліктен кешіктірмей көрсетілетін мемлекеттік қызметтердің нәтижесін Мемлекеттік корпорацияға жеткізуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      2) көрсетілетін қызметті берушіде немесе Мемлекеттік корпорацияда көрсетілетін қызметті алушының құжаттарды тапсыруы үшін күтудің рұқсат берілетін ең ұзақ уақыты – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      3) көрсетілетін қызметті берушіде қызмет көрсетудің рұқсат берілетін ең ұзақ уақыты – 30 минут, Мемлекеттік корпорацияда – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      5. Мемлекеттік қызмет көрсету нысаны – қағаз жүзінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      6. Мемлекеттік қызмет көрсетудің нәтижесі – осы мемлекеттік көрсетілетін қызмет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>стандартының  сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> балаға кері әсер етпейтін ата-ана құқықтарынан айырылған 1-қосымшасына ата-аналарға баламен кездесуіне қорғаншылық және қамқоршылық органының рұқсаты не осы </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 настоящего стандарта государственной услуги.</w:t>
-[...194 lines deleted...]
-    <w:p w:rsidR="00895D38" w:rsidRDefault="00895D38" w:rsidP="00895D38">
+        <w:t>мемлекеттік қызмет стандартының 10-тармағында көрсетілген негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны - қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті көрсету нәтижесі үшін қағаз жеткізгіште өтініш берген жағдайда мемлекеттік қызмет көрсету нәтижесі электрондық форматта ресімделеді, қағазға басып шығарылады, көрсетілетін қызметті берушінің уәкілетті тұлғасының қолымен және мөрімен расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      7. Мемлекеттік қызмет жеке тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) тегін көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      8. Жұмыс кестесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті берушіде: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін жүзеге асырылады. Мемлекеттік қызмет алдын - ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      2) Мемлекеттік корпорацияда: еңбек заңнамасына сәйкес жексенбі және мереке күндерін қоспағанда, дүйсенбі мен сенбіні қоса алғанда белгіленген жұмыс кестесіне сәйкес сағат 9.00-ден 20.00-ге дейін, түскі үзіліссіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Қабылдау жеделдетіп қызмет көрсетусіз, көрсетілетін қызмет алушының тіркеу орны бойынша, "электронды" кезек күту тәртібімен жүзеге асырылады, портал арқылы электрондық кезекті " брондауға" болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      9. Көрсетілетін қызметті алушы жүгінген кезде мемлекеттік қызметті көрсету үшін қажетті құжаттардың тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      1) осы мемлекеттік көрсетілетін қызмет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>стандартына  сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> нысан бойынша 2-қосымшаға көрсетілетін қызметті алушының өтініші;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      2) көрсетілетін қызметті алушының жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      3) ата-ана құқықтарынан айыру туралы сот шешімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      4) ішкі істер органның мінездемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушының жеке басын растайтын құжаттарының Мемлекеттік корпорациясының қызметкері және көрсетілетін қызметті беруші "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйеден алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, Мемлекеттік корпорацияның қызметкері мемлекеттік қызмет көрсету кезінде заңмен қорғалатын құпияны қамтитын, ақпараттық жүйелердегі мәліметтерді пайдалануға көрсетілген қызметті алушының келісімін алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорация арқылы құжаттарды қабылдау кезінде көрсетілетін қызметті алушыға тиісті құжаттардың қабылданғаны туралы қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме соответствующих документов, при предъявлении документа удостоверяющий личность (либо его представителя по нотариально заверенной доверенности).</w:t>
-[...117 lines deleted...]
-        <w:t xml:space="preserve"> либо </w:t>
+        <w:t xml:space="preserve">      Мемлекеттік корпорацияда дайын құжаттарды беру жеке куәлігін (не нотариалды расталған сенімхат бойынша оның өкілі) ұсыну кезінде құжаттарды қабылдау туралы қолхат негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорация бір ай ішінде нәтижені сақтауды қамтамасыз етеді, содан кейін оны көрсетілетін қызметті берушіге одан әрі сақтау үшін тапсырады. Көрсетілетін қызметті алушы бір ай өткеннен кейін жүгінген жағдайда Мемлекеттік корпорациясының сұранысы бойынша көрсетілетін қызметті беруші бір жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорация жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы осы мемлекеттік көрсетілетін қызмет стандартының 9-тармағына сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      10. Мемлекеттік қызметті көрсетуден бас тартуға көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау негіздеме болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы осы мемлекеттік көрсетілетін қызмет стандартының 9-тармағына сәйкес құжаттар топтамасын толық ұсынбаған жағдайда, Мемлекеттік корпорацияның қызметкері өтінішті қабылдаудан бас тартады және осы мемлекеттік көрсетілетін қызмет стандартына 3 сәйкес нысан бойынша қолхат бередіқосымшаға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t>3-тарау. Мемлекеттік қызметті көрсету мәселелері бойынша көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      11. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>руководителя</w:t>
+        <w:t>( немесе</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> соответствующего местного исполнительного органа городов Астаны и Алматы, районов и городов областного значения (далее – </w:t>
-[...56 lines deleted...]
-        <w:t xml:space="preserve">      Подтверждением принятия жалобы в Государственной корпорации, поступившей как нарочно, так и почтой, является ее регистрация (штамп, входящий </w:t>
+        <w:t>) оның лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану: шағым көрсетілетін қызметті беруші басшысының атына не осы мемлекеттік көрсетілетін қызмет стандартының 14-тармағында көрсетілген мекенжай бойынша Астана және Алматы қалаларының, аудандардың және облыстық маңызы бар қалалардың тиісті жергілікті атқарушы органы (бұдан әрі – әкімдік) басшысының атына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Шағым жазбаша нысанда пошта немесе көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесі арқылы қолма-қол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Жеке тұлғаның арызында оның тегі, аты, әкесінің аты (бар болғанда), пошталық мекенжайы, байланыс телефоны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Шағымның қабылдануын растау оның шағымды қабылдаған адамның аты-жөні, берілген шағымға жауап алу мерзімі және орны көрсетілген көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесінде тіркелуі (мөртабан, кіріс нөмірі мен күні) болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорацияның қызметкерінің әрекетіне (әрекетсіздігіне) шағым осы мемлекеттік көрсетілетін қызмет стандартының 14-тармағында көрсетілген мекенжай және телефондар бойынша Мемлекеттік корпорацияның басшысына жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорацияға қолма-қол, сонымен бірге пошта арқылы келіп түскен шағымның қабылданғанын растау оның тіркелуі (мөртабан, кіріс нөмірі және тіркеу күні шағымның екінші данасына немесе шағымның ілеспе хатына қойылады) болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті берушінің мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қарастыруға жатады. Шағымды қарастыру </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>нәтижесі туралы дәлелді жауап көрсетілетін қызметті алушыға почта арқылы жіберіледі не көрсетілетін қызметті берушінің кеңсесінде қолма-қол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға жүгіне алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Сондай-ақ көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі туралы ақпаратты Бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны бойынша алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      12. Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t>4-тарау. Мемлекеттік қызмет көрсетудің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      13. Организм функциясы тұрақты бұзылған, өзіне - өзі қызмет көрсету, өздігінен қозғалу, бағдарлау қабілетін немесе мүмкіндігін толық немесе ішінара жоғалтқан көрсетілетін қызметті алушыларға мемлекеттік қызметті көрсету үшін құжаттарды қабылдауды 1414, 8 800 080 7777 Бірыңғай байланыс орталығына жүгіну арқылы тұрғылықты жеріне барып, Мемлекеттік корпорацияның қызметкерлері жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      14. Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      1) Министрліктің: www.edu.gov.kz интернет-ресурсында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      2) Мемлекеттік корпорацияның: www.gov4с.kz интернет-ресурсында орналасқан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      15. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен жағдайы туралы ақпаратты қашықтықтан қол жеткізу режимінде, порталдағы "жеке кабинеті", сондай-ақ, мемлекеттік қызмет көрсету мәселелері жөніндегі Бірыңғай байланыс орталығының 1414, 8 800 080 7777 арқылы алу мүмкіндігіне ие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      16. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен жағдайы туралы ақпаратты қашықтықтан қол жеткізу режимінде Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны арқылы алу мүмкіндігіне ие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t>"Балаға кері әсер етпейтін ата-ана құқықтарынан айырылған ата-аналарға баламен кездесуіне рұқсат беру" мемлекеттік көрсетілетін қызмет стандартына 1-қосымша Нысан ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t>Т.А.Ә. (бар болғанда) ____________________________ қызметті алушының тұратын мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t>Қамқорлық және қорғаншылық органның балаға кері әсер етпейтін ата-ана құқықтарынан айырылған ата-аналарға баламен кездесуіне рұқсаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      (Жергілікті атқарушы органның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      (қамқорлықта, патронатта, қабылдау отбасы, жетім және ата-анасының қамқорлығынсыз қалған балалрға арналған мекеменің атауы) орналастырылған баламен (балалармен) _______________________ _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      (баланы(балалардың) Т.А.Ә. (бар болғанда) __________________________________________ аралығында кездесуге рұқсат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      "___" _____20___-__жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t>"Балаға кері әсер етпейтін ата-ана құқықтарынан айырылған ата-аналарға баламен кездесуіне рұқсат беру" мемлекеттік көрсетілетін қызмет стандартына 2-қосымша Нысан ____________________________ (жергілікті атқарушы органдарының атауы) басшысына ____________________________ мекенжайы бойынша тұратын, телефоны: азамата (ша) ______________________ _________________________ (өтініш берушінің Т.А.Ә (бар болғанда) жеке сәйкестендіру нөмері)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      Сізден ________________________________ (қамқорлықта, патронатта, қабылдау отбасы, жетім және ата-анасының қамқорлығынсыз қалған балалрға арналған мекеменің атауы) орналастырылған баламен (балалармен)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      _______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      (баланы(балалардың) Т.А.Ә. (бар болғанда) _______________________________________________ ________аралығында кездесуіне рұқсат беруіңізді сұраймын. Ақпараттық жүйелерде сипатталған " Дербес деректер және оларды қорғау туралы" </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>номер</w:t>
+        <w:t>ҚР  құпия</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> и дата регистрации проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе).</w:t>
-[...39 lines deleted...]
-    <w:p w:rsidR="00895D38" w:rsidRDefault="00895D38" w:rsidP="00895D38">
+        <w:t xml:space="preserve"> қорғалатын мәліметтерді қолдануға Заңымен келісемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      "___" _____20___-__жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t>"Балаға кері әсер етпейтін ата-ана құқықтарынан айырылған ата-аналарға баламен кездесуіне рұқсат беру" мемлекеттік көрсетілетін қызмет стандартына 3-қосымша Нысан ____________________________ (Т.А.Ә. (бар болғанда) немесе көрсетілетін қызметті алушы ұйымның атауы) ____________________________ (көрсетілетін қызметті алушының мекенжайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t>Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1630C" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының 20-бабының  басшылыққа алып, "Азаматтар үшін Үкімет" Мемлекеттік 2 тармағын корпорацияның коммерциялық емес қоғамы филиалының № __ бөлімі _________________________________ ____________________________ (мекенжайды көрсету) мемлекеттік көрсетілетін қызмет стандартында көзделген тізбеге сәйкес      Сіз ұсынған құжаттар топтамасының толық болмауына байланысты      </w:t>
+      </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      В случае несогласия с результатами оказанной государственной услуги </w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> и </w:t>
+        <w:t xml:space="preserve">________________________________________________________________________________      (мемлекеттік көрсетілетін қызметтің атауы) мемлекеттік қызмет көрсетуге құжаттарды қабылдаудан бас тартады, атап айтқанда:      Жоқ құжаттардың атауы:      1) __________________________________________________________;      2) __________________________________________________________;      Осы қолхат әр тарапқа біреуден 2 данада жасалды. Т.А.Ә. (бар </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>( или</w:t>
+        <w:t xml:space="preserve">болғанда)   </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>) его должностных лиц можно получить по телефону Единого контакт-центра 1414, 8 800 080 7777 .</w:t>
-[...223 lines deleted...]
-    <w:sectPr w:rsidR="00537920">
+        <w:t xml:space="preserve">   (Мемлекеттік корпорациясының қызметкері) ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536B6A" w:rsidRDefault="00E1630C" w:rsidP="00E1630C">
+      <w:r>
+        <w:t xml:space="preserve">      (қолы)      Орындаушының Т.А.Ә. (бар болғанда) ___________________________      Телефоны ____________________________________________________      Қабылдаушының Т.А.Ә. (бар болғанда) ___________________________      (көрсетілетін қызметті алушының қолы)      "____" _____________ 20__ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00536B6A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0056135A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00895D38"/>
+    <w:rsidRoot w:val="002C095E"/>
+    <w:rsid w:val="002C095E"/>
+    <w:rsid w:val="00536B6A"/>
+    <w:rsid w:val="00E1630C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{3713ECCE-3E54-47A1-BC0D-91380307F578}"/>
+  <w15:docId w15:val="{35BF77CD-15A1-47C3-AF95-290CDA798036}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1642,54 +1287,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2285</Words>
-  <Characters>13029</Characters>
+  <Words>2189</Words>
+  <Characters>12483</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>108</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15284</CharactersWithSpaces>
+  <CharactersWithSpaces>14643</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>