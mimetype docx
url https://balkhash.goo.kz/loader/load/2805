--- v0 (2025-12-06)
+++ v1 (2026-01-07)
@@ -1,1177 +1,1035 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="004D3E64" w:rsidRPr="006229BC" w:rsidRDefault="004D3E64" w:rsidP="004D3E64">
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
       <w:pPr>
         <w:ind w:left="5664"/>
       </w:pPr>
       <w:r>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 13 сәуірдегі № 198 бұйрығына 10-</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="004D3E64" w:rsidRPr="004D3E64" w:rsidRDefault="004D3E64" w:rsidP="004D3E64">
+        <w:t>Приложение 1 к приказу Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRPr="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="004D3E64">
+      <w:r w:rsidRPr="001828BB">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>"Бала асырап алуға тілек білдірген адамдарды есепке қою" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+        <w:t>Стандарт государственной услуги "Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="004D3E64" w:rsidRDefault="004D3E64" w:rsidP="004D3E64">
-[...89 lines deleted...]
-    <w:p w:rsidR="004D3E64" w:rsidRDefault="004D3E64" w:rsidP="004D3E64">
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      Сноска. Стандарт в редакции приказа Министра образования и науки РК от </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>11.10.2017  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> № 518 вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      1. Государственная услуга "Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные " (далее – государственная услуга). организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее - Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается местными исполнительными органами областей, городов Астаны и Алматы, районов (городов областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>акимами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> районов в городе, городов районного значения, поселков, сел, сельских округов (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      1) канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      3) веб-портал "электронного правительства": www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t>Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      1) с момента обращения к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, в Государственную корпорацию, на портал – 30 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>минут ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      2) максимально допустимое время ожидания сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или в Государственную корпорацию – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      3) максимально допустимое время обслуживания у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или в Государственной корпорации – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      5. Форма оказания государственной услуги: электронная (полностью автоматизированная) и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( или</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      6. Результатом оказания государственной услуги является уведомление о постановке в очередь (в произвольной форме), при наличии места – выдача направления в дошкольную организацию (в произвольной форме), либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      При обращении к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или в Государственную корпорацию результат оказания государственной услуги оформляется посредством специализированной информационной системы управления очередью </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы хабарламаны алғаннан кейін бала асырап алуға үміткер(лер) болудың мүмкіндігі (мүмкін еместігі) туралы қорытындыны алу үшін хабарламада көрсетілген мекенжай бойынша хабарласуы қажет.</w:t>
-[...70 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">      При обращении через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> направляется результат оказания государственной услуги в "личный кабинет" в форме электронного документа, удостоверенного электронной цифровой подписью (далее - ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      Право на получение первоочередного места имеют:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      1) дети, законные представители которых являются инвалидами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      2) дети, оставшиеся без попечения родителей и дети-сироты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      3) дети из многодетных семей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      4) дети с особыми образовательными потребностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: с понедельника по пятницу, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> с 9.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      Прием заявлений и выдача результатов оказания государственной услуги осуществляется с 09.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      2) Государственной корпорации: с понедельника по субботу включительно в соответствии с установленным графиком работы с 9.00 до 20.00 часов, без перерыва на обед, за исключением воскресенья и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      Прием осуществляется в порядке "электронной" очереди, по выбору </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      3) портала: круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление по форме согласно приложению 1 к настоящему стандарту государственной </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>услуги ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      2) свидетельство о рождении ребенка (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      3) документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (одного из родителей или законных представителей (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      4) справка, выданная с места работы военнослужащего или сотрудника специальных государственных органов, заверенная печатью и подписью уполномоченного лица (при наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( действительна</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в течение 10 календарных дней со дня выдачи);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>907 бұйрық) бекітілген нысанға сәйкес наркологиялық және психиатриялық диспансерлерде тіркеуде тұрғандығы туралы мәліметтің жоқтығы туралы анықтама;</w:t>
-[...70 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">      5) заключения психолого-медико-педагогической консультации для детей с особыми образовательными потребностями (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      6) документы, подтверждающие право (при наличии) на получение первоочередного места в дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      Сведения о документах, удостоверяющих личность, свидетельстве о рождении ребенка, об адресной справке ребенка, сведения, подтверждающие право на получение первоочередного места в дошкольную организацию, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или работник Государственной корпорации получает согласие на использование сведений, составляющих </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>охраняемую ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> содержащихся в информационных системах, при  законом тайну оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      При обращении в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>акимат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> поселка, села, сельского округа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> предоставляет оригиналы (для идентификации) и копии документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      На портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление в форме электронного документа, подписанное ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, по форме согласно приложению 1 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      2) скан-копия справки, выданная с места работы военнослужащего или сотрудника специальных </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>государственных ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> заверенная печатью и подписью уполномоченного лица (при наличии) ( органов действительна в течение 10 календарных дней со дня выдачи);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      3) скан-копия заключения психолого-медико-педагогической консультации для детей с особыми образовательными потребностями (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      Электронный запрос на портал осуществляется в форме электронного документа, удостоверенного ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или путем введения одноразового пароля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      Сведения о документах, удостоверяющих личность, свидетельстве о рождении ребенка, об адресной справке ребенка, сведения, подтверждающие право на получение первоочередного места в дошкольную организацию, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      На портале прием электронного запроса осуществляется в "личном кабинете" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      10. В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги, работник Государственной корпорации отказывает в приеме документов и выдает расписку об отказе в приеме заявления по форме согласно приложению 2 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги по установлению недостоверности документов и (или) данных (сведений), содержащихся в них, неполного пакета документов и (или) документов с истекшим сроком действия, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для получения государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">Глава 3. Порядок обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) его должностных лиц, Государственной корпорации и (или) их работников по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады.</w:t>
-[...87 lines deleted...]
-    <w:p w:rsidR="004D3E64" w:rsidRDefault="004D3E64" w:rsidP="004D3E64">
+        <w:t xml:space="preserve">      11. Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по адресам, указанным в пункте 14 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба на действия (бездействия) работника Государственной корпорации направляется к руководителю Государственной корпорации по адресам, указанным в пункте 14 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, Государственной корпорации подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет право обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      Информацию о порядке обжалования через портал можно получить посредством Единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      12. В случае несогласия с результатами оказанной государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t>Глава 4. Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> с нарушением здоровья со стойким расстройством функций организма, ограничивающее его жизнедеятельность прием документов для оказания государственной услуги производится работником Государственной корпорации с выездом по месту жительства посредством обращения через Единый контакт-центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      14. Адреса мест оказания государственной услуги размещены:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      1) на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      2) Государственной корпорации: www.gov4c.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      3) на портале: www.egov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      15. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, справочных служб по вопросам оказания государственной услуги, а также Единого контакт-центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша Астана және Алматы қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, сондай-ақ көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
-[...77 lines deleted...]
-    <w:p w:rsidR="004D3E64" w:rsidRDefault="004D3E64" w:rsidP="004D3E64">
+        <w:t xml:space="preserve">      16. Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Министерства www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t>Приложение 1 к стандарту государственной услуги "Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">                                          </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">                                    от __________________________________________                                    (фамилия, имя, отчество (при его наличии)                                     (далее – Ф.И.О.) (при заполнении в бумажном виде)                                    ____________________________________________                                    (индивидуальный </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>идинтификационный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> номер                                                       (далее – ИИН)                                    проживающего по адресу:                                    ____________________________________________                                    Заявление      Прошу поставить ребенка в очередь для получения направления в дошкольную организацию на территории населенного пункта_____________________________________,                                                      город (поселок, село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t>________________________________________________, ИИН ________________________, (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Ф.И.О.(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">при наличии) ребенка (при заполнении в бумажном виде)             (при наличии) _____________ года рождения.      Информирую, что ребенок является (нужное указать):      1) ребенком военнослужащих, в том числе тех, которые погибли, умерли или пропали без вести во время прохождения службы (копия документа);      2) ребенком сотрудников специальных государственных органов, в том числе тех, которые погибли, умерли или пропали без вести во время прохождения службы (копия документа);      3) ребенком, законные представители которых являются инвалидами;       4) ребенком, с особыми образовательными потребностями (копия документа);      5) ребенком, оставшимся без попечения родителей;       6) ребенком сиротой;       7) ребенком из многодетной семьи.       8) не относится ни к одной из вышеперечисленных категорий.      Прошу уведомлять меня об изменениях моего заявления следующими </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">способами:   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">   1) электронное смс (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>sms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) уведомление в произвольной форме на следующие номера мобильных телефонов (не более двух номеров): _________________________;      2) электронные </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>email</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> уведомления в произвольной форме: ______________________.      (При изменений жизненных обстоятельств положение заявления в очереди может измениться. Заявления группируются в очереди по году рождения ребенка (календарный год) в порядке приоритета по дате подачи заявления.).      Подтверждаю, что я согласен (согласна) на использование сведений, составляющих охраняемых законом тайну, содержащихся в информационных системах.      Подпись _______________ Дата _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t>Приложение 2 к стандарту государственной услуги "Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">                                                _____________________________________                                          (фамилия, имя, отчество (при его наличии)                                          _____________________________________                                                (адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">)                        Расписка об отказе в приеме документов      Руководствуясь  статьи 20 Закона Республики Казахстан от 15 апреля пунктом 2 2013 года "О государственных услугах", отдел №__ филиала некоммерческого акционерного общества "Государственная корпорация "Правительство для граждан" (указать адрес) отказывает в приеме документов на оказание государственной услуги (указать наименование государственной услуги в соответствии со стандартом государственной услуги) ввиду представления Вами неполного пакета документов согласно перечню, </w:t>
+      </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      14. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен жағдайы туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", сондай-ақ, Бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны арқылы алу мүмкіндігіне ие.</w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="004D3E64" w:rsidRDefault="004D3E64" w:rsidP="004D3E64">
+        <w:t>предусмотренному стандартом государственной услуги, а именно:      Наименование отсутствующих документов:      1)      ________________________________________;      2)      ________________________________________;      3)      ….       Настоящая расписка составлена в 2-х экземплярах, по одному для каждой стороны.      Исполнитель: фамилия, имя, отчество (при его наличии) _________________________       подпись ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve">      Телефон ___________________________________      Получил: фамилия, имя, отчество (при его наличии) _____________________________       подпись ________      "____" _________ 20____ год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D3E64" w:rsidRDefault="004D3E64" w:rsidP="004D3E64">
-[...591 lines deleted...]
-    <w:sectPr w:rsidR="006F708B">
+    <w:p w:rsidR="00C02E01" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00C02E01">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B00D0B"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B00D0B"/>
+    <w:rsidRoot w:val="00D06E31"/>
+    <w:rsid w:val="001828BB"/>
+    <w:rsid w:val="00C02E01"/>
+    <w:rsid w:val="00D06E31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{7D04A457-90A6-40C0-AD19-B1181CBACB89}"/>
+  <w15:docId w15:val="{B5134698-B284-4D36-BC6A-B9B28B03EAE7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1833,54 +1691,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>3797</Words>
-  <Characters>21643</Characters>
+  <Words>2362</Words>
+  <Characters>13464</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>180</Lines>
-  <Paragraphs>50</Paragraphs>
+  <Lines>112</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25390</CharactersWithSpaces>
+  <CharactersWithSpaces>15795</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>