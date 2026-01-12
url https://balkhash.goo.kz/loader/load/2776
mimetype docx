--- v0 (2025-12-11)
+++ v1 (2026-01-12)
@@ -1,522 +1,5342 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
       <w:pPr>
-        <w:ind w:left="5664"/>
+        <w:ind w:left="6372"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>образования и науки Республики Казахстан от 7 апреля 2015 года № 172</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ғылым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 2015 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 7 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сәуірдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> № 172 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 2-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRPr="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
+    <w:p w:rsidR="00E75203" w:rsidRPr="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B64E5">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00E75203">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Стандарт государственной услуги "Прием документов и зачисление детей в дошкольные организации образования"</w:t>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E75203">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стандарты</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">      Сноска. Стандарт в редакции приказа Министра образования и науки РК от </w:t>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ескерту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Стандарт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>редакцияда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – ҚР </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ғылым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>11.10.2017  (</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> № 518 вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> № 518 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жарияланған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күнінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> он </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>өткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>соң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
-[...2 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">1-тарау. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ережелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">      1. Государственная услуга "Прием документов и зачисление детей в дошкольные организации образования" (далее – государственная услуга).</w:t>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      1. "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>стандартын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ғылым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>министрлігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Министрлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>әзірледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
-[...5 lines deleted...]
-        <w:t>услугодатель</w:t>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үлгідегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түрдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұйымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>кеңсесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">2-тарау. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мерзімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>топтамасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тапсырған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сәттен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 30 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сәтіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күтудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>рұқсат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>етілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұзақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>уақыты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>рұқсат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>етілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұзақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>уақыты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түрінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      6. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>нәтижесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ата-анасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бірі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>өкілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>араcында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жасалған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>баланы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұйымға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>стандартының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 10-тармағында </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>негіздер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетуден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> бас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>дәлелді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>нәтижесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұсыну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түрінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тұлғаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      8. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>кестесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>заңнамасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>демалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мереке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күндерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қоспағанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>дүйсенбі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жұма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>аралығында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>кестесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 13.00-ден 14.00-ге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түскі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үзіліспен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 09.00 -</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 18.00-ге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>нәтижелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 13.00-ден 14.30-ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түскі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үзіліспен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 09.00-ден 17.30-ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жазылусыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жеделдетіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетусіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>кезек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тәртібімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      9. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>берушіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жүгінген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тізбесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қабылдауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жолдама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жарамды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ата-анасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бірінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>өкілінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>куәландыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сәйкестендіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тууын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>куәландыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сәйкестендіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 2003 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 24 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>маусымдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>469  (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>Нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тізілімінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> № 2423 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> "Бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>денсаулығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>паспорты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">" 026/у-3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>есеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>нысанын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>толтыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>нұсқаулықта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қарастырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>паспорты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>денсаулығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      6) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>психологиялық-медициналық-педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>консультацияның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қорытындысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қажеттілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
-[...5 lines deleted...]
-        <w:t>услугодателя</w:t>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      10. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұсынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ондағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>деректердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мәліметтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>дұрыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>еместігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>анықталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>топтамасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>толық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұсынбаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қолданылу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>өтіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>кеткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұсынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жағдайларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетуден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> бас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тартады</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
-[...2 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">3-тарау. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қаланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>астананың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ауданның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қаланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>органдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>адамдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шешімдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>әрекетіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>әрекетсіздігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шағымдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">      4. Сроки оказания государственной услуги:</w:t>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      11. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>адамдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шешімдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>әрекетіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>әрекетсіздігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шағымдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>стандартының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 12-тармағында </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мекенжайлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қаланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>астананың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ауданның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қаланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> органы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>атына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">      1) с момента сдачи пакета документов – 30 минут;</w:t>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шағымында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>әкесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>болғанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>пошталық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Шағымға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қоюы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">      2) максимально допустимое время ожидания до момента приема документов – 15 минут;</w:t>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қаланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>астананың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ауданның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қаланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>органының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мекенжайына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>келіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түскен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шағымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күнінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> бес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қарастыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жатады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">      3) максимально допустимое время обслуживания – 15 минут.</w:t>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>нәтижелерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>келіспеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>органға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жүгіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">      5. Форма оказания государственной услуги: бумажная.</w:t>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мекенжайына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>келіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түскен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шағымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күнінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> он бес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қарастыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жатады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
-[...2 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>нәтижелерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>келіспеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тәртіппен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сотқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жүгінуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>заңнамасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
-[...2 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">4-тарау. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ерекшеліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ескеріле</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
-[...9 lines deleted...]
-        <w:t>).</w:t>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      12. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>орнының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Министрліктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> www.edu.gov.kz интернет-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ресурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>орналастырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
-[...9 lines deleted...]
-        <w:t>: с понедельника по пятницу, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан, в соответствии с установленным графиком работы с 9.00 - 18.00 часов, с перерывом на обед с 13.00 - 14.00.</w:t>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мәртебесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қашықтықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жеткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>режимінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бірыңғай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>орталығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">      Прием документов и выдача результатов оказания государственной услуги осуществляется с 09.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+    <w:p w:rsidR="00E75203" w:rsidRDefault="00E75203" w:rsidP="00E75203">
+      <w:r>
+        <w:t xml:space="preserve">      14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бірыңғай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>орталығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>: 1414, 8800-080-7777.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B64E5" w:rsidRDefault="000B64E5" w:rsidP="000B64E5">
-[...242 lines deleted...]
-    <w:sectPr w:rsidR="00890DAE">
+    <w:p w:rsidR="00DE50C8" w:rsidRDefault="00DE50C8"/>
+    <w:sectPr w:rsidR="00DE50C8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00652978"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00890DAE"/>
+    <w:rsidRoot w:val="00282888"/>
+    <w:rsid w:val="00282888"/>
+    <w:rsid w:val="00DE50C8"/>
+    <w:rsid w:val="00E75203"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{E66086EA-6248-487B-A55E-96CB1F5E90E2}"/>
+  <w15:docId w15:val="{9E8E1B11-075C-418A-9999-4ADAE6490BA5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1178,54 +5998,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>863</Words>
-  <Characters>4920</Characters>
+  <Words>934</Words>
+  <Characters>5325</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>44</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5772</CharactersWithSpaces>
+  <CharactersWithSpaces>6247</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>