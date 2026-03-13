--- v0 (2026-03-13)
+++ v1 (2026-03-13)
@@ -1,789 +1,1529 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00E50780" w:rsidRDefault="00E50780" w:rsidP="00E50780">
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
       <w:pPr>
-        <w:ind w:left="6372"/>
+        <w:ind w:left="5664"/>
       </w:pPr>
       <w:r>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 8 сәуірдегі № 179 бұйрығына 1-қосымша</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E50780" w:rsidRPr="00E50780" w:rsidRDefault="00E50780" w:rsidP="00E50780">
+        <w:t>Приложение 3 к приказу Министра образования и науки Республики Казахстан от 13 апреля 2015 года № 198</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRPr="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E50780">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="005C2451">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>"Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік көрсетілетін қызмет стандарты 1. Жалпы ережелер</w:t>
-[...95 lines deleted...]
-      </w:r>
+        <w:t>Стандарт государственной услуги "Выдача справок для распоряжения имуществом несовершеннолетних детей и оформления наследства несовершеннолетним детям"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Сноска. Приложение 3 в редакции приказа Министра образования и науки РК от 25.12.2017 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>№  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>вводится в действие по истечении десяти календарных дней после дня его первого 650 официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      1. Государственная услуга "Выдача справок для распоряжения имуществом несовершеннолетних детей и оформления наследства несовершеннолетним детям" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается местными исполнительными органами, городов Астаны и Алматы, районов и городов областного значения (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      1) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      2) веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t>Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      1) с момента сдачи документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, в Государственную корпорацию, а также при обращении на портал – 5 (пять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      При обращении в Государственную корпорацию день приема не входит в срок оказания государственной услуги. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> обеспечивает доставку результата государственной услуги в Государственную корпорацию, не позднее чем за сутки до истечения срока оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      2) максимально допустимое время ожидания для сдачи документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в Государственную корпорацию – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      3) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в Государственной корпорации – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      5. Форма оказания государственной услуги – электронная (частично автоматизированная) и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( или</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      6. Результат оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      1) справка для распоряжения имуществом, принадлежащим по праву наследования несовершеннолетним детям по форме согласно приложению 1 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>қойылған электрондық құжат нысанында білім беру ұйымына қабылданғаны туралы хабарлама келеді.</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 25.01.2018 № 28 </w:t>
+        <w:t xml:space="preserve">      2) справка в органы внутренних дел для распоряжения имуществом несовершеннолетних детей по форме согласно приложению 2 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      3) справка для распоряжения имуществом, принадлежащим на праве собственности несовершеннолетним детям по форме согласно приложению 3 к настоящему стандарту государственной услуги либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным в пункте 11 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Форма предоставления результата оказания государственной услуги – электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      В случае обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> за результатом оказания государственной услуги на бумажном носителе результат оказания государственной услуги оформляется в электронной форме, распечатывается, заверяется печатью и подписью уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается бесплатно физическим лицам (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      1) Государственной корпорации: с понедельника по субботу включительно в соответствии с установленным графиком работы с 9.00 до 20.00 часов без перерыва на обед, за исключением воскресенья и праздничных дней, согласно трудовому законодательству.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Прием осуществляется в порядке "электронной" очереди, по месту нахождения имущества без ускоренного обслуживания, возможно "бронирование" электронной очереди посредством портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t>праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      для получения справок для распоряжения имуществом, принадлежащим по праву наследования несовершеннолетним</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление по форме согласно приложению 4 к настоящему стандарту государственной </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>( алғашқы</w:t>
+        <w:t>услуги ;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">      1) көрсетілетін қызметті беруші: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбі мен жұманы қоса алғанда, белгіленген жұмыс кестесіне сәйкес сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға </w:t>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      2) документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      3) копия свидетельства о праве на наследство по закону (от нотариуса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      4) копия свидетельства о рождении ребенка, в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      на портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление в форме электронного документа, подписанное ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или удостоверенное одноразовым паролем, в случае регистрации и подключения абонентского номера </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      2) электронная копия свидетельства о праве на наследство по закону (от нотариуса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      3) электронная копия свидетельства о рождении ребенка, в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Для получения справок в органы внутренних дел для распоряжения имуществом несовершеннолетних детей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление по форме согласно приложению 5 к настоящему стандарту государственной </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>дейін .</w:t>
+        <w:t>услуги ;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00E50780" w:rsidRDefault="00E50780" w:rsidP="00E50780">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 25.01.2018 № 28 </w:t>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      2) документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      3) доверенность от имени отсутствующего супруга(-и) либо согласие отдельно проживающего законного представителя ребенка (детей) (при совместной собственности), заверенная нотариусом на совершение оформления сделки, свидетельство о смерти (в случае смерти), справка о рождении по форме, утвержденной  Министра юстиции Республики Казахстан "Об утверждении Правил приказом организации государственной регистрации актов гражданского состояния, внесения изменений, восстановления, аннулирования записей актов гражданского состояния" от 25 февраля 2015 № 112 ( далее – приказ № 112) (зарегистрированный в Реестре государственной регистрации нормативных правовых актов Республики Казахстан за № 10764) (в случае рождения ребенка вне брака до 2008 года);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      4) свидетельство о регистрации транспортного средства (в случае, утери свидетельства о регистрации транспортного средства, справка-подтверждение, выдаваемая органами внутренних дел);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      5) копия свидетельства о рождении ребенка, в случае рождения до 13 августа 2007 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      6) копия свидетельства о заключении или расторжении брака, в случае заключения или расторжения брака до 2008 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      на портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление в форме электронного документа, подписанное ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или удостоверенное одноразовым паролем, в случае регистрации и подключения абонентского номера </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      2) электронная копия доверенности от имени отсутствующего супруга(-и) либо согласие отдельно проживающего законного представителя ребенка (детей) (при совместной собственности), заверенная нотариусом на совершение оформления сделки, свидетельство о </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>смерти (в случае смерти</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>( алғашқы</w:t>
+        <w:t>) ,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">      1) осы </w:t>
+        <w:t xml:space="preserve"> электронная копия справки о рождении по форме, в соответствии с  (в случае приказом № 112 рождения ребенка вне брака до 2008 года);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      3) электронная копия свидетельства о регистрации транспортного средства (в случае, утери свидетельства о регистрации транспортного средства, справка-подтверждение, выдаваемая органами внутренних дел);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      4) электронная копия свидетельства о рождении ребенка, в случае рождения до 13 августа 2007 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      5) электронная копия свидетельства о заключении или расторжения брака, в случае заключения или расторжения брака до 2008 года либо за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Для получения справок для распоряжения имуществом несовершеннолетних, принадлежащим на праве собственности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление по форме согласно приложению 6 к настоящему стандарту государственной </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>стандартқа  сәйкес</w:t>
+        <w:t>услуги ;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...18 lines deleted...]
-    <w:p w:rsidR="00E50780" w:rsidRDefault="00E50780" w:rsidP="00E50780">
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      2) документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      3) доверенность от имени отсутствующего супруга(-и) либо согласие отдельно проживающего законного представителя ребенка (детей) (при совместной собственности), заверенная нотариусом на совершение оформления сделки, либо свидетельство о смерти (в случае смерти), справка о рождении по форме, в соответствии </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>с  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>в случае рождения ребенка вне брака до 2008 приказом № 112 года);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      4) документ, подтверждающий наличие имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      5) копия свидетельства о заключении или расторжении брака, в случае заключения или расторжения брака до 2008 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      6) копия свидетельства о рождении ребенка, в случае рождения до 13 августа 2007 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      на портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление в форме электронного документа, подписанное ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или удостоверенное одноразовым паролем, в случае регистрации и подключения абонентского номера </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      2) электронная копия доверенности от имени отсутствующего супруга(-и) либо согласие отдельно проживающего законного представителя ребенка (детей) (при совместной собственности), заверенная нотариусом на совершение оформления сделки, свидетельство о смерти (в случае смерти</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>) ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> электронная копия справки о рождении по форме, в соответствии с  (в случае приказом № 112 рождения ребенка вне брака до 2008 года);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      3) электронная копия документа, подтверждающего наличие имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      4) электронная копия свидетельства о заключении или расторжении брака, в случае заключения или расторжения брака до 2008 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Ерекше білім берілуіне қажеттілігі бар балаларды білім беру ұйымдарына оқуға қабылдау үшін заңды өкілдерінің келісімі болған жағдайда педагогикалық-медициналық-психологиялық комиссияның қорытындысы қосымша беріледі.</w:t>
-[...64 lines deleted...]
-        <w:t xml:space="preserve">      Көрсетілетін қызметті алушының жеке басын растайтын құжат, баланың туу туралы куәлігі </w:t>
+        <w:t xml:space="preserve">      5) электронная копия свидетельства о рождении ребенка, в случае рождения до 13 августа 2007 года либо за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Сведения о документах, удостоверяющих личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, свидетельстве о рождении ребенка (в случае рождения ребенка после 13 августа 2007 года), свидетельстве о заключении или расторжении брака (в случае заключения или расторжения брака после 2008 года), справка о рождении (в случае рождения ребенка вне брака после 2008 года), справка об опеке и попечительстве (для опекунов), о регистрации имущества, транспортного средства работник </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">Государственной корпорации и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Работник Государственной корпорации получает согласие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      При приеме документов работник Государственной корпорации выдает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> расписку о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме документов при предъявлении удостоверения личности (либо его представителя по нотариально заверенной доверенности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает его </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для дальнейшего хранения. При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по истечении одного месяца по запросу Государственной корпорации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      В случае обращения через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в "личный кабинет" направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      10. В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 7 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      11. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      1) установление недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      2) несоответствие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>( егер</w:t>
+        <w:t>установленным  Республики</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> бала 2008 жылдан кейін туылса) туралы мәліметтерді "электронды үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="00E50780" w:rsidRDefault="00E50780" w:rsidP="00E50780">
+        <w:t xml:space="preserve"> Казахстан от 27 декабря 1994 года и  Гражданским кодексом постановлением Правительства Республики Казахстан от 30 марта 2012 года № 382 "Об утверждении Правил осуществления функций государства по опеке и попечительству";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      3) в отношении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеется вступившее в законную силу решение суда, на основании которого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> лишен специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 25.01.2018 № 28 </w:t>
+        <w:t xml:space="preserve">Глава 3. Порядок обжалования решений, действий (бездействия) местных исполнительных органов областей, города республиканского значения, столицы, районов, городов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">областного значения, а также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) их должностных лиц, Государственной корпорации и (или) их работников по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      12. Обжалование решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по адресам, указанным в пункте 15 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба подается в письменной форме по почте либо нарочно через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, а также посредством портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Подтверждением принятия жалобы в Государственную корпорацию, поступившей как нарочно, так и почтой, является ее регистрация (штамп, входящий </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>( алғашқы</w:t>
+        <w:t>номер</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">      Ескерту. 2-тарау 9-1-тармақпен толықтырылды – ҚР Білім және ғылым министрінің 25.01.2018 № 28 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. 3. Мемлекеттік қызметті көрсету мәселелері бойынша республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы </w:t>
+        <w:t xml:space="preserve"> и дата регистрации проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      При обращении через портал информацию о порядке обжалования можно получить по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или Государственной корпорации, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услогополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по почте либо выдается нарочно в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или Государственной корпорации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      13. В случаях несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t>Глава 4. Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, имеющим в установленном законодательством порядке полную или </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>органдарының ,</w:t>
+        <w:t>частичную утрату способности</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">      2) республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар </w:t>
+        <w:t xml:space="preserve"> или возможности осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться прием документов для оказания государственной услуги производится работником Государственной корпорации с выездом по месту жительства посредством обращения через Единый контакт-центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      15. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">            2) интернет–ресурсе Государственной корпорации: www.gov4c.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      3) портале: www.egov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      16. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      17. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      18. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на интернет – ресурсах Министерства www.edu.gov.kz, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> www.bala-kkk.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t>Приложение 1 к стандарту государственной услуги "Выдача справок для распоряжения имуществом несовершеннолетних детей и оформления наследства несовершеннолетним детям" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t>Справка для распоряжения имуществом несовершеннолетних, принадлежащим по праву наследования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Местный исполнительный орган городов Астаны и Алматы, районов и городов областного значения разрешает _____ (Ф.И.О. (при его наличии) заявителя), "___" _______ ____года рождения, удостоверение личности № _____ от ______года, выдано______, законному(-ым) представителю(-ям) ( родителям (родителю), опекуну или попечителю, патронатному воспитателю и другим заменяющим их лицам) несовершеннолетнего _________ (Ф.И.О. (при его наличии) ребенка, года рождения) распорядиться наследуемым имуществом в _________ (наименование организации) с причитающимся инвестиционным доходом, пеней и иными поступлениями в соответствии с законодательством, согласно свидетельству о праве на наследство по закону/завещанию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>от____года</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, выданного нотариусом (государственная лицензия №______ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>от_____года</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, выдана _____), в связи со смертью вкладчика (Ф.И.О. (при его наличии) наследодателя),_____________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Руководитель местного исполнительного</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      органа городов Астаны и Алматы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      районов городов областного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>значения__________подпись</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>қаланың )</w:t>
+        <w:t>Ф.И.О.(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> жергілікті атқарушы органдарының интернет-ресурстарында көрсетілген мекенжайлар бойынша көрсетілетін қызметті берушінің басшысының атына шағымды қабылдаған адамның тегі мен аты-жөні, берілген шағымға жауап алу мерзімі мен орны көрсетіле отырып беріледі.</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">      12. Көрсетілетін қызметті берушінің мекен-жайы: Министрліктің интернет-ресурсында </w:t>
+        <w:t>при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Справка действительна в течение 1 (одного) месяца со дня выдачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t>Приложение 2 к стандарту государственной услуги "Выдача справок для распоряжения имуществом несовершеннолетних детей и оформления наследства несовершеннолетним детям" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">                                          Справка                   в органы внутренних дел для распоряжения имуществом                         несовершеннолетних детей      Местный исполнительный орган городов Астаны и Алматы, районов и городов областного значения, действующий в интересах несовершеннолетнего (-ей, -</w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>их) ______________________________________________________________________разрешает _______________________________________________________________________________ транспортного средства ___________________________________________________________      Руководитель местного исполнительного      органа городов Астаны и Алматы,      районов городов областного значения      __________ ________________________      подпись       (Ф.И.О.(при его наличии)      Место печати      Справка действительна в течение 1 (одного) месяца со дня выдачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t>Приложение 3 к стандарту государственной услуги "Выдача справок для распоряжения имуществом несовершеннолетних детей и оформления наследства несовершеннолетним детям" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">                                          Справка                  для распоряжения имуществом </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>( www.egov.kz</w:t>
+        <w:t xml:space="preserve">несовершеннолетних,   </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> сайтының "Мемлекеттік қызмет" бөлімінде), республикалық маңызы бар қаланың </w:t>
-      </w:r>
+        <w:t xml:space="preserve">                     принадлежащим на праве собственности Местный исполнительный орган городов Астаны и Алматы, районов и городов областного </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t>значения разрешает (Ф.И.О. (при его наличии) заявителя)_____________________________,_______года рождения, (удостоверение личности №___________ от ________года, выдано___________), законному (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) представителю (ям) (родители (родитель), опекуну (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) или попечителю, патронатному воспитателю и другим заменяющим их лицам) несовершеннолетнего ребенка (детей) ________________________ _________________________(Ф.И.О. (при его наличии) ребенка, года рождения), распорядиться имуществом несовершеннолетнего ребенка (детей) в _____________________(наименование организации), с причитающимися инвестиционным доходом, пеней и иными поступлениями в соответствии с законодательством.      Руководитель местного исполнительного       органа городов Астаны и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">Алматы,   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">    районов городов областного значения       __________ ________________________      подпись       (Ф.И.О.(при его наличии)       Место печати       Справка действительна в течение 1 (одного) месяца со дня выдачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t>Приложение 4 к стандарту государственной услуги "Выдача справок для распоряжения имуществом несовершеннолетних детей и оформления наследства несовершеннолетним детям" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">                                                 Местный исполнительный орган                                                городов Астаны и Алматы,                                           районов и городов областного значения                                          от гражданина(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) ___________________                                           (Ф.И.О. (при его наличии)) и                                     индивидуальный идентификационный номер)                                     Проживающий (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) по адресу, телефон                                    __________________________________________                                    Заявление      Прошу Вашего разрешения распорядиться наследуемым имуществом в_______________ (наименование организации) указывается согласно записи в свидетельстве о праве на наследство) за несовершеннолетних детей (Ф.И.О. (при его наличии)) _____________ в связи со смертью вкладчика (Ф.И.О. (при его наличии)) ________      Согласен(а) на использования сведений, составляющих охраняемую  РК Законом "О персональных данных и их защите" тайну, содержащихся в информационных системах. "___"__________20__года______________________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>_(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>подпись заявителя(ей))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t>Приложение 5 к стандарту государственной услуги "Выдача справок для распоряжения имуществом несовершеннолетних детей и оформления наследства несовершеннолетним детям"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органдарының интернет-ресурстарында көрсетіледі.</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 25.01.2018 № 28 </w:t>
+        <w:t xml:space="preserve"> Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">                                                 Местный исполнительный орган                                                 городов Астаны и Алматы,                                           районов и городов областного значения                                          от гражданина(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) _____ ________________                                          _______________________ ______________                                                (Ф.И.О. (при его наличии)) и                                     индивидуальный идентификационный номер)                                           Проживающий (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) по адресу, телефон                                          _______________________ ______________                                    Заявление      Прошу Вашего разрешения на осуществление сделки в отношении транспортного средства, принадлежащего на праве собственности несовершеннолетнему(им) ребенку (детям): _________________________________________________________________ _______________ (указать Ф.И.О. (при его наличии) детей, год рождения, № свидетельства о рождении, дети старше 10 лет расписываются, пишут слово "согласны") _________________________________________________________________ _______________      Согласен(а) на использования сведений, составляющих охраняемую  РК Законом "О персональных данных и их защите" тайну, содержащихся в информационных системах. "___"__________20__года_________________________                     </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>( алғашқы</w:t>
+        <w:t xml:space="preserve">   (</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E50780" w:rsidRDefault="00E50780" w:rsidP="00E50780">
+        <w:t>подпись заявителя(ей))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve"> Приложение 6 к стандарту государственной услуги "Выдача справок для распоряжения имуществом несовершеннолетних детей и оформления наследства несовершеннолетним детям" Форма                                                 Местный исполнительный орган                                                 городов Астаны и Алматы,                                           районов и городов областного значения                                           от гражданина(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451"/>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E50780" w:rsidRDefault="00E50780" w:rsidP="00E50780">
-[...94 lines deleted...]
-    <w:p w:rsidR="00E50780" w:rsidRDefault="00E50780" w:rsidP="00E50780">
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t>_______________                                                      (Ф.И.О. ( при его наличии)) и                                           индивидуальный идентификационный                                                                  номер)                                           Проживающий (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) по адресу, телефон                                          _______________________ _______________                                    Заявление      Прошу Вашего разрешения на распоряжение (уступка прав и обязательств, расторжение договоров) имуществом в______________________________ ________________ (наименование организации) несовершеннолетних детей: _________________________________________________________________ _______________ _________________________________________________________________ _______________      (указать Ф.И.О. (при его наличии) детей, год рождения, № свидетельства о рождении, дети старше 10 лет расписываются, пишут слово – "согласны")       Сведения об отце (Ф.И.О. (при его наличии) и индивидуальный идентификационный номер, № удостоверения личности, кем и когда выдано) _______________________________      Сведения о матери (Ф.И.О. (при его наличии) и индивидуальный идентификационный номер, № удостоверения личности, кем и когда выдано) ____________ ___________________      Согласен(а) на использования сведений, составляющих охраняемую  РК Законом "О персональных данных и их защите" тайну, содержащихся в информационных системах. "___"__________20__года ___________________________                     </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">   (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>подпись обоих родителей)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve"> Приложение 7 к стандарту государственной услуги "Выдача справок для распоряжения имуществом несовершеннолетних детей и оформления наследства несовершеннолетним детям" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">                                                ___________________________________                                                (Ф.И.О. (при его наличии),                                           либо наименование организации                                                      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>(қолы) "Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік</w:t>
-[...109 lines deleted...]
-    <w:sectPr w:rsidR="00D35478">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">)                                          ___________________________________                                          (адрес проживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)                        Расписка об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2451" w:rsidRDefault="005C2451" w:rsidP="005C2451">
+      <w:r>
+        <w:t xml:space="preserve">      Руководствуясь  статьи 20 Закона Республики Казахстан от 15 апреля 2013 пунктом 2 года "О государственных услугах", отдел № __ филиала некоммерческого акционерного общество "Государственная корпорация "Правительство для граждан" ______________________________ (указать адрес) отказывает в приеме документов на оказание государственной услуги _______________________________________________________________________________ (наименование государственной услуги) ввиду представления Вами неполного пакета документов согласно перечню, предусмотренному стандартом государственной услуги, а именно:      Наименование отсутствующих документов:      1) ________________________________________;      2) ________________________________________;      Настоящая расписка составлена в 2 экземплярах, по одному для каждой стороны.      Ф.И.О.(при его наличии)_____________________________________      (работника Государственной корпорации)       ____________________                                                      (подпись)      Ф.И.О.(при его наличии) исполнителя _____________      Телефон __________      Получил Ф.И.О.(при его наличии)             _________________________                                          (подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)      "___" _________ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B166A8" w:rsidRDefault="00B166A8"/>
+    <w:sectPr w:rsidR="00B166A8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007962D3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E50780"/>
+    <w:rsidRoot w:val="008C3BE5"/>
+    <w:rsid w:val="005C2451"/>
+    <w:rsid w:val="008C3BE5"/>
+    <w:rsid w:val="00B166A8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{80EB6F59-3AC4-4096-9EB1-159C462CE151}"/>
+  <w15:docId w15:val="{8CC91DB6-0A95-4020-A7CF-3F935B75B46F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1445,54 +2185,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2182</Words>
-  <Characters>12440</Characters>
+  <Words>4266</Words>
+  <Characters>24319</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>103</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>202</Lines>
+  <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14593</CharactersWithSpaces>
+  <CharactersWithSpaces>28528</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>