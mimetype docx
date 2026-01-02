--- v0 (2025-12-09)
+++ v1 (2026-01-02)
@@ -1,865 +1,916 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
       <w:pPr>
-        <w:ind w:left="5664"/>
+        <w:ind w:left="4956"/>
       </w:pPr>
       <w:r>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 172 бұйрығына 1-қосымша</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="007507F7" w:rsidRPr="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+        <w:t>Приложение 16 к приказу Министра образования и науки Республики Казахстан "Об утверждении стандартов государственных услуг в сфере семьи и детей" от 13 апреля 2015 года № 198</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRPr="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="007507F7">
+      <w:r w:rsidRPr="00720692">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>"Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі (7 жасқа дейін) жастағы балаларды кезекке қою" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+        <w:t>Стандарт государственной услуги "Передача ребенка (детей) на воспитание в приемную семью и назначение выплаты денежных средств на их содержание"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">      Ескерту. Стандарт жаңа редакцияда – ҚР Білім және ғылым министрінің </w:t>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      Сноска. Приказ дополнен приложением 15 в соответствии с приказом Министра образования и науки РК от </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>11.10.2017  (</w:t>
+        <w:t>25.12.2017  (</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> № 518 алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен</w:t>
-[...74 lines deleted...]
-        <w:t xml:space="preserve">      6. Мемлекеттік қызмет көрсетудің нәтижесі кезекке қою туралы хабарлама беру (ерікті нысанда), орын болған жағдайда – мектепке дейінгі ұйымға жолдама беру (ерікті нысанда) немесе осы мемлекеттік көрсетілетін қызмет </w:t>
+        <w:t>вводится в действие по истечении десяти календарных дней после № 650 дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      1. Государственная услуга "Передача ребенка (детей) на воспитание в приемную семью и назначение выплаты денежных средств на их содержание" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается местными исполнительными органами городов Астаны и Алматы, районов и городов областного значения (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляется через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      Выдача результата оказания государственной услуги осуществляются через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t>Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      1) с момента сдачи документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 30 (тридцать) календарных дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      2) максимально допустимое время ожидания для сдачи документов – 20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      3) максимально допустимое время обслуживания – 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      5. Форма оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      6. Результат оказания государственной услуги – договор о передаче ребенка (детей) на воспитание в приемную семью и решение о назначении выплаты денежных средств на их содержание по форме согласно приложению 1 к настоящему стандарту, либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      Форма предоставления результата оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается физическим лицам (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      8. График работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление о приеме ребенка (детей) на воспитание в приемную семью и назначении выплаты денежных средств на их содержание по форме согласно приложению 2 к настоящему Стандарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      2) копии документов, удостоверяющих личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      3) копию свидетельства о заключении брака, если состоит в браке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      4) справки о состоянии здоровья </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и супруга(-и), если состоит в браке, подтверждающие отсутствие заболеваний в соответствии с , утвержденным приказом Министра перечнем здравоохранения и социального развития Республики Казахстан от 28 августа 2015 года № 692 "Об утверждении перечня заболеваний, при наличии которых лицо не может усыновить ребенка, принять его под опеку или попечительство, патронат" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан за № 12127) (далее – приказ № 692), а также справки об отсутствии сведений о состоянии на учете в наркологическом и психиатрическом диспансерах в соответствии с формой, утвержденной  исполняющего обязанности Министра приказом здравоохранения Республики Казахстан "Об утверждении форм первичной медицинской документации организаций здравоохранения" от 23 ноября 2010 года № 907 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан за № 6697) (далее – приказ № 907);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      5) копии справок о наличии либо отсутствии судимости </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и супруга(-и), если состоит в браке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      6) документы, подтверждающие право собственности на жилище или право пользования жилищем (договор аренды) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) супруга(-и), если состоит в браке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      7) копию договора об открытии текущего счета в банке второго уровня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      Акт жилищно-бытовых условий лица, претендующего принять ребенка на воспитание в приемную семью, по форме согласно приложению 3 к настоящему стандарту государственной услуги готовится </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> после предоставления вышеназванных документов в течение десяти календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      10. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      1) несовершеннолетие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      2) признание судом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> недееспособным или ограниченно дееспособным;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      3) лишение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> судом родительских прав или ограниченных судом в родительских правах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      4) отстранение от выполнения обязанностей опекуна или попечителя за ненадлежащее выполнение возложенных на него законом Республики Казахстан обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      5) решение суда об отмене усыновления по вине бывших усыновителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      6) наличие у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> заболеваний, препятствующих осуществлению обязанности опекуна или попечителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      7) отсутствие у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> постоянного места жительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      8) наличие непогашенной или неснятой судимости за совершение умышленного преступления на момент установления опеки (попечительства), а также лиц, указанных в подпункте 13) настоящего пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      9) отсутствие гражданства у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      10) обращение лица мужского пола, не состоящего в зарегистрированном браке (супружестве), за исключением случаев фактического воспитания ребенка не менее трех лет в связи со смертью матери или лишением ее родительских прав;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      11) отсутствие у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> на момент установления опеки или попечительства дохода, обеспечивающего подопечному прожиточный минимум, установленный законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      12) состояние </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> на учетах в наркологическом или психоневрологическом диспансерах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      13) наличие имеющейся или имевшейся судимости, подвергающийся или подвергавшийся уголовному преследованию (за исключением лиц, уголовное преследование в отношении которых прекращено на основании подпунктов 1) и 2) части первой  Уголовно-процессуального статьи 35 кодекса Республики Казахстан от 4 июля 2014 года) за уголовные правонарушения: убийство, умышленное причинение вреда здоровью, против здоровья населения и нравственности, половой неприкосновенности, за экстремистские или террористические преступления, торговлю людьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">Глава 3. Порядок обжалования решений, действий (бездействия) местных исполнительных органов городов Астаны и Алматы, районов и городов областного значения, а также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      11. Обжалование решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> либо </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>стандартының  белгіленген</w:t>
+        <w:t>руководителя</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> мемлекеттік қызметті 10-тармағында көрсетуден бас тарту туралы дәлелді жауап болып табылады.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+        <w:t xml:space="preserve"> соответствующего местного исполнительного органа городов Астаны и Алматы, районов и городов областного значения (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>акимат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) по адресам, указанным в пункте 13 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба подается в письменной форме по почте либо нарочно через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услогополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по почте либо выдается нарочно в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға жүгінгенде мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті берушінің кезектілікті басқарудың арнайы ақпараттық жүйесі арқылы ресімделеді және электронды құжат нысанында көрсетілетін қызметті алушыға жолданады.</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">      Портал арқылы жүгінгенде мемлекеттік қызмет көрсету нәтижесі көрсетілетін қызметті алушыға көрсетілетін қызметті берушінің уәкілетті тұлғасының электронды цифрлық қолтаңбасымен </w:t>
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      Также информацию о порядке обжалования действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) его должностных лиц можно получить по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      12. В случаях несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t>Глава 4. Иные требования с учетом особенностей оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      13. Адреса мест оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Министерства: www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      15. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Министерства www.edu.gov.kz, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> www.bala-kkk.kz. Единый контакт-центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t>Приложение 1 к стандарту государственной услуги "Передача ребенка (детей) на воспитание в приемную семью и назначение выплаты денежных средств на их содержание" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">                                          Решение                   о назначении денежных средств, выделяемых на содержание                         ребенка (детей), переданного в приемную семью      № ___ от "___" ____ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      ________________________________________________________________________________                           </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>( бұдан</w:t>
+        <w:t xml:space="preserve">   (</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> әрі – ЭЦҚ) расталған электронды құжат нысанында "жеке кабинетке" жолданады.</w:t>
-[...84 lines deleted...]
-        <w:t xml:space="preserve">      1) осы мемлекеттік көрсетілетін қызмет </w:t>
+        <w:t>наименование органа)      № дела _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">            Гражданин (ка) _____________________________________________________      (фамилия, имя, отчество (при его наличии))      Дата обращения _____________________________________________________ ________________________________________________________________________________      Ф.И.О. (при его наличии) ребенка      Дата рождения ребенка _____________________________________________      Договор о передаче ребенка в приемную семью ________________________      Дата заключения _______ 20 __ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      Назначенная сумма денежных средств с ____20 __ года по ___20 __ года      в размере _______________________________ месячных расчетных      показателей             (прописью)      Выплата денежных средств прекращена по причине: ________________________________________________________________________________ М.П. ________________________________________________________________________________                  (подпись и Ф.И.О. (при его наличии) руководителя органа)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 2 к стандарту государственной услуги "Передача ребенка (детей) на воспитание в приемную семью и назначение выплаты денежных средств на их содержание" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">                                            Местный исполнительный орган                                                городов Астаны и Алматы,                                          районов и городов областного значения                                          от ______________ __________________                                          _________________ ________________                                                (Ф.И.О. ( при его наличии)) и                                          индивидуальный идентификационный                                                            номер)                                                Проживающими по адресу,                                                            Телефон                                                ___________ _____________________                                                ___________ _____________________                                    Заявление       Просим Вас передать на воспитание в приемную семью детей:      1. _______________ указать Ф.И.О. (при его наличии) и индивидуальный идентификационный номер детей       2._______________ указать Ф.И.О. (при его наличии) и индивидуальный идентификационный номер детей,      3._______________ указать Ф.И.О. (при его наличии) и индивидуальный идентификационный номер детей,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>стандартына  сәйкес</w:t>
+        <w:t>4._</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> нысан бойынша 1-қосымшаға өтініш;</w:t>
-[...7 lines deleted...]
-    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+        <w:t>______________ указать Ф.И.О. (при его наличии) и индивидуальный идентификационный номер детей, проживающим (и) ( наименование организации образования): ___________________________________________________________ _____ и назначить денежные средства на их содержание.       Против проведения обследования жилищно-бытовых условий не возражаем. "___" ____________ 20__ года                                    подпись лиц</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve"> Приложение 3 к стандарту государственной услуги "Передача ребенка (детей) на воспитание в приемную семью и назначение выплаты денежных средств на их содержание" Форма                                                            Утверждаю                                                            Руководитель                                                местного исполнительного органа                                                городов Астаны и Алматы, районов                                                и городов областного значения                                                ___________ _____________________                                                      Ф.И.О . (при его наличии)                                                "__" ______ ________ 20___ года                                                дата, подпись, место печати                                    АКТ             обследования жилищно-бытовых условий лиц, желающих принять                         ребенка (детей) в приемную семью Дата проведения обследования ___________________________________________________________ _____________________ Обследование проведено ___________________________________________________________ _____________________                  (фамилия, имя, отчество (при его наличии) , должность лица проводившего обследование _________________________________ ______________________ Адрес и телефон органа, осуществляющего функции по опеке и попечительству: ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692"/>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">_____________________ ___________________________________________________________ _____________________ 1. Проводилось обследование условий жизни (Ф.И.О. (при его наличии), год рождения)___________________ _________________________ ___________________________________________________________ _____________________ Документ, удостоверяющий личность__________________________ _____________________ Место жительства (по месту регистрации)____________________ ________________________ ___________________________________________________________ _____________________ Место фактического проживания _____________________________ ______________________ ___________________________________________________________ _____________________ Образование________________________________________________ _____________________ Место работы_______________________________________________ _____________________ (Ф.И.О. (при его наличии), год рождения)___________________ _________________________ </w:t>
+      </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      3) көрсетілетін қызметті алушының (ата-анасының бірінің немесе заңды өкілдерінің </w:t>
+        <w:t>___________________________________________________________ _____________________ Документ, удостоверяющий личность__________________________ _____________________ Место жительства (по месту регистрации)____________________ ________________________ ___________________________________________________________ _____________________ Место фактического проживания______________________________ _____________________ ___________________________________________________________ _____________________ Образование________________________________________________ _____________________ Место работы_______________________________________________ _____________________ 2. Общая характеристика жилищно-бытовых условий Документ, подтверждающий право пользования жилищем ___________________________________________________________ _____________________ Ф.И.О. (при его наличии ) собственника жилья______________________________________________________ _____________________ ___________________________________________________________ _____________________ Общая площадь ___________ (кв. м) жилая площадь ___________ __ (кв. м) Количество жилых комнат _________ прописаны ________( постоянно, временно) Благоустроенность жилья</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t>___________________________________________________________ _____________________                  (благоустроенное, неблагоустроенное, с частичными удобствами) Санитарно-гигиеническое состояние _________________________ ______________________                  (хорошее, удовлетворительное, неудовлетворительное) Дополнительные сведения о жилье ( наличие отдельного спального места для ребенка, подготовки уроков, отдыха, наличие мебели) ________________ _________________________ ___________________________________________________________ _____________________ 3. Другие члены семьи, проживающие совместно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">Фамилия, имя, отчество </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>( сәйкестендіру</w:t>
+        <w:t>( при</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> үшін) жеке басын куәландыратын құжат;</w:t>
-[...489 lines deleted...]
-    <w:sectPr w:rsidR="00D83BE7">
+        <w:t xml:space="preserve"> его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t>Дата рождения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t>Место работы, должность или место учебы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t>Родственное отношение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00720692" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t>примечание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A49F8" w:rsidRDefault="00720692" w:rsidP="00720692">
+      <w:r>
+        <w:t xml:space="preserve">      4. Сведения о доходах семьи: общая сумма _____________, в том числе заработная плата, другие доходы ________________________ (расписать). 5. Характеристика приемной семьи (межличностные взаимоотношения в семье, личные качества, интересы, опыт общения с детьми, готовность всех членов семьи к приему детей) ________________________________________________________________________________ 6. Мотивы создания приемной семьи ________________________________________________________________________________ ________________________________________________________________________________ 7. Заключение (наличие условий для передачи детей в приемную семью) ________________________________________________________________________________ _________ ___________________ (подпись) (инициалы, фамилия) _______________      (дата) Ознакомлены:____________________________________________________________________      Ф.И.О. (при его наличии), дата, подпись кандидатов в приемные родители)</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="000A49F8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001303AE"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D83BE7"/>
+    <w:rsidRoot w:val="00C167B1"/>
+    <w:rsid w:val="000A49F8"/>
+    <w:rsid w:val="00720692"/>
+    <w:rsid w:val="00C167B1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{D2663D97-01AA-47F1-A4F2-67E8A25B6442}"/>
+  <w15:docId w15:val="{A1E1BDE8-2F58-4B3D-9125-F0A0C512C768}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1521,54 +1572,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2371</Words>
-  <Characters>13521</Characters>
+  <Words>2820</Words>
+  <Characters>16077</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>112</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>133</Lines>
+  <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15861</CharactersWithSpaces>
+  <CharactersWithSpaces>18860</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>