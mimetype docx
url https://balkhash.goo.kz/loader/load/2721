--- v0 (2025-12-10)
+++ v1 (2025-12-18)
@@ -1,1035 +1,865 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
       <w:pPr>
         <w:ind w:left="5664"/>
       </w:pPr>
       <w:r>
-        <w:t>Приложение 1 к приказу Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001828BB" w:rsidRPr="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 172 бұйрығына 1-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRPr="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="001828BB">
+      <w:r w:rsidRPr="007507F7">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Стандарт государственной услуги "Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации"</w:t>
+        <w:t>"Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі (7 жасқа дейін) жастағы балаларды кезекке қою" мемлекеттік көрсетілетін қызмет стандарты</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">      Сноска. Стандарт в редакции приказа Министра образования и науки РК от </w:t>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Ескерту. Стандарт жаңа редакцияда – ҚР Білім және ғылым министрінің </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>11.10.2017  (</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> № 518 вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...86 lines deleted...]
-        <w:t xml:space="preserve">, в Государственную корпорацию, на портал – 30 </w:t>
+        <w:t xml:space="preserve"> № 518 алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t>1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      1. "Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі (7 жасқа дейін) жастағы балаларды кезекке қою" мемлекеттік көрсетілетін қызметі (бұдан әрі – мемлекеттік көрсетілетін қызмет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      2. Мемлекеттік көрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      3. Мемлекеттік көрсетілетін қызметті облыстардың, Астана және Алматы қалаларының, аудандардың (облыстық маңызы бар қалалардың) жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      3) "электрондық үкіметтің" веб-порталы: www.egov.kz (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t>2-тарау. Мемлекеттік қызметті көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      4. Мемлекеттік қызмет көрсету мерзімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті берушіге, Мемлекеттік корпорацияға, порталға жүгінген сәтінен бастап – 30 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      2) көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      3) көрсетілетін қызметті берушінің немесе Мемлекеттік корпорацияның қызмет көрсетуінің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      5. Мемлекеттік қызмет көрсету нысаны: электронды (толық автоматтандырылған) және (немесе) қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      6. Мемлекеттік қызмет көрсетудің нәтижесі кезекке қою туралы хабарлама беру (ерікті нысанда), орын болған жағдайда – мектепке дейінгі ұйымға жолдама беру (ерікті нысанда) немесе осы мемлекеттік көрсетілетін қызмет </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>минут ;</w:t>
+        <w:t>стандартының  белгіленген</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...28 lines deleted...]
-        <w:t xml:space="preserve">      5. Форма оказания государственной услуги: электронная (полностью автоматизированная) и </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> мемлекеттік қызметті 10-тармағында көрсетуден бас тарту туралы дәлелді жауап болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға жүгінгенде мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті берушінің кезектілікті басқарудың арнайы ақпараттық жүйесі арқылы ресімделеді және электронды құжат нысанында көрсетілетін қызметті алушыға жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Портал арқылы жүгінгенде мемлекеттік қызмет көрсету нәтижесі көрсетілетін қызметті алушыға көрсетілетін қызметті берушінің уәкілетті тұлғасының электронды цифрлық қолтаңбасымен </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>( или</w:t>
+        <w:t>( бұдан</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>) бумажная.</w:t>
-[...36 lines deleted...]
-    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+        <w:t xml:space="preserve"> әрі – ЭЦҚ) расталған электронды құжат нысанында "жеке кабинетке" жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік қызметті көрсету нәтижесін ұсыну нысаны: электронды және (немесе) қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      7. Мемлекеттік қызмет жеке тұлғаларға (бұдан әрі - көрсетілетін қызметті алушы) тегін көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Бірінші кезекті орынды алуға мыналар құқылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      1) заңды өкілдері мүгедек болып табылатын балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      2) ата-анасының қамқорлығынсыз қалған балалар және жетім балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      3) көп балалы отбасылардан шыққан балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      4) ерекше білім беруді қажет ететін балалар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      8. Жұмыс кестесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті беруші: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, көрсетілетін қызметті берушінің белгіленген жұмыс кестесі бойынша, дүйсенбі – жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 18.30-ға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30 -ға дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      2) Мемлекеттік корпорация: Қазақстан Республикасының еңбек заңнамасына сәйкес жексенбі және мереке күндерін қоспағанда, белгіленген жұмыс кестесі бойынша дүйсенбі мен сенбіні қоса алғанда түскі үзіліссіз сағат 09.00-ден 20.00-ге дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Қабылдау "электронды" кезек тәртібінде көрсетілетін қызметті алушының таңдауы бойынша жүзеге асырылады, электронды кезекті портал арқылы брондауға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      3) порталда: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      9. Көрсетілетін қызметті алушы жүгінген кезде мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      1) осы мемлекеттік көрсетілетін қызмет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>стандартына  сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> нысан бойынша 1-қосымшаға өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      2) баланың туу туралы куәлігі (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      При обращении через портал </w:t>
-[...148 lines deleted...]
-        <w:t xml:space="preserve">      1) заявление по форме согласно приложению 1 к настоящему стандарту государственной </w:t>
+        <w:t xml:space="preserve">      3) көрсетілетін қызметті алушының (ата-анасының бірінің немесе заңды өкілдерінің </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>услуги ;</w:t>
+        <w:t>( сәйкестендіру</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">      4) справка, выданная с места работы военнослужащего или сотрудника специальных государственных органов, заверенная печатью и подписью уполномоченного лица (при наличии) </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> үшін) жеке басын куәландыратын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      4) әскери қызметкердің немесе арнаулы мемлекеттік орган қызметкерінің жұмыс орнынан берілген, мөр басылған және уәкілетті тұлғаның қолы қойылған анықтама (бар болғанда) (берілген күннен бастап күнтізбелік 10 күн ішінде жарамды);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      5) ерекше білім беру қажеттілігі бар балалар үшін психологиялық-медициналық-педагогикалық консультацияның қорытындысы (бар болғанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      6) мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжаттар (бар болғанда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті беруші немесе Мемлекеттік корпорацияның қызметкері жеке басын куәландыратын құжаттар, баланың туу туралы куәлігі, баланың мекенжайы туралы анықтама, мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжат туралы мәліметтерді тиісті мемлекеттік ақпараттық жүйелерден "электронды үкімет" шлюзі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті беруші немесе Мемлекеттік корпорацияның қызметкері Қазақстан Республикасының заңдарында өзгеше көзделмесе, мемлекеттік қызметті көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиясы бар мәліметтерді пайдалануға келісім алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы кент, ауыл, ауылдық округ әкімдігіне жүгінгенде құжаттардың түпнұсқаларын (сәйкестендіру үшін) және көшірмелерін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Порталға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      1) осы мемлекеттік көрсетілетін қызмет </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>( действительна</w:t>
+        <w:t>стандартына  сәйкес</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> в течение 10 календарных дней со дня выдачи);</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+        <w:t xml:space="preserve"> нысан бойынша 1-қосымшаға мемлекеттік көрсетілетін қызмет алушының ЭЦҚ қойылған электрондық құжат нысанындағы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      1) әскери қызметкердің немесе арнаулы мемлекеттік орган қызметкерінің жұмыс орнынан берілген, мөр басылған және уәкілетті тұлғаның қолы қойылған анықтаманың (бар болғанда) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> күннен бастап күнтізбелік 10 күн ішінде жарамды) скан-көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      2) ерекше білім беру қажеттілігі бар балалар үшін психологиялық-медициналық-педагогикалық консультация қорытындысының (бар болғанда) скан-көшірмесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Порталға электронды сұрау көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған электронды құжат нысанында немесе бір реттік құпиясөз енгізу арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Жеке басын куәландыратын құжаттар, баланың туу туралы куәлігі, баланың мекенжайы туралы анықтама, мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжат туралы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t>мәліметтерді көрсетілетін қызметті алушы тиісті мемлекеттік ақпараттық жүйелерден "электронды үкімет" шлюзі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Порталда электронды сұрауды қабылдау көрсетілетін қызметті алушының "жеке кабинетінде" жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      10. Көрсетілетін қызметті алушы осы мемлекеттік көрсетілетін қызмет стандартының 9тармағына сәйкес құжаттар топтамасын толық ұсынбаған жағдайда, Мемлекеттік корпорация қызметкері құжаттарды қабылдаудан бас тартады және осы мемлекеттік көрсетілетін қызмет стандартына 2 сәйкес нысан бойынша өтінішті қабылдаудан бас тарту туралы қолхат береді.қосымшаға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      5) заключения психолого-медико-педагогической консультации для детей с особыми образовательными потребностями (при наличии);</w:t>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> или работник Государственной корпорации получает согласие на использование сведений, составляющих </w:t>
+        <w:t xml:space="preserve">      Мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) ондағы деректердің (мәліметтердің) дұрыс еместігі анықталған кезде, құжаттардың топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t>3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының, Мемлекеттік корпорация және (немесе) олардың қызметкерлерінің шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      11. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>охраняемую ,</w:t>
+        <w:t>( немесе</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> содержащихся в информационных системах, при  законом тайну оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">      2) скан-копия справки, выданная с места работы военнослужащего или сотрудника специальных </w:t>
+        <w:t>) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану үшін шағым жазбаша түрде осы мемлекеттік көрсетілетін қызмет стандартының  көрсетілген 14-тармағында мекенжайлар бойынша көрсетілетін қызметті беруші басшысының атына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Шағымды қабылдаған адамның тегін және аты-жөнін, берілген шағымға жауап алу мерзімін және орнын көрсете отырып, оның көрсетілетін қызметті берушінің кеңсесінде тіркелуі (мөртабан, кіріс нөмірі мен күні) шағымның қабылдануын растау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорация қызметкерінің әрекетіне (әрекетсіздігіне) берілген шағым осы мемлекеттік көрсетілетін қызмет </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>государственных ,</w:t>
+        <w:t>стандартының  көрсетілген</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> заверенная печатью и подписью уполномоченного лица (при наличии) ( органов действительна в течение 10 календарных дней со дня выдачи);</w:t>
-[...37 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> мекенжайлар бойынша 14-тармағында Мемлекеттік корпорацияның басшысына жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның мекенжайына келіп түскен мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Шағымды көрсетілетін қызметті алушының "жеке кабинетінен" портал арқылы жіберілген кезде көрсетілетін қызметті беруші өтінішті өңдеу (жеткізу, тіркеу, орындау туралы белгілер, қарау немесе қараудан бас тарту туралы жауап) барысында жаңартылатын өтініш туралы ақпарат қолжетімді болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға шағыммен жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Портал арқылы шағымдану тәртібі туралы ақпаратты Мемлекеттік қызмет көрсету мәселелері жөніндегі Бірыңғай байланыс орталығы арқылы алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      12. Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t>4-тарау. Мемлекеттік қызмет көрсетудің, оның ішінде электронды нысанда және Мемлекеттік корпорациясы арқылы көрсетілетін қызметтердің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      13. Организм функцияларының тіршілік әрекетін шектейтін денсаулығы тұрақты бұзылған көрсетілетін қызметті алушылар қажет болған жағдайда Бірыңғай байланыс орталығының 1414, 8 800 080 7777 нөмірлеріне жүгінгенде, Мемлекеттік корпорацияның қызметкері мемлекеттік қызметті көрсету үшін құжат қабылдауды олардың тұрғылықты жерінде жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      14. Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      1) Министрліктің www.edu.gov.kz интернет-ресурсында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      2) Мемлекеттік корпорацияның www.gov4с.kz интернет ресурсында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      3) www.e.gov.kz порталында орналастырылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      15. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдың "жеке кабинеті", көрсетілетін қызметті берушінің интернет-ресурсы, мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>услугополучателя</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> .</w:t>
+        <w:t>қызметтері ,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...47 lines deleted...]
-    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+      <w:r>
+        <w:t xml:space="preserve"> сондай-ақ Бірыңғай байланыс-орталығы арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      16. Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің www.edu.gov.kz интернет-ресурсында "Мемлекеттік көрсетілетін қызмет" бөлімінде көрсетілген. Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8-800-080-7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t>"Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі жастағы (7 жасқа толмаған) балаларды кезекке қою" мемлекеттік көрсетілетін қызмет стандартына 1-қосымша Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7"/>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t>Көрсетілетін қызметті берушіге ___________________________ мекенжайында тұратын ____________________________ (тегі, аты, әкесінің аты (бар болса) (бұдан әрі – Т.А.Ә.) қағаз түрінде толтырған жағдайда) ____________________________ (жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      _________________________________________________ елді мекені аумағында тұратын,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      қала (кенті, ауылы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      ________________________________________________, ЖСН ________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      (баланың Т.А.Ә. (бар болса) қағаз түрінде толтырған </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">жағдайда)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">   (бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      ______________________ жылы туған баламды мектепке дейінгі балалар ұйымына жолдама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      алу үшін кезекке қоюды сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Хабардар етемін, бала (керегін көрсету):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      1) әскери қызметшілердің, оның ішінде қызмет атқару кезінде қаза тапқандардың,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      қайтыс болғандардың немесе хабар-ошарсыз кеткендердің баласы (құжаттың көшірмесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      2) арнаулы мемлекеттік органдар қызметкерлерінің, оның iшiнде қызмет атқару кезінде</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      қаза тапқан, қайтыс болған немесе хабар-ошарсыз кеткен қызметкерлердің баласы (құжаттың</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      көшірмесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      3) заңды өкілдері мүгедек болып табылатындардың баласы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      4) ерекше білім берілуіне қажеттілігі бар бала (құжаттың көшірмесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      5) ата-анасының қамқорлығынсыз қалған бала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      11. Для обжалования решений, действий (бездействий) </w:t>
-[...184 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">      6) жетім бала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      7) көп балалы отбасыдан шыққан бала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      8) жоғарыда аталған санаттардың біреуіне қатысты емес болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Мені берген өтінішімнің жағдайындағы өзгерістер туралы төмендегідей әдістермен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      хабардар етуіңізді сұраймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      1) мобильді телефондардың мынадай нөміріне ерікті нысанда жазылған электронды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      смс (sms) хабарлама (екі нөмірден көп емес): _________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      2) ерікті нысанда жазылған электронды email хабарлама: ______________ бойынша.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      (Өмірлік жағдайлар өзгергенде, кезектегі өтініштің жай-күйі өзгеруі мүмкін. Кезектегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      өтініштер баланың туған жылына (күнтізбелік жыл) қарай өтініш берілген күннің басымдығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      тәртібінде топтастырылады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Ақпараттық жүйедегі заңмен қорғалатын құпиядан тұратын мәліметтерді пайдалануға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      келісім беретіндігімді растаймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="001828BB" w:rsidRDefault="001828BB" w:rsidP="001828BB">
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t>Қолы ________________                  Күні _______________ __</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t>"Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі жастағы (7 жасқа толмаған) балаларды кезекке қою" мемлекеттік көрсетілетін қызмет стандартына 2-қосымша Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve"> ____________________________ (тегі, аты, әкесінің аты (бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t>____________________________ (көрсетілетін қызметті алушының мекен-жайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t>Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Заңының  2</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>-тармағын басшылыққа ала отырып, "Азаматтарға арналған үкімет" 20-бабының мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамының филиалының № ___ бөлімі ( мекенжайын көрсету) Сіздің мемлекеттік көрсетілетін қызмет стандартында қарастырылған тізбеге сәйкес толық емес құжаттар топтамасын ұсынуыңызға, атап айтқанда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Жоқ құжаттардың атауы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      1) ______________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      2) ______________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      3) ....</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      байланысты мемелекеттік қызмет көрсетуден бас тартады (мемлекеттік қызмет стандартына сәйкес мемлекеттік көрсетілетін қызметтің атауын көрсету).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Осы қолхат әр тарапқа бір-біреуден 2 данада жасалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Орындаушы: Т.А.Ә. (бар болғанда) ____________________________ қолы ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      16. Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на </w:t>
-[...120 lines deleted...]
-    <w:sectPr w:rsidR="00C02E01">
+        <w:t xml:space="preserve">      Телефон _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve">      Қабылдады: Т.А.Ә. (бар болғанда) ___________________ қолы ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507F7" w:rsidRDefault="007507F7" w:rsidP="007507F7">
+      <w:r>
+        <w:t xml:space="preserve"> "____" _________ 20____ жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D83BE7" w:rsidRDefault="00D83BE7"/>
+    <w:sectPr w:rsidR="00D83BE7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D06E31"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D06E31"/>
+    <w:rsidRoot w:val="001303AE"/>
+    <w:rsid w:val="001303AE"/>
+    <w:rsid w:val="007507F7"/>
+    <w:rsid w:val="00D83BE7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B5134698-B284-4D36-BC6A-B9B28B03EAE7}"/>
+  <w15:docId w15:val="{D2663D97-01AA-47F1-A4F2-67E8A25B6442}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1691,54 +1521,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2362</Words>
-  <Characters>13464</Characters>
+  <Words>2371</Words>
+  <Characters>13521</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>112</Lines>
   <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15795</CharactersWithSpaces>
+  <CharactersWithSpaces>15861</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>