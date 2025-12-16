--- v0 (2025-12-16)
+++ v1 (2025-12-16)
@@ -1,1308 +1,947 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00CF07C6" w:rsidRDefault="00CF07C6" w:rsidP="00CF07C6">
+    <w:p w:rsidR="000C0135" w:rsidRPr="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
       <w:pPr>
-        <w:ind w:left="6372"/>
+        <w:ind w:left="5664"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Приложение 4 к приказу Министра образования и науки Республики Казахстан от 13 апреля 2015 года № 198</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00CF07C6" w:rsidRPr="00CF07C6" w:rsidRDefault="00CF07C6" w:rsidP="00CF07C6">
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 13 сәуірдегі № 198 бұйрығына 4-</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="000C0135">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRPr="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00CF07C6">
+      <w:r w:rsidRPr="000C0135">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Стандарт государственной услуги "Выдача справок органов, осуществляющих функции по опеке или попечительству, для оформления сделок с имуществом, принадлежащим на праве собственности несовершеннолетним детям"</w:t>
+        <w:t>"Кәмелетке толмаған балаларға меншік құқығында тиесілі мүлікпен жасалатын мәмілелерді ресімдеу үшін қорғаншылық немесе қамқоршылық бойынша функцияларды жүзеге асыратын органдардың анықтамаларын беру" мемлекеттік көрсетілетін қызмет стандарты</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00CF07C6" w:rsidRDefault="00CF07C6" w:rsidP="00CF07C6">
-[...125 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Ескерту. Стандарт жаңа редакцияда – ҚР Білім және ғылым министрінің 25.12.2017  ( № 650 алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t>1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      1. "Кәмелетке толмаған балаларға меншік құқығында тиесілі мүлікпен жасалатын мәмілелерді ресімдеу үшін қорғаншылық немесе қамқоршылық бойынша функцияларды жүзеге асыратын органдардың анықтамаларын беру" мемлекеттік көрсетілетін қызметі (бұдан әрі – мемлекеттік көрсетілетін қызмет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      2. Мемлекеттік көрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірлеген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      3. Мемлекеттік қызметті Астана және Алматы қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижені беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      1) "Азаматтарға арналған үкімет" мемлекеттік корпорацияның коммерциялық емес қоғамы ( бұдан әрі – Мемлекеттік корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      2) "электрондық үкіметтің" www.egov.kz веб-порталы (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t>2-тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      4. Мемлекеттік қызмет көрсету мерзімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      1) Мемлекеттік корпорацияға құжаттарды тапсырған, сондай-ақ портал арқылы өтініш берген сәттен бастап – 5 (бес) жұмыс күні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорацияға жүгінген кезде қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді. Көрсетілетін қызметті беруші мемлекеттік қызмет көрсету мерзімі өткенге дейін бір тәуліктен кешіктірмей көрсетілетін мемлекеттік қызметтердің нәтижесін Мемлекеттік корпорацияға жеткізуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      2) Мемлекеттік корпорацияда көрсетілетін қызметті алушының құжаттарды тапсыруы үшін күтудің рұқсат берілетін ең ұзақ уақыты – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      3) көрсетілетін қызметті алушыға қызмет көрсетуінің рұқсат берілетін ең ұзақ уақыты Мемлекеттік корпорацияда – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      5. Мемлекеттік қызмет көрсету нысаны – электрондық (ішінара автоматтандырылған) және ( немесе) қағаз жүзінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 настоящего стандарта государственной </w:t>
-[...160 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">      6. Мемлекеттік қызмет көрсетудің нәтижесі – осы мемлекеттік көрсетілетін қызмет стандартына  сәйкес нысан бойынша кәмелетке толмаған балаларға меншік құқығында 1-қосымшаға тиесілі мүлікпен жасалатын мәмілелерді ресімдеу үшін қорғаншылық немесе қамқоршылық бойынша функцияларды жүзеге асыратын органдардың беретін анықтамасы не осы мемлекеттік қызмет стандартының 10-тармағында көрсетілген негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны – электрондық (ішінара автоматтандырылған) және (немесе) қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті көрсету нәтижесі үшін қағаз жеткізгіште өтініш берген жағдайда мемлекеттік қызмет көрсету нәтижесі электрондық форматта ресімделеді, қағазға басып шығарылады, көрсетілетін қызметті берушінің уәкілетті тұлғасының қолымен және мөрімен расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Порталда мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің уәкілетті адамының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) қол қойылған электрондық құжат нысанында жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      7. Мемлекеттік қызмет жеке тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) тегін көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      8. Жұмыс кестесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      1) Мемлекеттік корпорацияда: Қазақстан Республикасының еңбек заңнамасына сәйкес жексенбі күні және мереке күндерін қоспағанда, дүйсенбі мен сенбіні қоса алғанда белгіленген жұмыс кестесіне сәйкес сағат 9.00-ден 20.00-ге дейін, түскі үзіліссіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Қабылдау жеделдетіп қызмет көрсетусіз, жылжымайтын мүліктің орналасқан жері бойынша, Қазақстан Республикасынан тыс жерде орналасқан жағдайда, кәмелетке толмағанның тіркеу орны </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t>бойынша "электронды" кезек күту тәртібімен жүзеге асырылады, портал арқылы электрондық кезекті "брондауға" болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      2) порталда: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тәулік бойы (Қазақстан Республикасының еңбек заңнамасына сәйкес қызмет алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күнімен жүзеге асырылады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      9. Көрсетілетін қызметті алушы жүгінген кезде мемлекеттік қызметті көрсету үшін қажетті құжаттардың тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      кәмелетке толмаған балаға тиесілі мүлікті иеліктен шығаруға анықтама алу үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорацияда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      1) осы мемлекеттік көрсетілетін қызмет стандартына  сәйкес нысан бойынша 2-қосымшаға өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      2) көрсетілетін қызметті алушының жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      3) көрсетілетін қызметті алушыдан (мекенжайды көрсетумен ) кепілді тұрғын үй беру туралы нотариалды расталған өтініш не кепілді тұрғын үй беру туралы жақын туыстарының нотариалды расталған өтініші (мүлікті иеліктен шығарған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>состояния" от 25 февраля 2015 № 112 (далее – приказ № 112) (зарегистрированный в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 10764) (в случае рождения ребенка вне брака до 2008 года);</w:t>
-[...120 lines deleted...]
-    <w:p w:rsidR="00CF07C6" w:rsidRDefault="00CF07C6" w:rsidP="00CF07C6">
+        <w:t xml:space="preserve">      4) мәмілелерді ресімдеуге келмеген жұбайының (зайыбының) атынан нотариус куәландырған сенімхат немесе баланың (балалардың) заңды өкілінің келісімі (мүлік ортақ болған жағдайда), қайтыс болуы туралы куәлік (қайтыс болған жағдайда), "Азаматтық хал актілерін мемлекеттік тіркеуді, азаматтық хал актілері жазбаларына өзгерістер енгізу, қалпына келтіруді, жоюды ұйымдастыру ережесін бекіту туралы" Қазақстан Республикасы Әділет министрінің 2015 жылғы 28 ақпандағы № 112 бұйрығымен (бұдан әрі – № 112 бұйрық) (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10764 тіркелген) бекітілген нысан бойынша туу туралы анықтама (2008 жылға дейін бала некесіз туылған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      5) бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан тыс жерде туылған жағдайда баланың туу туралы куәлігінің көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      6) 2008 жылға дейін не Қазақстан Республикасынан тыс жерде некеге тұрған немесе бұзған жағдайда некеге тұру немесе бұзу туралы куәліктің көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      порталда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті алушының ЭЦҚ - сымен немесе бір рет пайдаланатын құпиясөзбен куәландырылған, көрсетілетін қызметті алушының ұялы байланыс операторы ұсынған абоненттік </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t>номері порталдың есеп жазбасына тіркелген және қосылған жағдайда, электрондық құжат нысанындағы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      2) көрсетілетін қызметті алушыдан кепілді тұрғын үй беру туралы нотариалды расталған өтініштің не кепілді тұрғын үй беру туралы жақын туыстарының нотариалды расталған өтінішінің электрондық көшірмесі (мүлікті иеліктен шығарған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      3) мәмілелерді ресімдеуге келмеген жұбайының (зайыбының) атынан нотариус куәландырған сенімхат немесе баланың (балалардың) заңды өкілінің келісімі (мүлігі ортақ болған жағдайда), қайтыс болуы туралы куәлігінің (қайтыс болған жағдайда), № 112 бұйрықпен бекітілген нысан бойынша туу туралы анықтама (2008 жылға дейін бала некесіз туылған жағдайда) электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      4) бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан тыс жерде туылған жағдайда баланың туу туралы куәлігінің электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      5) 2008 жылға дейін не Қазақстан Республикасынан тыс жерде некеге тұрған немесе бұзған жағдайда некеге тұру немесе бұзу туралы куәліктің электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      кәмелетке толмаған балаға тиесілі мүлікті кепілке қойып несие ресімдеу үшін анықтама алу үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорацияда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      1) осы мемлекеттік көрсетілетін қызмет стандартына  сәйкес нысан бойынша 3-қосымшаға өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      2) көрсетілетін қызметті алушының жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      3) заңды өкілдерінен кепілді тұрғын үй беру туралы нотариалды расталған өтініш не банк алдында міндеттерін тиісінше орындамаған жағдайда кепілді тұрғын үй беру туралы жақын туыстарынан нотариалды расталған өтініш (жылжымайтын мүлік кепілге қойылған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      4) мәмілелерді ресімдеуге келмеген жұбайының (зайыбының) атынан нотариус куәландырған сенімхат немесе баланың (балалардың) заңды өкілінің келісімі (мүлігі ортақ болған жағдайда), қайтыс болуы туралы куәлігінің (қайтыс болған жағдайда), № 112 бұйрықпен бекітілген нысан </w:t>
+      </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      5) письмо из банка о выдаче справки на разрешение залога имущества, принадлежащего несовершеннолетнему (в случае предоставления ссуды под залог имущества, принадлежащего несовершеннолетнему);</w:t>
-[...123 lines deleted...]
-    <w:p w:rsidR="00CF07C6" w:rsidRDefault="00CF07C6" w:rsidP="00CF07C6">
+        <w:t>бойынша туу туралы анықтама (2008 жылға дейін бала некесіз туылған жағдайда) электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      5) банктен кәмелетке толмағанға тиесілі мүлікті кепілге қоюға рұқсатқа анықтама беру туралы хат (кәмелетке толмағанға тиесілі мүлікті кепілге қойып несие берген жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      6) бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан тыс жерде туылған жағдайда баланың туу туралы куәлігінің көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      7) 2008 жылға дейін не Қазақстан Республикасынан тыс жерде некеге тұрған немесе бұзған жағдайда некеге тұру немесе бұзу туралы куәліктің көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      порталда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті алушының ЭЦҚ - сымен немесе бір рет пайдаланатын құпиясөзбен куәландырылған, көрсетілетін қызметті алушының ұялы байланыс операторы ұсынған абоненттік номері порталдың есеп жазбасына тіркелген және қосылған жағдайда, электрондық құжат нысанындағы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      2) заңды өкілдерінен кепілді тұрғын үй беру туралы нотариалды расталған өтініштің не банк алдында міндеттерін тиісінше орындамаған жағдайда кепілді тұрғын үй беру туралы жақын туыстарынан нотариалды расталған өтінішінің электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      3) мәмілелерді ресімдеуге келмеген жұбайының (зайыбының) атынан нотариус куәландырған сенімхат немесе баланың (балалардың) заңды өкілінің келісімі (мүлігі ортақ болған жағдайда), қайтыс болуы туралы куәлігінің (қайтыс болған жағдайда), № 112 бұйрықпен бекітілген нысан бойынша туу туралы анықтама (2008 жылға дейін бала некесіз туылған жағдайда) электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      4) банктен кәмелетке толмағанға тиесілі мүлікті кепілге қоюға рұқсатқа анықтама беру туралы хаттың электрондық көшірмесі (кәмелетке толмағанға тиесілі мүлікті кепілге қойып несие берген жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      5) баланың туу туралы куәлігінің электрондық көшірмесі (бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан тыс жерде туылған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      6) некеге тұру немесе бұзу туралы куәліктің электрондық көшірмесі (2008 жылға дейін не Қазақстан Республикасынан тыс жерде некеге тұрған немесе бұзған жағдайда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушының жеке басын растайтын құжаттарының, баланың туу туралы куәлігінің (бала 2007 жылғы 13 тамыздан кейін туылған жағдайда), некеге тұру немесе бұзу туралы куәлігінің (2008 жылдан кейін некеге тұрған немесе бұзған жағдайда), № 112 бұйрықпен бекітілген нысан бойынша туу туралы анықтама (2008 жылға дейін бала некесіз туылған жағдайда) не Қазақстан Республикасынан тыс, жылжымайтын мүлiкке құқық белгiлейтiн құжаттардың мәліметтерін Мемлекеттік корпорацияның қызметкері "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйеден алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, Мемлекеттік корпорацияның қызметкері мемлекеттік қызмет көрсету кезінде заңмен қорғалатын құпияны қамтитын, ақпараттық жүйелердегі мәліметтерді пайдалануға көрсетілген қызметті алушының келісімін алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорация арқылы құжаттарды қабылдау кезінде көрсетілетін қызметті алушыға тиісті құжаттардың қабылданғаны туралы қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме документов при предъявлении удостоверения личности (либо его представителя по нотариально заверенной доверенности).</w:t>
-[...200 lines deleted...]
-    <w:p w:rsidR="00CF07C6" w:rsidRDefault="00CF07C6" w:rsidP="00CF07C6">
+        <w:t xml:space="preserve">      Мемлекеттік корпорацияда дайын құжаттарды беру жеке куәлігін (немесе нотариалды расталған сенімхат бойынша оның өкілі) ұсыну кезінде құжаттарды қабылдау туралы қолхат негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорация бір ай ішінде нәтижені сақтауды қамтамасыз етеді, содан кейін оны көрсетілетін қызметті берушіге одан әрі сақтау үшін тапсырады. Көрсетілетін қызметті алушы бір ай өткеннен кейін жүгінген жағдайда Мемлекеттік корпорацияның сұранысы бойынша көрсетілетін қызметті беруші бір жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорация жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Портал арқылы жүгінген жағдайда көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік көрсетілетін қызметтің сұранысын қабылдау туралы, сондай-ақ мемлекеттік көрсетілетін қызмет нәтижесін алу күні және уақыты көрсетілген хабарлама мәртебесі жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Порталда электрондық сұранысты қабылдау көрсетілетін қызметті алушының "жеке кабинетінде" жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      10. Мемлекеттік қызметті көрсетуден бас тартуға негіздемелер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      1) он төрт жасқа толмаған жетім баланың, ата-анасының қамқорлығынсыз қалған баланың тұрғын үйін иеліктен шығару, оның ішінде айырбастау немесе сыйға тарту бойынша мәмілелер жасау немесе олардың атынан кепілгерлік шартын, тұрғын үйді өтеусіз пайдалануға тапсыру немесе кепілге қою бойынша мәмілелер, заң жүзінде, өсиет бойынша оларға тиесілі мұрагерлік құқықтардан бас тартуына, олардың тұрғын үйін бөлуге немесе одан үлес бөліп алуға әкеп соқтыратын мәмілелер жасау болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      2) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      3) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының 1994 жылғы 27 желтоқсандағы Азаматтық  және "Мемлекеттік қорғаншылық Кодексінің және қамқоршылық жөніндегі функцияларын жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2012 жылғы 30 наурыздағы № 382  белгіленген талаптарға сәйкес Қаулысында келмеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      4) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы осы мемлекеттік көрсетілетін қызмет стандартының 9-тармағына сәйкес құжаттар топтамасын толық ұсынбаған жағдайда Мемлекеттік корпорацияның қызметкері өтінішті қабылдаудан бас тартады және осы мемлекеттік көрсетілетін қызмет стандартына 4 сәйкес нысан бойынша қолхат береді.қосымшаға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t>3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, сондай-ақ көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының, Мемлекеттік корпорациясы және (немесе) олардың қызметкерлерінің шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      11. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және ( немесе) оның лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану: шағым көрсетілетін қызметті беруші басшысының атына не осы мемлекеттік көрсетілетін қызмет стандартының 14-тармағында көрсетілген басшысының атына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
-[...229 lines deleted...]
-    <w:p w:rsidR="00CF07C6" w:rsidRDefault="00CF07C6" w:rsidP="00CF07C6">
+        <w:t xml:space="preserve">      Шағым жазбаша нысанда пошта немесе көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесі арқылы қолма-қол қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Жеке тұлғаның арызында оның тегі, аты, әкесінің аты (бар болғанда), пошталық мекен-жайы, байланыс телефоны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Шағымның қабылдануын растау оның шағымды қабылдаған адамның аты-жөні, берілген шағымға жауап алу мерзімі және орны көрсетілген көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесінде (мөртабан, кіріс нөмірі мен күні) тіркелуі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік корпорация қолма-қол, сонымен бірге пошта арқылы келіп түскен шағымның қабылданғанын растау оның тіркелуі (мөртабан, кіріс нөмірі және тіркеу күні шағымның екінші данасына немесе шағымның ілеспе хатына қойылады) болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Портал арқылы өтініш білдіргенде шағымдану тәртібі туралы ақпаратты Бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны бойынша алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Портал арқылы өтініштерді жолдау кезінде көрсетілетін қызметті алушының "жеке кабинетінен " көрсетілетін қызметті беруші тарапынан шығымдарды өңдеу барысында (жеткізу, тіркеу туралы белгілер, қарастыру немесе қарастырудан бас тарту туралы жауап) жаңартылатын өтініш жөніндегі ақпарат қолжетімді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті берушінің, әкімдіктің немесе Мемлекеттік корпорацияның мекен-жайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелгеннен күнінен бастап бес жұмыс күні ішінде қарастыруға жатады. Шағымды қарастыру нәтижесі туралы дәлелді жауап көрсетілетін қызметті алушыға почта арқылы жіберіледі не көрсетілетін қызметті берушінің, әкімдіктің немесе Мемлекеттік корпорацияның кеңесесінде қолма-қол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға жүгіне алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      12. Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t>4-тарау. Мемлекеттік көрсетілетін қызметтің, оның ішінде электрондық нысанда және Мемлекеттік корпорациясы арқылы көрсетілетін қызметтің ерекшеліктері ескерілген өзге де талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      13. Организм функциясы тұрақты бұзылған, өзіне өзі қызмет көрсету, өздігінен қозғалу, бағдарлау қабілетін немесе мүмкіндігін толық немесе ішінара жоғалтқан көрсетілетін қызметті алушыларға мемлекеттік қызметті көрсету үшін құжаттарды қабылдауды 1414, 8 800 080 7777 Бірыңғай байланыс орталығына жүгіну арқылы тұрғылықты жері бойынша шыға отырып, Мемлекеттік корпорацияның қызметкерлері жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      14. Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      1) Министрліктің: www.edu.gov.kz интернет-ресурсында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      2) Мемлекеттік корпорацияның: www.gov4c.kz интернет-ресурсында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      3) www.egov.kz порталында орналасқан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      16. </w:t>
-[...39 lines deleted...]
-    <w:p w:rsidR="00CF07C6" w:rsidRDefault="00CF07C6" w:rsidP="00CF07C6">
+        <w:t xml:space="preserve">      15. Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда көрсетілетін мемлекеттік қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      16. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен жағдайы туралы ақпаратты қашықтықтан қол жеткізу режимінде, порталдағы "жеке кабинеті", сондай-ақ, мемлекеттік қызмет көрсету мәселелері жөніндегі Бірыңғай байланыс орталығының 1414, 8 800 080 7777 арқылы алу мүмкіндігіне ие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      17. Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету мәселелері бойынша анықтама қызметінің байланыс телефондары Министрліктің www.edu.gov.kz, көрсетілетін қызметті берушінің: www.bala-kkk.kz интернет-ресурстарында орналастырылған. Бірыңғай байланыс орталығы 1414, 8 80 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF07C6" w:rsidRDefault="00CF07C6" w:rsidP="00CF07C6">
-[...22 lines deleted...]
-    <w:p w:rsidR="00CF07C6" w:rsidRDefault="00CF07C6" w:rsidP="00CF07C6">
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t>"Кәмелетке толмаған балаларға меншік құқығында тиесілі мүлікпен жасалатын мәмілелерді ресімдеу үшін қорғаншылық немесе қамқоршылық бойынша функцияларды жүзеге асыратын органдардың анықтамаларын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t>беру" мемлекеттік көрсетілетін қызмет стандартына 1-қосымша Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t>Кәмелетке толмаған балаларға меншік құқығында тиесілі мүлікпен жасалатын мәмілелерді ресімдеу үшін қорғаншылық немесе қамқоршылық бойынша функцияларды жүзеге асыратын органдардың жылжымайтын мүліктің орналасқан жері бойынша беретін анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Астана және Алматы қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары кәмелетке толмаған (кәмелетке толмаған (-дар) Т.Ә.А. (бар болғанда) меншік құқығында тиесілі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      мекенжайы бойынша орналасқан жылжымайтын мүлікті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      (немесе мүліктің үлесін) ____________________ (сатуға, кепілге) рұқсат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Анықтама берілген күнінен бастап 1 (бір) ай жарамды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Астана және Алматы қалаларының,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      аудандардың және облыстық маңызы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      бар қалалардың жергілікті атқарушы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      органдарының басшысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      _______________ ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      (қолы) (Т.А.Ә. (бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Мөрдің орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t>"Кәмелетке толмаған балаларға меншік құқығында тиесілі мүлікпен жасалатын мәмілелерді ресімдеу үшін қорғаншылық немесе қамқоршылық бойынша функцияларды жүзеге асыратын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135"/>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF07C6" w:rsidRDefault="00CF07C6" w:rsidP="00CF07C6">
-[...12 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>дальнейшего проживания ______________________________________________      фразу "В дальнейшем дети будут обеспечены жильем" (написать собственноручно в случае отчуждения жилья) ________________________________________________________________________________      Согласен (а) на использования сведений, составляющих охраняемую  РК Законом "О персональных данных и их защите" тайну, содержащихся в информационных системах. "___"___________20__ года___________________ Подпись обоих супругов</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00CF07C6" w:rsidRDefault="00CF07C6" w:rsidP="00CF07C6">
+        <w:t>органдардың анықтамаларын беру" мемлекеттік көрсетілетін қызмет стандартына 2-қосымша Нысан Астана және Алматы қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдарының басшысына ____________________________ мекенжайы бойынша тұратын, телефоны: ерлі-зайыптылардан _________________ (өтініш берушінің Т.А.Ә. (бар болғанда) жеке сәйкестендіру нөмері)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Сіздерден кәмелетке толмаған (-дар) меншік құқығынды тиесілі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      (Т.Ә.А. (бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      (балалардың Т.А.Ә. (бар болғанда) және жеке сәйкестендіру нөмері, туған жылы, туу туралы куәліктің № көрсету, 10 жастан асқан балалар қолдарын қойып, "келісемін" деген сөзді жазады)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      мекенжайында орналасқан жылжымайтын мүлікті иеліктен алуға рұқсат беруді сұраймыз. Әкесі туралы мәліметтер (Т.А.Ә. (бар болғанда) және жеке сәйкестендіру нөмері, жеке куәліктің №, кім және қашан берді)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Шешесі туралы мәліметтер (Т.А.Ә. (бар болғанда) және жеке сәйкестендіру нөмері, жеке куәліктің №, кім және қашан берді)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Бұдан әрі тұратындар мекенжайы _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      "Келешекте балалар тұрғын үймен қамтамасыз етіледі" деген сөйлемді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      (өз қолымен жазу) __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Ақпараттық жүйелерде қамтылған заңды құпиямен қорғалатын мәліметтерді пайдалануға келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Жеке сәйкестендіру нөмері __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      (көрсетілетін қызметті алушы) "___" _____________ 20__ жыл Ерлі-зайыптылардың қолдары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF07C6" w:rsidRDefault="00CF07C6" w:rsidP="00CF07C6">
-[...5 lines deleted...]
-    <w:p w:rsidR="00CF07C6" w:rsidRDefault="00CF07C6" w:rsidP="00CF07C6">
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t>Кәмелетке толмаған балаларға меншік құқығында тиесілі мүлікпен жасалатын мәмілелерді ресімдеу үшін қорғаншылық немесе қамқоршылық бойынша функцияларды жүзеге асыратын органдардың анықтамаларын беру" мемлекеттік көрсетілетін қызмет стандартына 3-қосымша Нысан Астана және Алматы қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдарының басшысына ____________________________ мекенжайы бойынша тұратын, телефоны: ерлі-зайыптылардан _________________ (өтініш берушінің Т.А.Ә. (бар болғанда) жеке сәйкестендіру нөмері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Сіздерден кәмелетке толмаған (-дар) меншік құқығынды тиесілі (Т.Ә.А. (бар болғанда) _____ _________________________________ (балалардың Т.А.Ә. (бар болғанда) және жеке сәйкестендіру нөмері, туған жылы, туу туралы куәліктің № көрсету, 10 жастан асқан балалар қолдарын қойып, " келісемін" деген сөзді жазады)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      _______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      мекенжайында орналасқан жылжымайтын мүлікті мерзімге кепілге қоюға рұқсат беруді сұраймыз . Әкесі туралы мәліметтер (Т.А.Ә. (бар болғанда) және жеке сәйкестендіру нөмері, жеке куәліктің №, кім және қашан берді)________________________ Анасы туралы мәліметтер (Т.А.Ә. (бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t>және жеке сәйкестендіру нөмері, жеке куәліктің №, кім және қашан берді) _______________________ ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Банктен хат № ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Балалар тұрғын үйден айырылған жағдайда мына мекенжайда тұрады (қосымша ауданның мекенжайын немесе балаларды алуға келісім берген жақын туыстарының мекенжайын көрсету) " Келешекте балаларды тұрғын үйсіз қалдырмауға міндеттіміз" деген сөйлемді өз қолымен жазады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Ақпараттық жүйелерде қамтылған заңды құпиямен қорғалатын мәліметтерді пайдалануға келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Жеке сәйкестендіру нөмері __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      (көрсетілетін қызметті алушы) "__" _____________ 20__ жыл Ерлі-зайыптылардың қолдары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF07C6" w:rsidRDefault="00CF07C6" w:rsidP="00CF07C6">
-[...26 lines deleted...]
-    <w:p w:rsidR="00CF07C6" w:rsidRDefault="00CF07C6" w:rsidP="00CF07C6">
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t>"Кәмелетке толмаған балаларға меншік құқығында тиесілі мүлікпен жасалатын мәмілелерді ресімдеу үшін қорғаншылық немесе қамқоршылық бойынша функцияларды жүзеге асыратын органдардың анықтамаларын беру" мемлекеттік көрсетілетін қызмет стандартына 4-қосымша Нысан ____________________________ (Т.А.Ә. (бар болғанда) немесе көрсетілетін қызметті алушы ұйымның атауы) ____________________________ (көрсетілетін қызметті алушының мекенжайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t>Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының 20-бабының  басшылыққа алып, "Азаматтар үшін Үкімет" Мемлекеттік 2 тармағын корпорацияның коммерциялық емес қоғамы филиалының № __ бөлімі______________________________ ( мекенжайды көрсету) мемлекеттік көрсетілетін қызмет стандартында көзделген тізбеге сәйкес Сіз ұсынған құжаттар топтамасының толық болмауына байланысты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      (мемлекеттік көрсетілетін қызметтің атауы) мемлекеттік қызмет көрсетуге құжаттарды қабылдаудан бас тартады, атап айтқанда: Жоқ құжаттардың атауы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      1) _______________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      2) _______________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Осы қолхат әр тарапқа біреуден 2 данада жасалды. Т.А.Ә. (бар болғанда) (Мемлекеттік корпорациясының қызметкері) ___________________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Орындаушының Т.А.Ә. (бар болғанда) ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Телефоны _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t xml:space="preserve">      Қабылдаушының Т.А.Ә. (бар болғанда) ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
       <w:r>
         <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      (көрсетілетін қызметті алушының қолы) "____" _____________ 20__ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C0135" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF07C6" w:rsidRDefault="00CF07C6" w:rsidP="00CF07C6">
-[...34 lines deleted...]
-    <w:sectPr w:rsidR="009F7A4F">
+    <w:p w:rsidR="009E263F" w:rsidRDefault="000C0135" w:rsidP="000C0135">
+      <w:r>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009E263F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002D12FA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00CF07C6"/>
+    <w:rsidRoot w:val="00034069"/>
+    <w:rsid w:val="00034069"/>
+    <w:rsid w:val="000C0135"/>
+    <w:rsid w:val="009E263F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{76505D0F-D625-4995-9EB4-9184059E2387}"/>
+  <w15:docId w15:val="{BF6F4314-7C20-41CC-895C-427DD3A38C53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1964,54 +1603,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>3966</Words>
-  <Characters>22611</Characters>
+  <Words>3875</Words>
+  <Characters>22090</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>188</Lines>
-  <Paragraphs>53</Paragraphs>
+  <Lines>184</Lines>
+  <Paragraphs>51</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26524</CharactersWithSpaces>
+  <CharactersWithSpaces>25914</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>