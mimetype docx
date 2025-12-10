--- v0 (2025-12-10)
+++ v1 (2025-12-10)
@@ -1,1005 +1,741 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
       <w:pPr>
         <w:ind w:left="6372"/>
       </w:pPr>
       <w:r>
-        <w:t>Приложение 13 к приказу Министра образования и науки Республики Казахстан от 13 апреля 2015 года № 198</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00CC0C31" w:rsidRPr="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 13 сәуірдегі № 198 бұйрығына 13-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRPr="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00CC0C31">
+      <w:r w:rsidRPr="00CC127C">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Стандарт государственной услуги "Назначение единовременной денежной выплаты в связи с усыновлением ребенка-сироты и (или) ребенка, оставшегося без попечения родителей"</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Сноска. Приложение 13 в редакции приказа Министра образования и науки РК от 25.12.2017 </w:t>
+        <w:t>"Жетім баланы және (немесе) ата-анасының қамқорлығынсыз қалған баланы асырап алуға байланысты біржолғы ақшалай төлемді тағайындау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Ескерту. Стандарт жаңа редакцияда – ҚР Білім және ғылым министрінің </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>№  (</w:t>
+        <w:t>25.12.2017  (</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>вводится в действие по истечении десяти календарных дней после дня его первого 650 официального опубликования).</w:t>
-[...104 lines deleted...]
-        <w:t xml:space="preserve">      5. Форма оказания государственной услуги – электронная (частично автоматизированная) и </w:t>
+        <w:t xml:space="preserve"> № 650 алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t>1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      1. "Жетім баланы және (немесе) ата-анасының қамқорлығынсыз қалған баланы асырап алуға байланысты біржолғы ақшалай төлемді тағайындау" мемлекеттік көрсетілетін қызметі (бұдан әрі – мемлекеттік көрсетілетін қызмет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      2. Мемлекеттік көрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірлеген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      3. Мемлекеттік көрсетілетін қызметті Астана және Алматы қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      2) "электрондық үкіметтің" www.egov.kz веб-порталы (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t>2-тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      4. Мемлекеттік қызмет көрсету мерзімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті берушіге құжаттарды тапсырған сәттен бастап және портал арқылы өтініш берген кезде – 10 (он) жұмыс күн;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      2) көрсетілетін қызметті берушіге құжаттарды тапсыруы үшін күтудің рұқсат берілетін ең ұзақ уақыты – 20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      3) көрсетілетін қызметті берушідегі қызмет көрсетудің рұқсат берілетін ең ұзақ уақыты – 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      5. Мемлекеттік қызметті көрсету нысаны – электрондық (ішінара автоматтандырылған) және </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>( или</w:t>
+        <w:t>( немесе</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>) бумажная.</w:t>
-[...33 lines deleted...]
-    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+        <w:t>) қағаз жүзінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      6. Мемлекеттік қызмет көрсетудің нәтижесі – осы мемлекеттік көрсетілетін қызмет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>стандартына  сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> нысан бойынша жетім баланы және (немесе) ата-анасының 1-қосымшаға қамқорлығынсыз қалған баланы асырап алуға байланысты біржолғы ақшалай төлемді тағайындау туралы шешім не осы мемлекеттік қызмет стандартының 10-тармағында көрсетілген негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны – электрондық және (немесе) қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" </w:t>
-[...46 lines deleted...]
-        <w:t xml:space="preserve">: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, </w:t>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті көрсету нәтижесі үшін қағаз жеткізгіште өтініш берген жағдайда мемлекеттік қызмет көрсету нәтижесі электрондық форматта ресімделеді, қағазға басып шығарылады, көрсетілетін қызметті берушінің уәкілетті тұлғасының қолымен және мөрімен расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Порталда мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің уәкілетті адамының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) қол қойылған электрондық құжат нысанында жіберіледі және сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      7. Мемлекеттік қызмет жеке тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) тегін көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      8. Жұмыс кестесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті берушіде: 2015 жылғы 23 қарашадағы Қазақстан Республикасының </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>согласно  Республики</w:t>
+        <w:t>Еңбек  сәйкес</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> Казахстан от 23 ноября 2015 </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни </w:t>
+        <w:t xml:space="preserve"> демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға Кодексіне дейінгі түскі үзіліспен дүйсенбіден бастап жұма аралығын қоса алғанда сағат 9.00-ден 18.30-ға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 17.30-ға дейін жүзеге асырылады. Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек тәртібімен көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      2) порталда: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тәулік бойы (2015 жылғы 23 қарашадағы Қазақстан Республикасының еңбек заңнамасына сәйкес көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күнімен жүзеге асырылады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      9. Көрсетілетін қызметті алушы жүгінген кезде мемлекеттік қызметті көрсету үшін қажетті құжаттардың тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      1) осы мемлекеттік көрсетілетін қызмет </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>согласно  Республики</w:t>
+        <w:t>стандартына  сәйкес</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> Казахстан от 23 ноября 2015 года, прием Трудовому кодексу заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">      1) заявление по форме согласно приложение 2 к настоящему стандарту государственной </w:t>
+        <w:t xml:space="preserve"> нысан бойынша 2-қосымшаға өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      2) баланы асырап алу туралы заңды күшіне енген сот шешімінің көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      3) көрсетілетін қызметті алушының жеке басын кәуландыратын құжаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      4) екінші деңгейдегі банкте немесе банк операцияларының жеке түрлерін жүзеге асыруға Қазақстан Республикасы Ұлттық Банкінің лицензиясы бар ұйымда бала асырап алушылардың бірінің атына жеке шоттың ашылғаны туралы шарттың көшірмесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Салыстырып тексеру үшін құжаттар түпнұсқада ұсынылады, кейін түпнұсқалары көрсетілетін қызметті алушыға қайтарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Құжаттарды қабылдау кезінде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға мынадай мәліметтерді көрсетіп, тиісті құжаттардың қабылданғаны туралы қолхат береді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Порталда көрсетілетін қызметті алушы жүгінген кезде мемлекеттік қызметті көрсету үшін қажетті құжаттардың тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті алушының ЭЦҚ - сымен немесе бір рет пайдаланатын құпиясөзбен куәландырылған, көрсетілетін қызметті алушының ұялы байланыс операторы ұсынған абоненттік </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>номері порталдың есеп жазбасына тіркелген және қосылған жағдайда, электрондық құжат нысанындағы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      2) баланы асырап алу туралы заңды күшіне енген сот шешімінің электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      3) екінші деңгейдегі банкте немесе банк операцияларының жеке түрлерін жүзеге асыруға Қазақстан Республикасы Ұлттық Банкінің лицензиясы бар ұйымда бала асырап алушылардың бірінің атына жеке шоттың ашылғаны туралы шарттың электрондық көшірмесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Жеке басын растайтын құжаттар туралы мәліметтерді, көрсетілетін қызметті беруші " электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, Мемлекеттік корпорацияның қызметкері мемлекеттік қызмет көрсету кезінде заңмен қорғалатын құпияны қамтитын, ақпараттық жүйелердегі мәліметтерді пайдалануға көрсетілген қызметті алушының келісімін алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Портал арқылы жүгінген жағдайда көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік көрсетілетін қызметтің сұранысын қабылдау туралы, сондай-ақ мемлекеттік көрсетілетін қызмет нәтижесін алу күні және уақыты көрсетілген хабарлама мәртебесі жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы осы мемлекеттік көрсетілетін қызмет стандартының 9-тармағына сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      10. Мемлекеттік қызметті көрсетуден бас тартуға негіздемелер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      1) осы стандарттың 9-тармағында көрсетілген құжаттардың толық тізбесін ұсынбау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      2) заңды күшіне енген сот шешімі бойынша бала асырап алудың күшін жою;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      3) заңды күшіне енген сот шешімі бойынша бала асырап алуды жарамсыз деп тану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      4) көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      5) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің "Жетім баланы және </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>услуги ;</w:t>
+        <w:t>( немесе</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...44 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) ата-анасының қамқорлығынсыз қалған баланы асырап алуға байланысты біржолғы ақшалай төлемді тағайындау, қайтару қағидаларын және оның мөлшерін бекіту туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 10 шілдедегі № 787  белгіленген талаптарға сәйкес Қаулысында келмеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      6) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t>3-тарау. Мемлекеттік қызмет көрсету мәселелері көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      11. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>) оның лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану: шағым көрсетілетін қызметті беруші осы мемлекеттік көрсетілетін қызмет стандартының 13-тармағында көрсетілген мекенжай бойынша басшысының атына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Шағым жазбаша нысанда пошта не көрсетілетін қызметті берушінің кеңсесі арқылы қолма-қол қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Жеке тұлғаның арызында оның тегі, аты, әкесінің аты (бар болғанда), пошталық мекен-жайы, байланыс телефоны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Шағымның қабылдануын растау оның шағымды қабылдаған адамның аты-жөні, берілген шағымға жауап алу мерзімі және орны көрсетілген көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесінде (мөртабан, кіріс нөмірі мен күні) тіркелуі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Портал арқылы өтініш білдіргенде шағымдану тәртібі туралы ақпаратты Бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны бойынша алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Портал арқылы өтініштерді жолдау кезінде көрсетілетін қызметті алушының "жеке кабинетінен " көрсетілетін қызметті беруші тарапынан шығымдарды өңдеу барысында (жеткізу, тіркеу туралы белгілер, қарастыру немесе қарастырудан бас тарту туралы жауап) жаңартылатын өтініш жөніндегі ақпарат қолжетімді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті берушінің мекен-жайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелгеннен күнінен бастап бес жұмыс күні ішінде қарастыруға жатады. Шағымды қарастыру нәтижесі туралы дәлелді жауап көрсетілетін қызметті алушыға почта арқылы жіберіледі не көрсетілетін қызметті берушінің кеңсесінде қолма-қол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Сондай-ақ, көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамының әрекетіне (әрекетсіздігіне) шағымдану тәртібі туралы ақпаратты Бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны бойынша алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      12. Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t>4-тарау. Мемлекеттік қызмет көрсетудің, оның ішінде электрондық форматта көрсетілетін қызмет көрсетудің ерекшеліктері ескерілген өзге де талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      13. Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      1) Министрліктің: www.edu.gov.kz интернет-ресурсында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      2) www.egov.kz порталында орналасқан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      14. Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда көрсетілетін мемлекеттік қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      15. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен жағдайы туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", сондай-ақ, Бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны арқылы алу мүмкіндігіне ие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      16. Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету мәселелері бойынша анықтама қызметтерінің байланыс телефондары Министрліктің www.edu.gov.kz, көрсетілетін </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>қызметті берушінің интернет-ресурстарында орналастырылған. Мемлекеттік қызмет көрсету мәселелері бойынша Бірыңғай байланыс-орталығы 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...52 lines deleted...]
-    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t>"Жетім баланы және (немесе) ата-анасының қамқорлығынсыз қалған баланы асырап алуға байланысты біржолғы ақшалай төлемді тағайындау" мемлекеттік көрсетілетін қызмет стандартына 1-қосымша Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t>Жетім баланы және (немесе) ата-анасының қамқорлығынсыз қалған баланы асырап алуға байланысты біржолғы ақшалай төлемді тағайындау туралы шешім</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      № ____ 20 ___ жылғы "___" _______________ _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      (органның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Азамат(ша) ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      (тегі, аты, әкесінің аты (бар болғанда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Жүгінген күні _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Асырап алынған баланың (тегі, аты, әкесінің аты (бар болғанда)) __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Асырап алынған баланың туған күні __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Асырап алынған баланың туу туралы куәлігі (туу туралы актінің жазбасы) № ________________ ______ берiлген күнi ______________________________ баланың туу туралы куәлiгiн (туу туралы актiнің жазбасын) берген органның атауы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      ______________ 20 ___ жылғы "___"______________ бала асырап алу туралы соттың шешімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Бала асырап алуға байланысты біржолғы ақшалай төлемнің тағайындалған сомасы _____________ ________________________________ теңгені құрайды (сомасы жазбаша) _____________________________ _______________________ себебі бойынша біржолғы ақшалай төлем тағайындаудан бас тартылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Мөрдің орны (бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Астана және Алматы қалаларының,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      аудандардың және облыстық маңызы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      бар қалалардың жергілікті атқарушы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      органның басшысы _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      (қолы) (тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t>"Жетім баланы және (немесе) ата-анасының қамқорлығынсыз қалған баланы асырап алуға байланысты біржолғы ақшалай төлемді тағайындау" мемлекеттік көрсетілетін қызмет стандартына 2-қосымша нысан ____________________________ (органның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Бала ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Сведения о документах, удостоверяющих личность, </w:t>
-[...466 lines deleted...]
-    <w:sectPr w:rsidR="00465EF1">
+        <w:t xml:space="preserve">      (баланың (балалардың) тегі, аты, әкесінің аты (бар болғанда), туған күні) асырап алуға байланысты біржолы ақшалай төлем тағайындауды сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Тегі __________________________________ Аты _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Әкесінің аты (бар болғанда) ________________ Мекенжайы _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Соттың атауы _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Соттың 20___ жылғы "___"_____________ №_______шешімі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Бала асырап алушының жеке басын куәландыратын құжаттың түрі _________ _______________ сериясы ____________ нөмірі ____________ кім берген ___________________________________________ ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Жеке сәйкестендіру нөмірі __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Жеке шотының № __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Банктің атауы _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Қосымша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      1) баланы асырап алу туралы заңды күшіне енген сот шешімінің көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      2) бала асырап алушының жеке куәлігінің көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      3) бала асырап алу туралы куәліктің көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      4) асырап алынған баланың туу туралы куәлігінің көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      5) екінші деңгейдегі банкте немесе банк операцияларының жекелеген түрлерін жүзеге асыруға Қазақстан Республикасы Ұлттық Банкінің лицензиясы бар ұйымда бала асырап алушылардың бірінің атына жеке шоттың ашылғаны туралы шарттың көшірмесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+      <w:r>
+        <w:t xml:space="preserve">      Дәйексіз мәліметтер мен жалған құжаттарды ұсынғаным үшін жауаптылық туралы ескертілді. 20 ___ жылғы "___" ______ Өтiнiш берушiнiң қолы ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045227D" w:rsidRDefault="0045227D"/>
+    <w:sectPr w:rsidR="0045227D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A76C9F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00CC0C31"/>
+    <w:rsidRoot w:val="00157BA9"/>
+    <w:rsid w:val="00157BA9"/>
+    <w:rsid w:val="0045227D"/>
+    <w:rsid w:val="00CC127C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{41DE9E84-5F3D-44DE-8201-47D297045ACA}"/>
+  <w15:docId w15:val="{A209E3F6-CF14-42D4-8051-3DB5C715990B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1661,54 +1397,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2150</Words>
-  <Characters>12261</Characters>
+  <Words>2262</Words>
+  <Characters>12896</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>102</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>107</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14383</CharactersWithSpaces>
+  <CharactersWithSpaces>15128</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>