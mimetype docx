--- v0 (2025-12-09)
+++ v1 (2026-02-12)
@@ -1,14226 +1,754 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="008C35C5" w:rsidRPr="008C35C5" w:rsidRDefault="008C35C5" w:rsidP="008C35C5">
-      <w:pPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblInd w:w="6096" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...1 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13380"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidTr="00941D2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13380" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+            <w:r w:rsidRPr="00941D2D">
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00941D2D">
+              <w:br/>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00941D2D">
+              <w:br/>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00941D2D">
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00941D2D">
+              <w:br/>
+              <w:t>от 8 апреля 2015 года № 174</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00941D2D">
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:b/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008C35C5">
+        <w:t>Стандарт государственной услуги "Прием документов для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D2D">
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...51 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:b/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008C35C5">
+        <w:t xml:space="preserve">организации индивидуального бесплатного обучения на дому </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00941D2D">
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:b/>
         </w:rPr>
-        <w:t>Білім</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008C35C5">
+        <w:t>детей,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D2D">
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...87 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:b/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">2015 </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008C35C5">
+        <w:t>которые</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00941D2D">
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:b/>
         </w:rPr>
-        <w:t>жылғы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008C35C5">
+        <w:t xml:space="preserve"> по состоянию здоровья в течение длительного времени не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D2D">
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...39 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:b/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">№ 174 </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008C35C5">
+        <w:t>могут посещать организации начального, основного среднего,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D2D">
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...27 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:b/>
         </w:rPr>
         <w:br/>
-        <w:t>4-қосымша         </w:t>
-[...7 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>общего среднего образования"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D2D">
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:color w:val="1E1E1E"/>
-[...1334 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="z98"/>
+      <w:bookmarkStart w:id="1" w:name="z67"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="008C35C5">
-[...31 lines deleted...]
-        </w:rPr>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>      1. Государственная услуга "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" (далее - государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее - Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается организациями начального, основного среднего, общего среднего образования (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляются через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve">      1) с момента сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования в течение учебного года - 3 рабочих дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve">      2) максимально допустимое время ожидания для сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008C35C5">
-[...3112 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> - не более 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve">      3) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> - не более 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>      5. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>      6. Результат оказания государственной услуги: расписка о приеме документов (в произвольной форме).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>      Форма представления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
         <w:t>).</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C35C5">
-[...1918 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve">      8. График работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve">: с понедельника по субботу включительно, кроме выходных и праздничных дней, с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008C35C5">
-[...4479 lines deleted...]
-        <w:r w:rsidRPr="008C35C5">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z84" w:history="1">
+        <w:r w:rsidRPr="00941D2D">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...5 lines deleted...]
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:rStyle w:val="a3"/>
           </w:rPr>
-          <w:t>уәкілетті органға</w:t>
+          <w:t>Трудовому кодексу</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008C35C5">
-[...22 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t> Республики</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008C35C5">
-[...31 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>      Прием заявления и выдача результата осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:lastRenderedPageBreak/>
+        <w:t>      Предварительная запись и ускоренное обслуживание не предусмотрены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve">      9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>      1) заявление (в произвольной форме);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>      2) справка врачебно-консультационной комиссии с рекомендацией по обучению на дому;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>      3) заключение психолого-медико-педагогической консультации о рекомендуемой образовательной учебной программе для детей-инвалидов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>3. Порядок обжалования решений, действий (бездействия)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D2D">
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> в местные исполнительные органы, города</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D2D">
+        <w:br/>
+        <w:t>республиканского значения и столицы, района (города областного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D2D">
+        <w:br/>
+        <w:t>значения), и (или) его должностных лиц по вопросам оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D2D">
+        <w:br/>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve">      10. Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve">      1) на имя руководителя местного исполнительного органа, города республиканского значения и столицы, района (города областного значения) по адресам, указанным в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> Министерства: www.edu.gov.kz; в разделе "Государственные услуги";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve">      2) на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> по адресам, указанным в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> местных исполнительных органов, города республиканского значения и столицы, района (города областного значения). В жалобе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> указывается фамилия и инициалы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> и лица, принявшего жалобу, почтовый адрес и контактный телефон </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C35C5">
-[...2771 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги, поступившая в адрес местного исполнительного органа, города республиканского значения и столицы, района (города областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказания государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> может обратиться </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008C35C5">
-[...23 lines deleted...]
-        <w:r w:rsidRPr="008C35C5">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="00941D2D">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...5 lines deleted...]
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:rStyle w:val="a3"/>
           </w:rPr>
-          <w:t>Бірыңғай байланыс орталығы</w:t>
+          <w:t>уполномоченный орган</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008C35C5">
-[...8 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t> по</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008C35C5">
-[...12 lines deleted...]
-    <w:sectPr w:rsidR="00140EB6">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> оценке и контролю за качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственной услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>      Информацию о порядке обжалования можно получить посредством единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve">      11. В случаях несогласия с результатами оказанной государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> имеет право обратиться в суд в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z1455" w:history="1">
+        <w:r w:rsidRPr="00941D2D">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t> Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>4. Иные требования с учетом особенностей оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D2D">
+        <w:br/>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve">      12. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>посредством </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="00941D2D">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+          </w:rPr>
+          <w:t>единого контакт-центра</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t> по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+      <w:r w:rsidRPr="00941D2D">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      13. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941D2D">
+        <w:t xml:space="preserve"> Министерства: www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13380"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidTr="00941D2D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00941D2D" w:rsidRPr="00941D2D" w:rsidRDefault="00941D2D" w:rsidP="00941D2D">
+            <w:r w:rsidRPr="00941D2D">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00756E67" w:rsidRDefault="00756E67"/>
+    <w:sectPr w:rsidR="00756E67">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000E6EEF"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008C35C5"/>
+    <w:rsidRoot w:val="00FA04B6"/>
+    <w:rsid w:val="00756E67"/>
+    <w:rsid w:val="00941D2D"/>
+    <w:rsid w:val="00FA04B6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{1470FB02-DA7D-456E-AD47-B2DD5648EDC1}"/>
+  <w15:docId w15:val="{475FC57C-2255-4DDD-9E3D-6CE105075AE0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14577,102 +1105,112 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00941D2D"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="1732969623">
+    <w:div w:id="328561616">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013324" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U1500000128" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013324" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000377" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/U1600000349" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -14897,54 +1435,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>883</Words>
-  <Characters>5034</Characters>
+  <Words>861</Words>
+  <Characters>4911</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
+  <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5906</CharactersWithSpaces>
+  <CharactersWithSpaces>5761</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>