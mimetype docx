--- v0 (2025-12-07)
+++ v1 (2025-12-07)
@@ -1,24536 +1,878 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D8179D" w:rsidRDefault="00D8179D" w:rsidP="00D8179D">
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="360"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D8179D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="24"/>
-[...466 lines deleted...]
-        <w:t>ү</w:t>
+        </w:rPr>
+        <w:t>О внесении изменения в постановление Правительства Республики Казахстан от 19 января 2012 года № 127 "Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Постановление Правительства Республики Казахстан от 10 мая 2018 года № 254</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>     Правительство Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>      1. Внести в постановление Правительства Республики Казахстан от 19 января 2012 года № 127 "Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования" (САПП Республики Казахстан, 2012 г., № 27-28, ст. 375) следующее изменение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>      Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, утвержденные указанным постановлением, изложить в новой редакции согласно приложению к настоящему постановлению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>      2. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>      3. Приостановить до 1 января 2019 года действие части первой пункта 10 Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, изложенных в редакции согласно приложению к настоящему постановлению, установив, что в период приостановления данная часть действует в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>     "10. Организации образования, реализующие общеобразовательные учебные программы начального образования, обеспечивают прием в первый класс всех детей семи лет и детей, которым исполняется шесть лет в текущем календарном году, с обеспечением доступа всех детей, проживающих на территории обслуживания организации образования, независимо от уровня подготовки</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D8179D">
-[...10 lines deleted...]
-        <w:t>лг</w:t>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.".</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D8179D">
-[...5064 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:top w:w="30" w:type="dxa"/>
           <w:left w:w="30" w:type="dxa"/>
           <w:bottom w:w="30" w:type="dxa"/>
           <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5875"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="309"/>
+        <w:gridCol w:w="5829"/>
+        <w:gridCol w:w="3273"/>
+        <w:gridCol w:w="313"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D8179D" w:rsidRPr="00D8179D" w:rsidTr="00D8179D">
+      <w:tr w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidTr="00A434F1">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3120" w:type="pct"/>
+            <w:tcW w:w="3096" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D8179D" w:rsidRPr="00D8179D" w:rsidRDefault="00D8179D" w:rsidP="00D8179D">
-[...4 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+          <w:p w:rsidR="00000000" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+            <w:r w:rsidRPr="00A434F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00D8179D">
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A434F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D8179D">
+              <w:t>Премьер-Министр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A434F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A434F1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D8179D">
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1738" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+            <w:r w:rsidRPr="00A434F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Б. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D8179D">
+            <w:r w:rsidRPr="00A434F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Республикасының</w:t>
+              <w:t>Сагинтаев</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1880" w:type="pct"/>
+            <w:tcW w:w="166" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+            <w:r w:rsidRPr="00A434F1">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidTr="00A434F1">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3096" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+            <w:r w:rsidRPr="00A434F1">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1904" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D8179D" w:rsidRPr="00D8179D" w:rsidRDefault="00D8179D" w:rsidP="00D8179D">
-[...4 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+          <w:p w:rsidR="00000000" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+            <w:r w:rsidRPr="00A434F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00D8179D">
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A434F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:br/>
+              <w:t>к постановлению Правительства</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A434F1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A434F1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:br/>
+              <w:t>от 10 мая 2018 года № 127</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D8179D" w:rsidRPr="00D8179D" w:rsidTr="00D8179D">
+      <w:tr w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidTr="00A434F1">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3120" w:type="pct"/>
+            <w:tcW w:w="3096" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D8179D" w:rsidRPr="00D8179D" w:rsidRDefault="00D8179D" w:rsidP="00D8179D">
-[...42 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00000000" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+            <w:r w:rsidRPr="00A434F1">
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1716" w:type="pct"/>
-[...141 lines deleted...]
-            <w:tcW w:w="1880" w:type="pct"/>
+            <w:tcW w:w="1904" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D8179D" w:rsidRPr="00D8179D" w:rsidRDefault="00D8179D" w:rsidP="00D8179D">
-[...4 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+          <w:p w:rsidR="00000000" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+            <w:r w:rsidRPr="00A434F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D8179D">
+              <w:t>Утверждены</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A434F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...42 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D8179D">
+              <w:t>постановлением Правительства</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A434F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...42 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">2018 </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D8179D">
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A434F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...42 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">№ 254 </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D8179D">
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00A434F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>қаулысына</w:t>
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>19 января 2012 года № 127</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D8179D" w:rsidRPr="00D8179D" w:rsidRDefault="00D8179D" w:rsidP="00D8179D">
-[...344 lines deleted...]
-        <w:t> </w:t>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t> Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Настоящие Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, (далее – Правила) разработаны в соответствии с Законом Республики Казахстан от 27 июля 2007 года "Об образовании" (далее – Закон) и определяют порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, (далее – организации образования) независимо</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от форм их собственности и ведомственной подчиненности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>     2. Организации образования осуществляют прием на обучение в соответствии с Конституцией Республики Казахстан, Законом, настоящими Правилами, иными нормативными правовыми актами, а также разработанными на их основе уставами организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Зачисление в число </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> производится на основании приказа руководителя организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">     4. Не допускается комплектование классов по уровню подготовки и степени развития обучающихся. При этом предельная наполняемость в классе составляет не более 25 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>     5. При приеме обучающихся в организации образования руководители организаций образования заключают с родителями или иными законными представителями детей или обучающихся договора на оказание образовательных услуг в соответствии с типовым договором оказания образовательных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">     6. Обучающимся и родителям или иным законным представителям обучающихся предоставляется возможность ознакомления с настоящими Правилами, уставом организации образования, лицензией на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>право ведения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовательной деятельности, правилами приема в организации образования, утверждаемыми местными исполнительными органами, и другими документами, регламентирующими деятельность организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">     7. Прием на обучение в организации образования детей с особыми образовательными потребностями осуществляется с учетом заключения </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D8179D">
-[...9 lines deleted...]
-        <w:t>Бастауыш</w:t>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>педагого</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D8179D">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-медико-психологической консультации при согласии родителей или иных законных представителей ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>     8. Родители или иные законные представители ребенка или обучающегося имеют право выбора любой организации образования для обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>     9. В случае отказа в приеме на обучение в организацию образования, родители или иные законные представители обучающегося обращаются по месту жительства в местные органы управления образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> Глава 2. Порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     10. Организации образования, реализующие общеобразовательные учебные программы начального образования, обеспечивают прием в первый класс всех детей, которым исполняется шесть лет в текущем календарном году, с обеспечением доступа всех детей, проживающих на территории обслуживания организации образования, независимо от уровня подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>     Для приема детей в первый класс необходимы следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>     1) заявление от родителей или иных законных представителей ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>     2) копия свидетельства о рождении ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>     3) справка о состоянии здоровья (форма 026/у-3);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>     4) фотографии размером 3х4 см – в количестве 2 штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>     Прием документов, указанных в настоящем пункте, от родителей или иных законных представителей детей, поступающих в первый класс организаций образования, реализующих общеобразовательные учебные программы начального образования, производится с 1 июня по 30 августа текущего календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>     11. При приеме детей в первый класс организаций образования, реализующих общеобразовательные учебные программы начального образования, кроме специализированных организаций образования, гимназий и лицеев, экзамены, тестирование, зачеты, конкурсы не проводятся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Для детей, не посещавших дошкольные учреждения или не прошедших </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D8179D">
-[...9 lines deleted...]
-        <w:t>негізгі</w:t>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>предшкольную</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D8179D">
-[...386 lines deleted...]
-        <w:t>ү</w:t>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовку, организациями образования организуются подготовительные курсы до начала учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>     12. Прием обучающихся во вторые, третьи, четвертые, пятые, шестые, седьмые, восьмые, девятые классы организаций образования, реализующих общеобразовательные учебные программы начального и основного среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>     13. Прием обучающихся в десятые, одиннадцатые классы организаций образования, реализующих общеобразовательные учебные программы общего среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования, и на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей и наличия документа государственного образца об основном среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>     Прием заявлений начинается после вручения документа государственного образца об основном среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">     14. Прием обучающихся в десятые, одиннадцатые классы гимназий, лицеев осуществляется в соответствии с уставом гимназии, лицея на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей и наличия документа государственного образца об основном среднем образовании без учета </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D8179D">
-[...9 lines deleted...]
-        <w:t>лг</w:t>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>территории обслуживания данных видов организаций образования</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D8179D">
-[...545 lines deleted...]
-        <w:t>ә</w:t>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      15. Гимназии и лицеи формируют общеобразовательные классы для обеспечения получения обязательного объема знаний, определенных государственными общеобязательными стандартами образования Республики Казахстан, с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>     16. Прием на обучение в специализированные организации образования производится на конкурсной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">     17. Специализированными организациями образования устанавливаются дополнительные конкурсные туры приема на обучение. Содержание и форма проведения отбора </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D8179D">
-[...9 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D8179D">
-[...16631 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, порядок зачисления, перевода и выпуска обучающихся осуществляются в соответствии с уставом данной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
         <w:br/>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D8179D" w:rsidRPr="00D8179D" w:rsidRDefault="00D8179D" w:rsidP="00D8179D">
-[...269 lines deleted...]
-    <w:sectPr w:rsidR="00B804C7" w:rsidRPr="00D8179D">
+    <w:p w:rsidR="00A434F1" w:rsidRPr="00A434F1" w:rsidRDefault="00A434F1" w:rsidP="00A434F1">
+      <w:r w:rsidRPr="00A434F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B804C7" w:rsidRDefault="00A434F1"/>
+    <w:sectPr w:rsidR="00B804C7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000C34DD"/>
+    <w:rsidRoot w:val="00052D03"/>
+    <w:rsid w:val="00052D03"/>
     <w:rsid w:val="0007791E"/>
-    <w:rsid w:val="000C34DD"/>
     <w:rsid w:val="006A4C05"/>
-    <w:rsid w:val="00D8179D"/>
+    <w:rsid w:val="00A434F1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -24677,51 +1019,50 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
@@ -24867,81 +1208,80 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1950550753">
+    <w:div w:id="1636254830">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -25209,55 +1549,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>7138</Characters>
+  <Pages>4</Pages>
+  <Words>1271</Words>
+  <Characters>7248</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>60</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8374</CharactersWithSpaces>
+  <CharactersWithSpaces>8502</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>