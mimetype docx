--- v0 (2025-12-18)
+++ v1 (2025-12-18)
@@ -1,1083 +1,1558 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="006F32B2" w:rsidRDefault="006F32B2" w:rsidP="006F32B2">
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
       <w:pPr>
         <w:ind w:left="6372"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w:rsidR="006F32B2" w:rsidRPr="00DE7334" w:rsidRDefault="006F32B2" w:rsidP="006F32B2">
+      <w:r w:rsidRPr="007960DA">
+        <w:t>Приложение 7 к приказу Министра образования и науки Республики Казахстан от 13 апреля 2015 года № 198</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00DE7334">
+      <w:r w:rsidRPr="007960DA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>"Қамқоршыларға немесе қорғаншыларға жетім баланы (жетім балаларды) және ата-анасының қамқорлығынсыз қалған баланы (балаларды) асырап-бағуға жәрдемақы тағайындау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+        <w:t>Стандарт государственной услуги "Назначение выплаты пособия опекунам или попечителям на содержание ребенка-сироты (детей-сирот) и ребенка (детей), оставшегося без попечения родителей"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="006F32B2" w:rsidRDefault="006F32B2" w:rsidP="006F32B2">
-[...75 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      Сноска. Приложение 7 в редакции приказа Министра образования и науки РК от 25.12.2017 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>№  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>вводится в действие по истечении десяти календарных дней после дня его первого 650 официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      1. Государственная услуга "Назначение выплаты пособия опекунам или попечителям на содержание ребенка-сироты (детей-сирот) и ребенка (детей), оставшегося без попечения родителей" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается местными исполнительными органами городов Астаны и Алматы, районов и городов областного значения (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      1) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      2) веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t>Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      1) с момента сдачи документов в Государственную корпорацию, а также при обращении на портал – 10 (десять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      При обращении в Государственную корпорацию день приема не входит в срок оказания государственной услуги. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> обеспечивает доставку результата государственной услуги в </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t>Государственную корпорацию, не позднее чем за сутки до истечения срока оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      2) максимально допустимое время ожидания для сдачи документов в Государственной корпорации – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      3) максимально допустимое время обслуживания в Государственную корпорацию – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      5. Форма оказания государственной услуги – электронная (частично автоматизированная) и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>( или</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      6. Результат оказания государственной услуги – решение о назначении пособия опекунам или попечителям на содержание ребенка-сироты (детей–сирот) и ребенка (детей), оставшегося без попечения родителей, по форме согласно приложению 1 к настоящему стандарту государственной услуги либо мотивированный ответ об отказе в оказании государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007960DA">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      6. Мемлекеттік қызмет көрсетудің нәтижесі – осы мемлекеттік көрсетілетін қызмет стандартына  сәйкес нысан бойынша қорғаншыларға немесе қамқоршыларға жетім баланы ( 1-қосымшаға</w:t>
-[...76 lines deleted...]
-      <w:r>
+        <w:t>в случаях и по основаниям, предусмотренным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      Форма предоставления результата оказания государственной услуги - электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      В случае обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> за результатом оказания государственной услуги на бумажном носителе результат оказания государственной услуги оформляется в электронной форме, распечатывается, заверяется печатью и подписью уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      На портале результат оказания государственной услуги направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> в " личный кабинет" в форме электронного документа, подписанного электронной цифровой подписью </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>( далее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> – ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>) бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      1) Государственной корпорации: с понедельника по субботу включительно в соответствии с установленным графиком работы с 9.00 до 20.00 часов без перерыва на обед, за исключением воскресенья и праздничных дней, согласно трудовому законодательству.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      Прием осуществляется в порядке "электронной" очереди, по месту жительства несовершеннолетнего, без ускоренного обслуживания, возможно "бронирование" электронной очереди посредством портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      1) заявление опекуна или попечителя для назначения пособия по форме согласно приложению 2 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      2) документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      3) копия свидетельства о рождении ребенка (детей), в случае рождения ребенка (детей) до 13 августа 2007 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      4) копия документов, подтверждающие факт отсутствия попечения над ребенком единственного или обоих родителей (свидетельство о смерти, решение суда о лишении родителей родительских прав , ограничении их в родительских правах, признании родителей безвестно отсутствующими, недееспособными (ограниченно дееспособными), объявлении их умершими, приговор суда об отбывании родителями наказания в местах лишения свободы, документы, подтверждающие розыск родителей, отобрание ребенка (детей) у родителей, нахождение родителей на длительном лечении в организациях здравоохранения, акт о подкидывании ребенка (детей), заявление об отказе от ребенка (детей), сведения об отце, записанного со слов матери;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
         <w:lastRenderedPageBreak/>
-        <w:t>шектелген) деп тану, оларды қайтыс болды деп жариялау туралы сот шешімі, ата-анасының бас бостандығынан айыру орындарында жазасын өтеуi туралы сот үкімі, ата-аналардың іздестірілуін, баланың ( балалардың) ата-анасынан айырып алынғанын, ата-анасының денсаулық сақтау ұйымдарында ұзақ мерзімді емделуін растайтын құжаттар, баланың (балалардың) әдейі тасталғаны туралы акті, баладан (балалардан) бас тарту туралы өтініш) көшiрмелері;</w:t>
-[...61 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">      5) копия договора об открытии лицевого счета на имя опекуна или попечителя в банке второго уровня или в организации, имеющей лицензию Национального банка Республики Казахстан на осуществление отдельных видов банковских операций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      6) сведения о доходах ребенка (детей) (документы, подтверждающие получение государственных социальных пособий и иных социальных выплат, алиментов, сведения об имеющихся доходах от имущества ребенка (детей).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      Документы представляются в подлинниках для сверки, после чего подлинники возвращаются </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      на портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      1) заявление в форме электронного документа, подписанное ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> или удостоверенное одноразовым паролем, в случае регистрации и подключения абонентского номера </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      2) электронная копия свидетельства о рождении ребенка (детей) в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      3) электронная копия документов, подтверждающих факт отсутствия попечения над ребенком единственного или обоих родителей (свидетельство о смерти, решение суда о лишении родителей </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t>родительских прав, ограничении их в родительских правах, признании родителей безвестно отсутствующими, недееспособными (ограниченно дееспособными), объявлении их умершими, приговор суда об отбывании родителями наказания в местах лишения свободы, документы, подтверждающие розыск родителей, отобрание ребенка (детей) у родителей, нахождение родителей на длительном лечении в организациях здравоохранения, акт о подкидывании ребенка (детей), заявление об отказе от ребенка (детей), сведения об отце, записанного со слов матери;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      4) электронная копия договора об открытии лицевого счета на имя опекуна или попечителя в банке второго уровня или в организации, имеющей лицензию Национального банка Республики Казахстан на осуществление отдельных видов банковских операций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      5) электронные копии документов о доходах ребенка (детей), подтверждающие получение государственных социальных пособий и иных социальных выплат, алиментов, сведения об имеющихся доходах от имущества ребенка (детей).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      На портале прием электронного запроса осуществляется в "личном кабинете" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      Сведения о документах, удостоверяющих личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">, свидетельстве о рождении ребенка (детей) (в случае рождения ребенка после 13 августа 2007 года), справки об опеке и попечительстве, документы, подтверждающие получение государственных социальных пособий и иных социальных выплат работник Государственной корпорации и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      Работник Государственной корпорации получает согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
         <w:lastRenderedPageBreak/>
-        <w:t>қамтитын, ақпараттық жүйелердегі мәліметтерді пайдалануға көрсетілген қызметті алушының келісімін алады.</w:t>
-[...68 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">      При приеме документов через Государственную корпорацию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме документов при предъявлении удостоверения личности (либо его представителя по нотариально заверенной доверенности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      Государственная корпорацию обеспечивает хранение результата в течение одного месяца, после чего передает его </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> для дальнейшего хранения. При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> по истечении одного месяца по запросу Государственной корпорации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      В случае обращения через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> в "личный кабинет" направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      10. В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги работник Государственной корпорации отказывает в </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t>приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 3 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      1) нахождение ребенка (детей) на полном государственном обеспечении в учреждении для детей-сирот и детей, оставшихся без попечения родителей, в медико-социальных учреждениях стационарного типа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      2) превышение суммы среднемесячных доходов ребенка (детей) среднемесячных расходов на содержание ребенка в учреждениях для детей-сирот и детей, оставшихся без попечения родителей, в соответствующей области, городе республиканского значения, столице;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      3) наличие возможности родителей лично осуществлять воспитание и содержание своего ребенка, но добровольно передавших его под опеку или попечительство другим лицам (находятся в длительных служебных командировках, проживают раздельно с детьми, но имеют условия для их содержания и воспитания);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      4) установление недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      5) несоответствие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>установленным  Правительства</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> Республики Казахстан от 30 марта 2012 года № 383 "Об утверждении постановлением Правил назначения и размера выплаты пособия опекунам или попечителям на содержание ребенка-сироты (детей-сирот) и ребенка (детей), оставшегося без попечения родителей";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      6) в отношении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> имеется вступившее в законную силу решение суда, на основании которого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> лишен специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">Глава 3. Порядок обжалования решений, действий (бездействия) местных исполнительных органов областей, города республиканского значения, столицы, районов, городов областного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007960DA">
         <w:lastRenderedPageBreak/>
-        <w:t>3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, сондай-ақ көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының, Мемлекеттік корпорациясы және (немесе) олардың қызметкерлерінің шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
-[...63 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">значения, а также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> и (или) их должностных лиц, Государственной корпорации и (или) их работников по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      11. Обжалование решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> по адресам, указанным в пункте 14 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      Жалоба подается в письменной форме по почте либо нарочно через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      Жалоба на действия (бездействие) работника Государственной корпорации направляется руководителю Государственной корпорации по адресам и телефонам, указанным в пункте 14 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      Подтверждением принятия жалобы в Государственную корпорацию, поступившей как нарочно, так и почтой, является ее регистрация (штамп, входящий </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>номер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> и дата регистрации проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      При обращении через портал информацию о порядке обжалования можно получить по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> или Государственной корпорации, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услогополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> по почте либо выдается нарочно в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> или Государственной корпорации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      12. В случаях несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t>Глава 4. Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>Услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">, имеющим установленным законодательством порядке полную или </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>частичную утрату способности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> или возможности осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться прием документов, для оказания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007960DA">
         <w:lastRenderedPageBreak/>
-        <w:t>4-тарау. Мемлекеттік көрсетілетін қызметтің, оның ішінде электрондық нысанда және Мемлекеттік корпорациясы арқылы көрсетілетін қызметтің ерекшеліктері ескерілген өзге де талаптар</w:t>
-[...104 lines deleted...]
-      <w:r>
+        <w:t>государственной услуги, производиться работником Государственной корпорации с выездом по месту жительства посредством обращения через Единый контакт-центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      14. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> Государственной корпорации: www.gov4c.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      3) портале: www.egov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      15. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      16. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">      17. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> Министерства www.edu.gov.kz, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> www.bala-kkk.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t>Приложение 1 к стандарту государственной услуги "Назначение выплаты пособия опекунам или попечителям на содержание ребенка-сироты (детей-сирот) и ребенка (детей), оставшегося без попечения родителей" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">                                          Решение                         о назначении пособия опекуну или                   попечителю на содержание ребенка-сироты (детей-сирот)                   и ребенка (детей), оставшегося без попечения родителей № ___                                                 от "__" _______ 20___ года ________________________________________________________________________________ (наименование органа) № дела _______ Гражданин (ка) __________________________________________________________________ (фамилия, имя, отчество (при его наличии)) Дата обращения ________________________________________________________________ Свидетельство о рождении ребенка (запись акта о рождении) № _____________ Дата выдачи _________________________ наименование органа, выдавшего свидетельство о рождении ребенка (запись акта о рождении)____________________________ __________________________________________ Ф.И.О. (при его наличии) ребенка __________________________________________________ Дата рождения ребенка ___________________________________________________________ Решение органа о назначении опекуном или попечителем ______________________________ ________________________________________________________________________________ Дата назначения "___" _________ 20 __ года Назначенная сумма пособия с ______ 20 __ года по _______ 20 __ года в сумме ______________________________________________тенге </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">                        (прописью) Ф.И.О. (при его наличии) ребенка ____________________________________ пособие с ________________ по ___________ в сумме ________ тенге ________________________________________________________________________________ (прописью) Отказано в назначении пособия по причине: ________________________ Выплата пособия прекращена по причине: __________________________ Место печати Ф.И.О. (при его наличии) руководителя местного исполнительного органа городов Астаны и Алматы, районов и городов областного значения _______________ (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Қорғаншылық немесе қамқоршық тағайындау туралы органның шешімі</w:t>
-[...145 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t>Приложение 2 к стандарту государственной услуги "Назначение выплаты пособия опекунам или попечителям на содержание ребенка-сироты (детей-сирот) и ребенка (детей), оставшегося без попечения родителей" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">                                                ______________________________________                                                      (наименование органа)                                    Заявление                        опекуна или попечителя для назначения пособия      Прошу назначить пособие на содержание ребенка (детей), оставшегося без попечения родителей ________________________________________________________________________________                  (Ф.И.О. (при его наличии), дата рождения, ребенка (детей))      Фамилия__________________________________________________________________      Имя _______ Отчество (при его наличии) _______ опекуна или попечителя      Адрес ____________________________________________________________________      Решение органа о назначении опекуном или попечителем       ____________ _________________________________от "__" ______ 20 __года      Вид документа, удостоверяющего личность опекуна или попечителя      __________________________________________________________________________      Серия _______ номер ______ кем выдано ______________________________________      Индивидуальный идентификационный номер _________________________________      № лицевого счета __________ Наименование банка ____________________      В случае возникновения изменений в личных данных обязуюсь в течение 15 рабочих дней сообщить о них.      Предупрежден(а) об ответственности за предоставление недостоверных сведений и поддельных документов.       Согласен (-а) на использования сведений, составляющих </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>охраняемую  РК</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> Законом "О персональных данных и их защите" тайну, содержащихся в информационных системах. "__" _____________ 20 ___года ___________________ (подпись заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">Приложение 3 к стандарту </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA"/>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t>государственной услуги "Назначение выплаты пособия опекунам или попечителям на содержание ребенка-сироты (детей-сирот) и ребенка (детей), оставшегося без попечения родителей" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA">
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">                                                ___________________________________                                                (Ф.И.О. (при его наличии),                                                либо наименование организации                                                      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">)                                          ___________________________________                                           (адрес проживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t xml:space="preserve">)                                    Расписка                         об отказе в приеме документов      Руководствуясь  статьи 20 Закона Республики Казахстан от 15 апреля 2013 пунктом 2 года "О государственных услугах", отдел № __ филиала некоммерческого акционерного общество "Государственная корпорация "Правительство для граждан" _________________                                                                  (указать адрес) отказывает в приеме документов на оказание государственной услуги _______________________________________________________________________________ (наименование государственной услуги) ввиду представления Вами неполного пакета документов (недостоверных данных) согласно перечню, предусмотренному стандартом государственной услуги, а именно: Наименование отсутствующих документов: 1) ________________________________________; 2) ________________________________________; Настоящая расписка составлена в 2 экземплярах, по одному для каждой стороны. Ф.И.О.(при его наличии) (работника Государственной корпорации) ____________________                                          (подпись) Ф.И.О.(при его наличии) исполнителя _____________ Телефон __________ Получил </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007960DA">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Қорғаншының немесе қамқоршының жеке басын куәландыратын құжаттың түрі</w:t>
-[...120 lines deleted...]
-    <w:sectPr w:rsidR="007E08B6" w:rsidSect="009C30D5">
+        <w:t xml:space="preserve">Ф.И.О.(при его наличии) _________________________                              (подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007960DA">
+        <w:t>) "___" _________ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007960DA" w:rsidRPr="007960DA" w:rsidRDefault="007960DA" w:rsidP="007960DA"/>
+    <w:p w:rsidR="00F06E19" w:rsidRDefault="00F06E19"/>
+    <w:sectPr w:rsidR="00F06E19">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
-    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00242B7A"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00DE7334"/>
+    <w:rsidRoot w:val="008E4253"/>
+    <w:rsid w:val="007960DA"/>
+    <w:rsid w:val="008E4253"/>
+    <w:rsid w:val="00F06E19"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{5340D827-1A1B-4602-9637-A43FB8EBF3E5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009C30D5"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -1085,86 +1560,86 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1297,65 +1772,65 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>19037</Characters>
+  <Pages>8</Pages>
+  <Words>3248</Words>
+  <Characters>18517</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>158</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>154</Lines>
+  <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22332</CharactersWithSpaces>
+  <CharactersWithSpaces>21722</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>