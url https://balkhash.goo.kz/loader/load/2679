--- v0 (2025-12-18)
+++ v1 (2025-12-31)
@@ -1,873 +1,1434 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
       <w:pPr>
         <w:ind w:left="6372"/>
       </w:pPr>
       <w:r>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 13 сәуірдегі № 198 бұйрығына 13-қосымша</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00CC127C" w:rsidRPr="009E51B6" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+        <w:t>Приложение 13 к приказу Министра образования и науки Республики Казахстан от 13 апреля 2015 года № 198</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRPr="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E51B6">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00CC0C31">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>"Жетім баланы және (немесе) ата-анасының қамқорлығынсыз қалған баланы асырап алуға байланысты біржолғы ақшалай төлемді тағайындау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
-[...84 lines deleted...]
-    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+        <w:t>Стандарт государственной услуги "Назначение единовременной денежной выплаты в связи с усыновлением ребенка-сироты и (или) ребенка, оставшегося без попечения родителей"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      Сноска. Приложение 13 в редакции приказа Министра образования и науки РК от 25.12.2017 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>№  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>вводится в действие по истечении десяти календарных дней после дня его первого 650 официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      1. Государственная услуга "Назначение единовременной денежной выплаты в связи с усыновлением ребенка-сироты и (или) ребенка, оставшегося без попечения родителей" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается местными исполнительными органами городов Астаны и Алматы, районов и городов областного значения (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      1) канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      2) веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t>Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      1) с момента сдачи документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и при обращении на портал – 10 (десять) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      2) максимально допустимое время ожидания для сдачи документов у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      3) максимально допустимое время обслуживания у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      5. Форма оказания государственной услуги – электронная (частично автоматизированная) и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( или</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      6. Результат оказания государственной услуги – решение о назначении единовременной денежной выплаты в связи с усыновлением ребенка-сироты и (или) ребенка, оставшегося без попечения родителей по форме, согласно приложение 1 к настоящему стандарту государственной услуги либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      Форма предоставления результата оказания государственной услуги – электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      В случае обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> за результатом оказания государственной услуги на бумажном носителе результат оказания государственной услуги оформляется в электронной форме, распечатывается, заверяется печатью и подписью уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті көрсету нәтижесі үшін қағаз жеткізгіште өтініш берген жағдайда мемлекеттік қызмет көрсету нәтижесі электрондық форматта ресімделеді, қағазға басып шығарылады, көрсетілетін қызметті берушінің уәкілетті тұлғасының қолымен және мөрімен расталады.</w:t>
-[...77 lines deleted...]
-    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+        <w:t xml:space="preserve">      На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается бесплатно физическим лицам (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>согласно  Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Казахстан от 23 ноября 2015 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>года.Трудовому</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> кодексу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>согласно  Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Казахстан от 23 ноября 2015 года, прием Трудовому кодексу заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление по форме согласно приложение 2 к настоящему стандарту государственной </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>услуги ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      2) копия решения суда об усыновлении ребенка, вступившего в законную силу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      3) документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      4) копия договора об открытии лицевого счета на имя одного из усыновителей в банке второго уровня или в организации, имеющей лицензию Национального банка Республики Казахстан, на осуществление отдельных видов банковских операций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      Документы представляются в подлинниках для сверки, после чего подлинники возвращаются </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      При приеме документов через </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> на портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      1) заявление в форме электронного документа, подписанное ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или удостоверенное одноразовым паролем, в случае регистрации и подключения абонентского номера </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      2) электронная копия решения суда об усыновлении ребенка, вступившего в законную силу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      3) электронная копия договора об открытии лицевого счета на имя одного из усыновителей в банке второго уровня или в организации, имеющей лицензию Национального банка Республики Казахстан, на осуществление отдельных видов банковских операций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>номері порталдың есеп жазбасына тіркелген және қосылған жағдайда, электрондық құжат нысанындағы өтініш;</w:t>
-[...77 lines deleted...]
-    <w:p w:rsidR="00CC127C" w:rsidRDefault="00CC127C" w:rsidP="00CC127C">
+        <w:t xml:space="preserve">      Сведения о документах, удостоверяющих личность, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> дает согласие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      В случае обращения через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в "личный кабинет" направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги и (или) документов с истекшим сроком действия, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      10. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      1) предоставление неполного перечня документов, указанных в пункте 9 настоящего </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>стандарта ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      2) отмена усыновления по решению суда, вступившему в законную силу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      3) признание усыновления недействительным по решению суда, вступившему в законную силу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      4) установление недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      5) несоответствие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>установленным  Правительства</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Республики Казахстан от 10 июля 2014 года № 787 "Об утверждении постановлением Правил назначения, возврата и размера единовременной денежной выплаты в связи с усыновлением ребенка-сироты и (или) ребенка, оставшегося без попечения родителей";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      6) в отношении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеется вступившее в законную силу решение суда, на основании которого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> лишен специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">Глава 3. Порядок обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      11. Обжалование решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по адресам, указанным в пункте 13 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба подается в письменной форме по почте либо нарочно через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, а также посредством портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      При обращении через портал информацию о порядке обжалования можно получить по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Шағым жазбаша нысанда пошта не көрсетілетін қызметті берушінің кеңсесі арқылы қолма-қол қабылданады.</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">      16. Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету мәселелері бойынша анықтама қызметтерінің байланыс телефондары Министрліктің www.edu.gov.kz, көрсетілетін </w:t>
+        <w:t xml:space="preserve">      При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услогополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по почте либо выдается нарочно в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> обращается с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      Также информацию о порядке обжалования действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> и (или) его должностных лиц можно получить по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      12. В случаях несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t>Глава 4. Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      13. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      2) портале: www.egov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      15. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      16. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Министерства www.edu.gov.kz, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> www.bala-kkk.kz. Единый контакт-центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t>Приложение 1 к стандарту государственной услуги "Назначение единовременной денежной выплаты в связи с усыновлением ребенка-сироты и (или) ребенка, оставшегося без попечения родителей" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">                                          Решение о назначении единовременной денежной выплаты в связи с усыновлением ребенка-сироты и                   (или) ребенка, оставшегося без попечения родителей      № ___                                                 от "___" ____ 20___ года ________________________________________________________________________________                              (наименование органа)      Гражданин (ка)_____________________________________________________________                        (фамилия, имя, отчество (при его наличии))      Дата обращения ___________________________________________________________      Фамилия, имя, отчество </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>қызметті берушінің интернет-ресурстарында орналастырылған. Мемлекеттік қызмет көрсету мәселелері бойынша Бірыңғай байланыс-орталығы 1414, 8 800 080 7777.</w:t>
-[...196 lines deleted...]
-    <w:sectPr w:rsidR="0045227D" w:rsidSect="00AC2E58">
+        <w:t>(при его наличии) усыновленного ребенка ________________________________________________________________________________      Дата рождения усыновленного ребенка________________________________________      Свидетельство о рождении усыновленного ребенка (запись акта о рождении)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      № _____________ Дата выдачи _____________________ наименование органа, выдавшего свидетельство о рождении ребенка (запись акта о рождении) ________________________________________________________________________________      Решение суда об усыновлении "___" ____________ 20__года      Назначенная сумма единовременной денежной выплаты в связи с усыновлением ребенка составляет __________________________ тенге                        (сумма прописью)      Отказано в назначении единовременной денежной выплаты по причине: ________________________________________________________________________________ Место печати (при наличии) Руководитель местного исполнительного органа городов Астаны и Алматы, районов и городов областного значения ________________________________                                          (подпись) (фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t>Приложение 2 к стандарту государственной услуги "Назначение единовременной денежной выплаты в связи с усыновлением ребенка-сироты и (или) ребенка, оставшегося без попечения родителей" Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      ________________________________      (наименование органа) Заявление Прошу назначить единовременную денежную выплату в связи с усыновлением ребенка_____________________________________________ (Фамилия, имя, отчество (при его наличии), дата рождения, ребенка (детей)) Фамилия _______________________________________________________ (усыновителя) Имя ________________ Отчество (при наличии) _______________________ Адрес _________________________________________________________ Наименование суда _____________________________________________ Решение суда № ________ от "____" _____________20 __года Вид документа, удостоверяющего личность усыновителя _______________ Серия _______ номер ______ кем выдано ______________________________ Индивидуальный идентификационный номер ________________________ № лицевого счета ______________________________________________ Наименование банка ____________________________________________ Приложение: 1) копия решения суда об усыновлении ребенка, вступившего в законную силу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C31" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t xml:space="preserve">      2) копия удостоверения личности усыновителя; 3) копия свидетельства об усыновлении ребенка; 4) копия свидетельства о рождении усыновленного ребенка; 5) копия договора об открытии лицевого счета на имя одного из усыновителей в банке второго уровня или в организации, имеющей лицензию Национального банка Республики Казахстан, на осуществление отдельных видов банковских операций. Предупрежден(а) об ответственности за предоставление недостоверных сведений и </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00465EF1" w:rsidRDefault="00CC0C31" w:rsidP="00CC0C31">
+      <w:r>
+        <w:t>поддельных документов. "_____" _____________ 20 ___ года       Подпись заявителя _________</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00465EF1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
-    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00157BA9"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00CC127C"/>
+    <w:rsidRoot w:val="00A76C9F"/>
+    <w:rsid w:val="00465EF1"/>
+    <w:rsid w:val="00A76C9F"/>
+    <w:rsid w:val="00CC0C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{41DE9E84-5F3D-44DE-8201-47D297045ACA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AC2E58"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -877,86 +1438,86 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1089,65 +1650,65 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2262</Words>
-  <Characters>12894</Characters>
+  <Words>2150</Words>
+  <Characters>12261</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>107</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>102</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15126</CharactersWithSpaces>
+  <CharactersWithSpaces>14383</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>