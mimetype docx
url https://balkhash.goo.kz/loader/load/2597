--- v0 (2025-12-10)
+++ v1 (2025-12-17)
@@ -1,3937 +1,607 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00584CCF" w:rsidRDefault="00584CCF" w:rsidP="00584CCF">
+    <w:p w:rsidR="00D90E5C" w:rsidRPr="00D90E5C" w:rsidRDefault="00D90E5C" w:rsidP="00D90E5C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00584CCF">
+      <w:r w:rsidRPr="00D90E5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">9 </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00584CCF">
+        <w:t xml:space="preserve">Информация о проведении мероприятий,  </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>мамыр</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00584CCF">
+        <w:t xml:space="preserve">                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90E5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> — </w:t>
+        <w:t>Дня защитника Отечества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00641696" w:rsidRPr="00641696" w:rsidRDefault="00766449" w:rsidP="00E84FFE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С целью активизации  </w:t>
+      </w:r>
+      <w:r w:rsidR="00641696" w:rsidRPr="00641696">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по патриотическому воспитанию,</w:t>
+      </w:r>
+      <w:r w:rsidR="00641696" w:rsidRPr="00641696">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> повышение авторитета Вооруженных сил, защитников Отечества, ветеранов войны и военной службы в шк</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оле проведены мероприятия, посв</w:t>
+      </w:r>
+      <w:r w:rsidR="00641696" w:rsidRPr="00641696">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ящённые Дню защитника отечества.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Был о</w:t>
+      </w:r>
+      <w:r w:rsidR="00641696" w:rsidRPr="00641696">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">формлен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информаци</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>онный стенд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00641696" w:rsidRPr="00641696">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Учащиес</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я среднего звена 6-7 класс в ко</w:t>
+      </w:r>
+      <w:r w:rsidR="00641696" w:rsidRPr="00641696">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>личестве 10 чел</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>овек приняли активное участие в</w:t>
+      </w:r>
+      <w:r w:rsidR="00641696" w:rsidRPr="00641696">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> строевом конкурсе «Юных войск».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D90E5C" w:rsidRPr="00DB7999" w:rsidRDefault="00641696" w:rsidP="00E84FFE">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641696">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Были проведены классные часы, беседы на тему «День защитника Отечества», просмотр фильмов о Вооруженных силах Республики Казахстан. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90E5C" w:rsidRPr="00DB7999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3 мая 2018г.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90E5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90E5C" w:rsidRPr="00DB7999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в честь Дня защитника Отечества и Дня Победы прошел традиционный смотр юных войск, в котором принимала участие наша школа. Учащиеся 5-6 классов шагали, показывали перестроения, сдавали рапорты, пели патриотические песни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D90E5C" w:rsidRDefault="00641696" w:rsidP="00E84FFE">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641696">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В этот знаменат</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ельный день были приняты в ряды «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00584CCF">
+      <w:r w:rsidR="00A83B97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Жеңіс</w:t>
+        <w:t>Жас</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A83B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A83B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кыран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A83B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» учащиеся 2 класса. Юные защитники  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641696">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отече</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ства услышали  в этот  день </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641696">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от представительниц прекрасного пола самые разны</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е  поздравления  (стихи и песни)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641696">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641696">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Старшеклассницы приняли участие в встрече с первой девушкой-летчиком </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00584CCF">
+      <w:r w:rsidRPr="00641696">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>ВС</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00641696">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00641696">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Арданой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00641696">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00584CCF">
+      <w:r w:rsidRPr="00641696">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>К</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00584CCF">
+        <w:t>Ботай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00641696">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>үні</w:t>
-[...28 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90E5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3740 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00D90E5C" w:rsidRPr="00DB7999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4 мая учащиеся 5 «Б» класса посетили близлежащую воинскую часть, где базируются летний отряд ВС РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F1A4A" w:rsidRDefault="00D90E5C" w:rsidP="006F1A4A">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D02CE11" wp14:editId="7FA84F1E">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-544830</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>269240</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3240405" cy="2430780"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Андрей\Desktop\7.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Андрей\Desktop\7.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="email"/>
@@ -3946,51 +616,51 @@
                       <a:ext cx="3240405" cy="2430780"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76F03625" wp14:editId="785A1A35">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2940685</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>269240</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3336925" cy="2506345"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Андрей\Desktop\4м.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Андрей\Desktop\4м.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="email"/>
@@ -4000,1286 +670,3575 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3336925" cy="2506345"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00584CCF" w:rsidRDefault="00584CCF" w:rsidP="00584CCF">
+    <w:p w:rsidR="006F1A4A" w:rsidRDefault="006F1A4A" w:rsidP="006F1A4A">
       <w:pPr>
         <w:pStyle w:val="3"/>
       </w:pPr>
       <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F1A4A" w:rsidRDefault="006F1A4A" w:rsidP="006F1A4A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F1A4A" w:rsidRDefault="00D90E5C" w:rsidP="00D90E5C">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5201"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F1A4A" w:rsidRDefault="006F1A4A" w:rsidP="006F1A4A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F1A4A" w:rsidRDefault="006F1A4A" w:rsidP="006F1A4A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F1A4A" w:rsidRDefault="00D90E5C" w:rsidP="006F1A4A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E718105" wp14:editId="436F7C47">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-450850</wp:posOffset>
+              <wp:posOffset>789230</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-159385</wp:posOffset>
+              <wp:posOffset>162038</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2760345" cy="1555750"/>
-            <wp:effectExtent l="0" t="0" r="1905" b="6350"/>
+            <wp:extent cx="3434155" cy="1936376"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\Андрей\Desktop\вч.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Андрей\Desktop\вч.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="email"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2760345" cy="1555750"/>
+                      <a:ext cx="3434155" cy="1936376"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
-[...71 lines deleted...]
-    <w:p w:rsidR="00584CCF" w:rsidRDefault="00584CCF" w:rsidP="00584CCF">
+    </w:p>
+    <w:p w:rsidR="006F1A4A" w:rsidRDefault="006F1A4A" w:rsidP="006F1A4A">
       <w:pPr>
         <w:pStyle w:val="3"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00584CCF" w:rsidRDefault="00584CCF" w:rsidP="00584CCF">
+    <w:p w:rsidR="006F1A4A" w:rsidRDefault="006F1A4A" w:rsidP="006F1A4A">
       <w:pPr>
         <w:pStyle w:val="3"/>
-        <w:tabs>
-[...7 lines deleted...]
-    <w:p w:rsidR="00584CCF" w:rsidRDefault="00584CCF" w:rsidP="00584CCF">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F1A4A" w:rsidRDefault="006F1A4A" w:rsidP="006F1A4A">
       <w:pPr>
         <w:pStyle w:val="3"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00584CCF" w:rsidRDefault="00584CCF" w:rsidP="00584CCF">
+    <w:p w:rsidR="006F1A4A" w:rsidRDefault="006F1A4A" w:rsidP="006F1A4A">
       <w:pPr>
         <w:pStyle w:val="3"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00584CCF" w:rsidRDefault="00584CCF" w:rsidP="00584CCF">
-[...9 lines deleted...]
-    <w:p w:rsidR="00584CCF" w:rsidRDefault="00584CCF" w:rsidP="00584CCF">
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0030488B">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+          <w:szCs w:val="31"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Информация о проведенных мероприятиях </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0030488B">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+          <w:szCs w:val="31"/>
+        </w:rPr>
+        <w:t>9 мая — День Победы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC60FE" w:rsidRPr="00DC60FE" w:rsidRDefault="00D90E5C" w:rsidP="00E84FFE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="142"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0030488B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В целях сохранения исторической преемственности поколений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, воспитания бережного отношения к историческому прошлому и настоящему, формирования духовно-нравственных и гражданско-патриотических качеств личности </w:t>
+      </w:r>
+      <w:r w:rsidR="006B20E5" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в нашей школе  проведены</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мероприятия, посвященные этой знаменательной дате.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC60FE" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Согласно плану воспитательной  работы   школы  были  проведены  мероприятия, направленные на воспитание патриотизма подрастающего поколения, любви к Родине, гордости за историческое прошлое своего народа.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC60FE" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во всех классах прошли классные часы на военно-патриотическую тематику.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1532">
+        <w:rPr>
+          <w:rStyle w:val="HTML"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О</w:t>
+      </w:r>
+      <w:r w:rsidR="006B20E5" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:rStyle w:val="HTML"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формлен  информационный  стенд</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC60FE" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:rStyle w:val="HTML"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B20E5" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:rStyle w:val="HTML"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Учащимися были просмотрены видеоролики, видеосюжеты о  годах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006B20E5" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:rStyle w:val="HTML"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ВОв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006B20E5" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:rStyle w:val="HTML"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>., о героях – Казахстана. Школьники познакомились со стихами и песнями военных лет, прослушали военные письма  той поры.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC60FE" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:rStyle w:val="HTML"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                               </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1532">
+        <w:rPr>
+          <w:rStyle w:val="HTML"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1A4A" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:rStyle w:val="HTML"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С целью воспитания уважительного отношения к героическому прошлому страны, воинским традициям; способствовать развитию интереса к изучению истории Родины; на примере жизни выдающихся исторических личностей, героев и участников войны показывать образцы честности и благородства духа, самоотречения и готовности к самопожертвованию</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1532">
+        <w:rPr>
+          <w:rStyle w:val="HTML"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1A4A" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:rStyle w:val="HTML"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1532">
+        <w:rPr>
+          <w:rStyle w:val="HTML"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC60FE" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:rStyle w:val="HTML"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для учащихся школы  проведен  праздник, посвященный </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1A4A" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:rStyle w:val="HTML"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC60FE" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:rStyle w:val="HTML"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Победе</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1A4A" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:rStyle w:val="HTML"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Великой Отечественной войне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006F1A4A" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:rStyle w:val="HTML"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DC60FE" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DC60FE" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DC60FE" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школе была организована выставка детского рисунка и плаката  «День Победы, как он был от нас далёк!». Дети в своих работах передали трагизм того времени, мужество воинов и гордость  за совершенные подвиги наших солдат. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1532">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC60FE" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9 мая 2018 года учащиеся, педагоги школы  приняли активное участие в городских праздничных мероприятиях: шествии</w:t>
+      </w:r>
+      <w:r w:rsidR="0030488B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC60FE" w:rsidRPr="00DC60FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Бессмертный полк», возложении цветов к вечному огню, в праздничном концерт</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1532">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC60FE" w:rsidRPr="00DC60FE" w:rsidRDefault="00DC60FE" w:rsidP="00DC60FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC60FE" w:rsidRDefault="00DC60FE" w:rsidP="00DC60FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC60FE" w:rsidRPr="00DC60FE" w:rsidRDefault="00DC60FE" w:rsidP="00DC60FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC60FE" w:rsidRPr="00DC60FE" w:rsidRDefault="00DC60FE" w:rsidP="00DC60FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC60FE" w:rsidRPr="00DC60FE" w:rsidRDefault="00DC60FE" w:rsidP="00DC60FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC60FE" w:rsidRDefault="00DC60FE" w:rsidP="00DC60FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE1532" w:rsidRDefault="00EE1532" w:rsidP="00DC60FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE1532" w:rsidRDefault="00EE1532" w:rsidP="00DC60FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE1532" w:rsidRDefault="00EE1532" w:rsidP="00DC60FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC60FE" w:rsidRDefault="00DC60FE" w:rsidP="00DC60FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3219"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00584CCF" w:rsidRDefault="00584CCF" w:rsidP="00584CCF">
+    <w:p w:rsidR="0030488B" w:rsidRDefault="0030488B" w:rsidP="00DC60FE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22B3D1F8" wp14:editId="678AE2D8">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-890635</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-397361</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3380367" cy="1904104"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Андрей\Desktop\вок.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Андрей\Desktop\вок.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="email"/>
+                    <a:blip r:embed="rId8" cstate="email"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3380367" cy="1904104"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="562D6ACF" wp14:editId="27676815">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2647950</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>193675</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3708400" cy="2086610"/>
             <wp:effectExtent l="19050" t="0" r="6350" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Рисунок 4" descr="C:\Users\Андрей\Desktop\пр.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Андрей\Desktop\пр.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="email"/>
+                    <a:blip r:embed="rId9" cstate="email"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3708400" cy="2086610"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00584CCF" w:rsidRPr="0030488B" w:rsidRDefault="00584CCF" w:rsidP="00584CCF">
-[...35 lines deleted...]
-    <w:p w:rsidR="00584CCF" w:rsidRPr="0030488B" w:rsidRDefault="00584CCF" w:rsidP="00584CCF">
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4510C226" wp14:editId="2EF50173">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-727710</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>222885</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3216910" cy="1807210"/>
             <wp:effectExtent l="19050" t="0" r="2540" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Рисунок 3" descr="C:\Users\Андрей\Desktop\кон.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Андрей\Desktop\кон.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="email"/>
+                    <a:blip r:embed="rId10" cstate="email"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3216910" cy="1807210"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00584CCF" w:rsidRPr="0030488B" w:rsidRDefault="00584CCF" w:rsidP="00584CCF">
-[...26 lines deleted...]
-    <w:p w:rsidR="00584CCF" w:rsidRPr="0030488B" w:rsidRDefault="00584CCF" w:rsidP="00584CCF">
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="084563DC" wp14:editId="6914A28C">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2609215</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>12065</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3745865" cy="2097405"/>
             <wp:effectExtent l="19050" t="0" r="6985" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Рисунок 2" descr="C:\Users\Андрей\Desktop\тр.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Андрей\Desktop\тр.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12" cstate="email"/>
+                    <a:blip r:embed="rId11" cstate="email"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3745865" cy="2097405"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00584CCF" w:rsidRDefault="00584CCF" w:rsidP="00584CCF">
-[...8 lines deleted...]
-    <w:p w:rsidR="00584CCF" w:rsidRDefault="00584CCF" w:rsidP="00584CCF">
+    <w:p w:rsidR="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0030488B" w:rsidRDefault="00EE1532" w:rsidP="0030488B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57ACB477" wp14:editId="179430BE">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-730250</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>238125</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3336925" cy="2506345"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="8" name="Рисунок 5" descr="C:\Users\Андрей\Desktop\бес.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Андрей\Desktop\бес.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="email"/>
+                    <a:blip r:embed="rId12" cstate="email"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3336925" cy="2506345"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00584CCF" w:rsidRDefault="00584CCF" w:rsidP="00584CCF">
-[...26 lines deleted...]
-    <w:p w:rsidR="00584CCF" w:rsidRPr="0030488B" w:rsidRDefault="00584CCF" w:rsidP="00584CCF">
+    <w:p w:rsidR="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C0BB3FD" wp14:editId="3804B279">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3042920</wp:posOffset>
+              <wp:posOffset>2892425</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>153035</wp:posOffset>
+              <wp:posOffset>-2540</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2440940" cy="1532255"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="3358515" cy="2108200"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="9" name="Рисунок 6" descr="C:\Users\Андрей\Desktop\орг.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Андрей\Desktop\орг.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14" cstate="email"/>
+                    <a:blip r:embed="rId13" cstate="email"/>
                     <a:srcRect t="-4261" r="-17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2440940" cy="1532255"/>
+                      <a:ext cx="3358515" cy="2108200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00584CCF" w:rsidRPr="0030488B" w:rsidSect="0031652B">
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0030488B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-727598</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>288850</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3461983" cy="1957892"/>
+            <wp:effectExtent l="19050" t="0" r="5117" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="10" name="Рисунок 7" descr="C:\Users\Андрей\Desktop\биб.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\Андрей\Desktop\биб.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14" cstate="email"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3461983" cy="1957892"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031652B" w:rsidRPr="0030488B" w:rsidRDefault="0030488B" w:rsidP="0030488B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2372"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="0031652B" w:rsidRPr="0030488B" w:rsidSect="0031652B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="35914B9D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FCCA7618"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="68C64F18"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="226834A8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="7F8445CE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6E1EE9D2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="89"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...4 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00584CCF"/>
-[...397 lines deleted...]
-    <w:rsid w:val="00FF775A"/>
+    <w:rsidRoot w:val="00641696"/>
+    <w:rsid w:val="000003EB"/>
+    <w:rsid w:val="00000C05"/>
+    <w:rsid w:val="00001978"/>
+    <w:rsid w:val="00002DE2"/>
+    <w:rsid w:val="000031F8"/>
+    <w:rsid w:val="00003B7C"/>
+    <w:rsid w:val="00003BE0"/>
+    <w:rsid w:val="00004433"/>
+    <w:rsid w:val="000055DD"/>
+    <w:rsid w:val="00006CA4"/>
+    <w:rsid w:val="00011174"/>
+    <w:rsid w:val="000117D1"/>
+    <w:rsid w:val="000125EB"/>
+    <w:rsid w:val="00013403"/>
+    <w:rsid w:val="00013A20"/>
+    <w:rsid w:val="000173C2"/>
+    <w:rsid w:val="0002061C"/>
+    <w:rsid w:val="00022B05"/>
+    <w:rsid w:val="00022B3D"/>
+    <w:rsid w:val="00023A82"/>
+    <w:rsid w:val="00023F80"/>
+    <w:rsid w:val="00023FCE"/>
+    <w:rsid w:val="000269B3"/>
+    <w:rsid w:val="00027304"/>
+    <w:rsid w:val="00027430"/>
+    <w:rsid w:val="000346C4"/>
+    <w:rsid w:val="00035A3B"/>
+    <w:rsid w:val="00036B66"/>
+    <w:rsid w:val="000370BF"/>
+    <w:rsid w:val="00037A5F"/>
+    <w:rsid w:val="0004195C"/>
+    <w:rsid w:val="00042DC4"/>
+    <w:rsid w:val="00042EC2"/>
+    <w:rsid w:val="0004544E"/>
+    <w:rsid w:val="00046D20"/>
+    <w:rsid w:val="000472C6"/>
+    <w:rsid w:val="00053816"/>
+    <w:rsid w:val="000546BF"/>
+    <w:rsid w:val="0005621D"/>
+    <w:rsid w:val="00056CB1"/>
+    <w:rsid w:val="00056E55"/>
+    <w:rsid w:val="000570FC"/>
+    <w:rsid w:val="000577C1"/>
+    <w:rsid w:val="00060078"/>
+    <w:rsid w:val="00060B9F"/>
+    <w:rsid w:val="000612A4"/>
+    <w:rsid w:val="00062188"/>
+    <w:rsid w:val="00065AC0"/>
+    <w:rsid w:val="00065B79"/>
+    <w:rsid w:val="00066D56"/>
+    <w:rsid w:val="00067B72"/>
+    <w:rsid w:val="0007599C"/>
+    <w:rsid w:val="0007629A"/>
+    <w:rsid w:val="00076995"/>
+    <w:rsid w:val="00076F63"/>
+    <w:rsid w:val="00080626"/>
+    <w:rsid w:val="00081F2D"/>
+    <w:rsid w:val="00084104"/>
+    <w:rsid w:val="0008613F"/>
+    <w:rsid w:val="00087844"/>
+    <w:rsid w:val="00090221"/>
+    <w:rsid w:val="00090DB8"/>
+    <w:rsid w:val="000919DD"/>
+    <w:rsid w:val="0009295F"/>
+    <w:rsid w:val="00092DC5"/>
+    <w:rsid w:val="000A046D"/>
+    <w:rsid w:val="000A0B4E"/>
+    <w:rsid w:val="000A0CFB"/>
+    <w:rsid w:val="000A206E"/>
+    <w:rsid w:val="000B050E"/>
+    <w:rsid w:val="000B0642"/>
+    <w:rsid w:val="000B07E2"/>
+    <w:rsid w:val="000B18F2"/>
+    <w:rsid w:val="000B3BE8"/>
+    <w:rsid w:val="000B3F28"/>
+    <w:rsid w:val="000B4D28"/>
+    <w:rsid w:val="000B517D"/>
+    <w:rsid w:val="000B53A4"/>
+    <w:rsid w:val="000B7186"/>
+    <w:rsid w:val="000B7EC1"/>
+    <w:rsid w:val="000C001B"/>
+    <w:rsid w:val="000C0524"/>
+    <w:rsid w:val="000C089C"/>
+    <w:rsid w:val="000C0E7F"/>
+    <w:rsid w:val="000C0F57"/>
+    <w:rsid w:val="000C1A42"/>
+    <w:rsid w:val="000C2C6A"/>
+    <w:rsid w:val="000C4CE4"/>
+    <w:rsid w:val="000C7469"/>
+    <w:rsid w:val="000D2B1F"/>
+    <w:rsid w:val="000D5813"/>
+    <w:rsid w:val="000E051C"/>
+    <w:rsid w:val="000E40AF"/>
+    <w:rsid w:val="000E4399"/>
+    <w:rsid w:val="000E56F7"/>
+    <w:rsid w:val="000E5EC4"/>
+    <w:rsid w:val="000E6CF4"/>
+    <w:rsid w:val="000E764C"/>
+    <w:rsid w:val="000F04BF"/>
+    <w:rsid w:val="000F05D1"/>
+    <w:rsid w:val="000F30E9"/>
+    <w:rsid w:val="000F3236"/>
+    <w:rsid w:val="000F342F"/>
+    <w:rsid w:val="000F456D"/>
+    <w:rsid w:val="000F4680"/>
+    <w:rsid w:val="000F5765"/>
+    <w:rsid w:val="000F7B34"/>
+    <w:rsid w:val="000F7DE5"/>
+    <w:rsid w:val="00101572"/>
+    <w:rsid w:val="0010220C"/>
+    <w:rsid w:val="001032C0"/>
+    <w:rsid w:val="00103632"/>
+    <w:rsid w:val="001040C8"/>
+    <w:rsid w:val="00105562"/>
+    <w:rsid w:val="001068EA"/>
+    <w:rsid w:val="00106AC2"/>
+    <w:rsid w:val="00110FE7"/>
+    <w:rsid w:val="0011118A"/>
+    <w:rsid w:val="00111876"/>
+    <w:rsid w:val="0011249E"/>
+    <w:rsid w:val="00112553"/>
+    <w:rsid w:val="001128FD"/>
+    <w:rsid w:val="00112C1A"/>
+    <w:rsid w:val="00114A85"/>
+    <w:rsid w:val="001169BA"/>
+    <w:rsid w:val="00120ABF"/>
+    <w:rsid w:val="00121FBC"/>
+    <w:rsid w:val="00122291"/>
+    <w:rsid w:val="00126202"/>
+    <w:rsid w:val="001265BA"/>
+    <w:rsid w:val="00131796"/>
+    <w:rsid w:val="00131C63"/>
+    <w:rsid w:val="00132B51"/>
+    <w:rsid w:val="001347D5"/>
+    <w:rsid w:val="0013536D"/>
+    <w:rsid w:val="0013641D"/>
+    <w:rsid w:val="00136546"/>
+    <w:rsid w:val="00136DEE"/>
+    <w:rsid w:val="0014052E"/>
+    <w:rsid w:val="00140939"/>
+    <w:rsid w:val="00140ABF"/>
+    <w:rsid w:val="00140C66"/>
+    <w:rsid w:val="0014216A"/>
+    <w:rsid w:val="00142F17"/>
+    <w:rsid w:val="00143DC2"/>
+    <w:rsid w:val="00146A83"/>
+    <w:rsid w:val="0014754C"/>
+    <w:rsid w:val="001479B2"/>
+    <w:rsid w:val="00150166"/>
+    <w:rsid w:val="00150FA2"/>
+    <w:rsid w:val="001527B9"/>
+    <w:rsid w:val="00153CEE"/>
+    <w:rsid w:val="00156004"/>
+    <w:rsid w:val="00157477"/>
+    <w:rsid w:val="001601F9"/>
+    <w:rsid w:val="0016022F"/>
+    <w:rsid w:val="0016057B"/>
+    <w:rsid w:val="00161B20"/>
+    <w:rsid w:val="00165931"/>
+    <w:rsid w:val="00165B30"/>
+    <w:rsid w:val="0016731E"/>
+    <w:rsid w:val="0017037E"/>
+    <w:rsid w:val="00170C65"/>
+    <w:rsid w:val="00172CB2"/>
+    <w:rsid w:val="00173D33"/>
+    <w:rsid w:val="00174FFD"/>
+    <w:rsid w:val="001751DF"/>
+    <w:rsid w:val="00176382"/>
+    <w:rsid w:val="0017768A"/>
+    <w:rsid w:val="00177C9E"/>
+    <w:rsid w:val="00181206"/>
+    <w:rsid w:val="0018259C"/>
+    <w:rsid w:val="00184F7C"/>
+    <w:rsid w:val="0018513A"/>
+    <w:rsid w:val="00185686"/>
+    <w:rsid w:val="00185B8E"/>
+    <w:rsid w:val="001929C9"/>
+    <w:rsid w:val="00192F24"/>
+    <w:rsid w:val="00196210"/>
+    <w:rsid w:val="00196AF1"/>
+    <w:rsid w:val="001A13AD"/>
+    <w:rsid w:val="001A24F0"/>
+    <w:rsid w:val="001A41DD"/>
+    <w:rsid w:val="001A5A0B"/>
+    <w:rsid w:val="001A6E09"/>
+    <w:rsid w:val="001A6ECC"/>
+    <w:rsid w:val="001A776D"/>
+    <w:rsid w:val="001A78B2"/>
+    <w:rsid w:val="001A7A04"/>
+    <w:rsid w:val="001B074B"/>
+    <w:rsid w:val="001B2374"/>
+    <w:rsid w:val="001B2DF2"/>
+    <w:rsid w:val="001B30AE"/>
+    <w:rsid w:val="001B42C5"/>
+    <w:rsid w:val="001B4852"/>
+    <w:rsid w:val="001B5D77"/>
+    <w:rsid w:val="001C1119"/>
+    <w:rsid w:val="001C2F83"/>
+    <w:rsid w:val="001C458D"/>
+    <w:rsid w:val="001C4BA7"/>
+    <w:rsid w:val="001C4F0A"/>
+    <w:rsid w:val="001D3D2F"/>
+    <w:rsid w:val="001D4B5D"/>
+    <w:rsid w:val="001D4D6C"/>
+    <w:rsid w:val="001D685F"/>
+    <w:rsid w:val="001D71B7"/>
+    <w:rsid w:val="001E0BBD"/>
+    <w:rsid w:val="001E1D7A"/>
+    <w:rsid w:val="001E2852"/>
+    <w:rsid w:val="001E4D46"/>
+    <w:rsid w:val="001E6D64"/>
+    <w:rsid w:val="001E7604"/>
+    <w:rsid w:val="001F0832"/>
+    <w:rsid w:val="001F099F"/>
+    <w:rsid w:val="001F0B26"/>
+    <w:rsid w:val="001F1526"/>
+    <w:rsid w:val="001F1FC2"/>
+    <w:rsid w:val="001F2779"/>
+    <w:rsid w:val="001F4A8C"/>
+    <w:rsid w:val="001F4FD9"/>
+    <w:rsid w:val="001F5BEA"/>
+    <w:rsid w:val="001F619C"/>
+    <w:rsid w:val="00201795"/>
+    <w:rsid w:val="00202606"/>
+    <w:rsid w:val="00205A88"/>
+    <w:rsid w:val="002105B7"/>
+    <w:rsid w:val="00211CEC"/>
+    <w:rsid w:val="002120EE"/>
+    <w:rsid w:val="00212D88"/>
+    <w:rsid w:val="00212F54"/>
+    <w:rsid w:val="00213751"/>
+    <w:rsid w:val="00214407"/>
+    <w:rsid w:val="002146C3"/>
+    <w:rsid w:val="00216F37"/>
+    <w:rsid w:val="00220FC0"/>
+    <w:rsid w:val="00221F75"/>
+    <w:rsid w:val="00223F8B"/>
+    <w:rsid w:val="00224974"/>
+    <w:rsid w:val="00224CEE"/>
+    <w:rsid w:val="00230220"/>
+    <w:rsid w:val="002307A2"/>
+    <w:rsid w:val="002355E9"/>
+    <w:rsid w:val="00235660"/>
+    <w:rsid w:val="002408E5"/>
+    <w:rsid w:val="00241A6D"/>
+    <w:rsid w:val="00243288"/>
+    <w:rsid w:val="00244688"/>
+    <w:rsid w:val="00244CDE"/>
+    <w:rsid w:val="002450FF"/>
+    <w:rsid w:val="00245B55"/>
+    <w:rsid w:val="00246D33"/>
+    <w:rsid w:val="00252724"/>
+    <w:rsid w:val="00252A73"/>
+    <w:rsid w:val="00253AB2"/>
+    <w:rsid w:val="00254042"/>
+    <w:rsid w:val="0025612F"/>
+    <w:rsid w:val="00256D8B"/>
+    <w:rsid w:val="00261FC0"/>
+    <w:rsid w:val="002627FA"/>
+    <w:rsid w:val="00262A6C"/>
+    <w:rsid w:val="00263ACF"/>
+    <w:rsid w:val="00265502"/>
+    <w:rsid w:val="00267846"/>
+    <w:rsid w:val="002700D1"/>
+    <w:rsid w:val="002725A1"/>
+    <w:rsid w:val="0027313F"/>
+    <w:rsid w:val="0027319D"/>
+    <w:rsid w:val="00273F7C"/>
+    <w:rsid w:val="00277F62"/>
+    <w:rsid w:val="00280E7A"/>
+    <w:rsid w:val="002870EF"/>
+    <w:rsid w:val="00291A07"/>
+    <w:rsid w:val="00297115"/>
+    <w:rsid w:val="002A09EC"/>
+    <w:rsid w:val="002A541A"/>
+    <w:rsid w:val="002A59EE"/>
+    <w:rsid w:val="002B1E69"/>
+    <w:rsid w:val="002B2CF9"/>
+    <w:rsid w:val="002B4A5F"/>
+    <w:rsid w:val="002B7D7B"/>
+    <w:rsid w:val="002C1130"/>
+    <w:rsid w:val="002C1F07"/>
+    <w:rsid w:val="002C3E20"/>
+    <w:rsid w:val="002C535A"/>
+    <w:rsid w:val="002C571E"/>
+    <w:rsid w:val="002C6A5F"/>
+    <w:rsid w:val="002C7589"/>
+    <w:rsid w:val="002D1967"/>
+    <w:rsid w:val="002D1D0E"/>
+    <w:rsid w:val="002D209D"/>
+    <w:rsid w:val="002D3B7A"/>
+    <w:rsid w:val="002D4F72"/>
+    <w:rsid w:val="002D683E"/>
+    <w:rsid w:val="002E0636"/>
+    <w:rsid w:val="002E4C94"/>
+    <w:rsid w:val="002E4F55"/>
+    <w:rsid w:val="002E55CF"/>
+    <w:rsid w:val="002E577B"/>
+    <w:rsid w:val="002E5A70"/>
+    <w:rsid w:val="002E6E93"/>
+    <w:rsid w:val="002F0E34"/>
+    <w:rsid w:val="002F1A46"/>
+    <w:rsid w:val="002F208B"/>
+    <w:rsid w:val="002F36F3"/>
+    <w:rsid w:val="002F3EF9"/>
+    <w:rsid w:val="002F4787"/>
+    <w:rsid w:val="002F5278"/>
+    <w:rsid w:val="002F56A1"/>
+    <w:rsid w:val="002F5839"/>
+    <w:rsid w:val="002F5A3D"/>
+    <w:rsid w:val="002F6C37"/>
+    <w:rsid w:val="0030006B"/>
+    <w:rsid w:val="003018CD"/>
+    <w:rsid w:val="0030340E"/>
+    <w:rsid w:val="0030488B"/>
+    <w:rsid w:val="00304B76"/>
+    <w:rsid w:val="00310ECA"/>
+    <w:rsid w:val="0031226D"/>
+    <w:rsid w:val="00312A0C"/>
+    <w:rsid w:val="003149EB"/>
+    <w:rsid w:val="00315653"/>
+    <w:rsid w:val="0031652B"/>
+    <w:rsid w:val="0032004F"/>
+    <w:rsid w:val="00322990"/>
+    <w:rsid w:val="00322F94"/>
+    <w:rsid w:val="00323AAF"/>
+    <w:rsid w:val="00323E6A"/>
+    <w:rsid w:val="00326659"/>
+    <w:rsid w:val="0032777E"/>
+    <w:rsid w:val="003328F0"/>
+    <w:rsid w:val="00332C3D"/>
+    <w:rsid w:val="00333163"/>
+    <w:rsid w:val="003335F3"/>
+    <w:rsid w:val="003346E0"/>
+    <w:rsid w:val="003353DD"/>
+    <w:rsid w:val="00336EC4"/>
+    <w:rsid w:val="00337034"/>
+    <w:rsid w:val="00337A67"/>
+    <w:rsid w:val="00337DAD"/>
+    <w:rsid w:val="00341EBF"/>
+    <w:rsid w:val="00343EA8"/>
+    <w:rsid w:val="00344B1E"/>
+    <w:rsid w:val="0034578E"/>
+    <w:rsid w:val="00347843"/>
+    <w:rsid w:val="003509CC"/>
+    <w:rsid w:val="00350A7C"/>
+    <w:rsid w:val="00350C52"/>
+    <w:rsid w:val="003549E1"/>
+    <w:rsid w:val="00354B05"/>
+    <w:rsid w:val="003567F6"/>
+    <w:rsid w:val="0035718A"/>
+    <w:rsid w:val="00357E5E"/>
+    <w:rsid w:val="0036002A"/>
+    <w:rsid w:val="003603BB"/>
+    <w:rsid w:val="00360E77"/>
+    <w:rsid w:val="00362EE3"/>
+    <w:rsid w:val="00363209"/>
+    <w:rsid w:val="003637D1"/>
+    <w:rsid w:val="0036421E"/>
+    <w:rsid w:val="00366AF8"/>
+    <w:rsid w:val="00366B27"/>
+    <w:rsid w:val="0037139F"/>
+    <w:rsid w:val="00371515"/>
+    <w:rsid w:val="00372A9F"/>
+    <w:rsid w:val="0037340A"/>
+    <w:rsid w:val="00373A23"/>
+    <w:rsid w:val="00374F50"/>
+    <w:rsid w:val="00375252"/>
+    <w:rsid w:val="00375428"/>
+    <w:rsid w:val="00375736"/>
+    <w:rsid w:val="00375AAC"/>
+    <w:rsid w:val="00377C9E"/>
+    <w:rsid w:val="003812D7"/>
+    <w:rsid w:val="00383DDB"/>
+    <w:rsid w:val="0038528C"/>
+    <w:rsid w:val="00385315"/>
+    <w:rsid w:val="00385D58"/>
+    <w:rsid w:val="00386109"/>
+    <w:rsid w:val="00387D67"/>
+    <w:rsid w:val="00390552"/>
+    <w:rsid w:val="003921B8"/>
+    <w:rsid w:val="00393F7C"/>
+    <w:rsid w:val="00394F9D"/>
+    <w:rsid w:val="003952AC"/>
+    <w:rsid w:val="00395D2F"/>
+    <w:rsid w:val="003A02ED"/>
+    <w:rsid w:val="003A030B"/>
+    <w:rsid w:val="003A05EA"/>
+    <w:rsid w:val="003A22EA"/>
+    <w:rsid w:val="003A3BB1"/>
+    <w:rsid w:val="003B03A9"/>
+    <w:rsid w:val="003B1691"/>
+    <w:rsid w:val="003B3F34"/>
+    <w:rsid w:val="003B3FF0"/>
+    <w:rsid w:val="003B4133"/>
+    <w:rsid w:val="003B4C9B"/>
+    <w:rsid w:val="003B5050"/>
+    <w:rsid w:val="003B5477"/>
+    <w:rsid w:val="003C003A"/>
+    <w:rsid w:val="003C0928"/>
+    <w:rsid w:val="003C0EBC"/>
+    <w:rsid w:val="003C17D9"/>
+    <w:rsid w:val="003C1F7C"/>
+    <w:rsid w:val="003C23BF"/>
+    <w:rsid w:val="003C28A2"/>
+    <w:rsid w:val="003C3CC9"/>
+    <w:rsid w:val="003C45DE"/>
+    <w:rsid w:val="003C4FFA"/>
+    <w:rsid w:val="003C5A72"/>
+    <w:rsid w:val="003C6323"/>
+    <w:rsid w:val="003C6827"/>
+    <w:rsid w:val="003C74BC"/>
+    <w:rsid w:val="003D0526"/>
+    <w:rsid w:val="003D4273"/>
+    <w:rsid w:val="003E30B6"/>
+    <w:rsid w:val="003E5399"/>
+    <w:rsid w:val="003E5949"/>
+    <w:rsid w:val="003F14B1"/>
+    <w:rsid w:val="003F321D"/>
+    <w:rsid w:val="003F51A0"/>
+    <w:rsid w:val="003F579A"/>
+    <w:rsid w:val="003F5CE7"/>
+    <w:rsid w:val="003F748A"/>
+    <w:rsid w:val="003F76E6"/>
+    <w:rsid w:val="004012E2"/>
+    <w:rsid w:val="004016F8"/>
+    <w:rsid w:val="00403795"/>
+    <w:rsid w:val="004045CF"/>
+    <w:rsid w:val="00404D69"/>
+    <w:rsid w:val="00404F52"/>
+    <w:rsid w:val="00405495"/>
+    <w:rsid w:val="004055F4"/>
+    <w:rsid w:val="00406D97"/>
+    <w:rsid w:val="004108AE"/>
+    <w:rsid w:val="00411378"/>
+    <w:rsid w:val="00412717"/>
+    <w:rsid w:val="004137C5"/>
+    <w:rsid w:val="0041534A"/>
+    <w:rsid w:val="00415398"/>
+    <w:rsid w:val="004228CF"/>
+    <w:rsid w:val="00423421"/>
+    <w:rsid w:val="00423984"/>
+    <w:rsid w:val="00425F83"/>
+    <w:rsid w:val="00431A36"/>
+    <w:rsid w:val="00432062"/>
+    <w:rsid w:val="00432145"/>
+    <w:rsid w:val="00432262"/>
+    <w:rsid w:val="004348BC"/>
+    <w:rsid w:val="004359A2"/>
+    <w:rsid w:val="0043641B"/>
+    <w:rsid w:val="00437B31"/>
+    <w:rsid w:val="00437D25"/>
+    <w:rsid w:val="004403B3"/>
+    <w:rsid w:val="004406D2"/>
+    <w:rsid w:val="00440C88"/>
+    <w:rsid w:val="00440CE4"/>
+    <w:rsid w:val="00441C97"/>
+    <w:rsid w:val="004448F8"/>
+    <w:rsid w:val="00444DEC"/>
+    <w:rsid w:val="00445BCD"/>
+    <w:rsid w:val="00445CBD"/>
+    <w:rsid w:val="004471DE"/>
+    <w:rsid w:val="00447E52"/>
+    <w:rsid w:val="0045138C"/>
+    <w:rsid w:val="00451BA2"/>
+    <w:rsid w:val="00454ED4"/>
+    <w:rsid w:val="004554BF"/>
+    <w:rsid w:val="00455616"/>
+    <w:rsid w:val="00455A6C"/>
+    <w:rsid w:val="00455E6D"/>
+    <w:rsid w:val="00460288"/>
+    <w:rsid w:val="00460877"/>
+    <w:rsid w:val="00467296"/>
+    <w:rsid w:val="0047192F"/>
+    <w:rsid w:val="00471E99"/>
+    <w:rsid w:val="00472DAF"/>
+    <w:rsid w:val="0047481D"/>
+    <w:rsid w:val="00474F86"/>
+    <w:rsid w:val="00476FFC"/>
+    <w:rsid w:val="00480628"/>
+    <w:rsid w:val="00480F23"/>
+    <w:rsid w:val="004820B5"/>
+    <w:rsid w:val="00482DBA"/>
+    <w:rsid w:val="00483E67"/>
+    <w:rsid w:val="00486FD1"/>
+    <w:rsid w:val="00490412"/>
+    <w:rsid w:val="004917AC"/>
+    <w:rsid w:val="004925B0"/>
+    <w:rsid w:val="0049444D"/>
+    <w:rsid w:val="004949CC"/>
+    <w:rsid w:val="004956E3"/>
+    <w:rsid w:val="004958B2"/>
+    <w:rsid w:val="004969D2"/>
+    <w:rsid w:val="00497463"/>
+    <w:rsid w:val="004A2522"/>
+    <w:rsid w:val="004A2778"/>
+    <w:rsid w:val="004A6355"/>
+    <w:rsid w:val="004A6863"/>
+    <w:rsid w:val="004B19E5"/>
+    <w:rsid w:val="004B212B"/>
+    <w:rsid w:val="004B44C9"/>
+    <w:rsid w:val="004B56F1"/>
+    <w:rsid w:val="004B6208"/>
+    <w:rsid w:val="004B772B"/>
+    <w:rsid w:val="004C0E14"/>
+    <w:rsid w:val="004C1F6E"/>
+    <w:rsid w:val="004C39A8"/>
+    <w:rsid w:val="004C3E93"/>
+    <w:rsid w:val="004C512A"/>
+    <w:rsid w:val="004C5817"/>
+    <w:rsid w:val="004C6B02"/>
+    <w:rsid w:val="004C7D4D"/>
+    <w:rsid w:val="004D2DBB"/>
+    <w:rsid w:val="004D301D"/>
+    <w:rsid w:val="004D336E"/>
+    <w:rsid w:val="004D4B6B"/>
+    <w:rsid w:val="004D7239"/>
+    <w:rsid w:val="004D72E2"/>
+    <w:rsid w:val="004D7B39"/>
+    <w:rsid w:val="004E01B6"/>
+    <w:rsid w:val="004E0737"/>
+    <w:rsid w:val="004E0D3E"/>
+    <w:rsid w:val="004E0FC2"/>
+    <w:rsid w:val="004E2D71"/>
+    <w:rsid w:val="004E5406"/>
+    <w:rsid w:val="004E5D11"/>
+    <w:rsid w:val="004E68D6"/>
+    <w:rsid w:val="004E7DE6"/>
+    <w:rsid w:val="004F0754"/>
+    <w:rsid w:val="004F272E"/>
+    <w:rsid w:val="004F2A12"/>
+    <w:rsid w:val="004F2DEF"/>
+    <w:rsid w:val="004F347E"/>
+    <w:rsid w:val="004F3651"/>
+    <w:rsid w:val="004F4723"/>
+    <w:rsid w:val="00501415"/>
+    <w:rsid w:val="00502D78"/>
+    <w:rsid w:val="00503427"/>
+    <w:rsid w:val="0050344F"/>
+    <w:rsid w:val="00503E0F"/>
+    <w:rsid w:val="00506B16"/>
+    <w:rsid w:val="0051115C"/>
+    <w:rsid w:val="00511E30"/>
+    <w:rsid w:val="00513B01"/>
+    <w:rsid w:val="00514A6E"/>
+    <w:rsid w:val="00514AB4"/>
+    <w:rsid w:val="00514FF4"/>
+    <w:rsid w:val="005166A8"/>
+    <w:rsid w:val="00520A52"/>
+    <w:rsid w:val="00521605"/>
+    <w:rsid w:val="00524BD4"/>
+    <w:rsid w:val="00526441"/>
+    <w:rsid w:val="005265BC"/>
+    <w:rsid w:val="00530612"/>
+    <w:rsid w:val="00530993"/>
+    <w:rsid w:val="00530E9F"/>
+    <w:rsid w:val="00531755"/>
+    <w:rsid w:val="00533275"/>
+    <w:rsid w:val="005366C6"/>
+    <w:rsid w:val="005367A0"/>
+    <w:rsid w:val="0053730F"/>
+    <w:rsid w:val="00537829"/>
+    <w:rsid w:val="00540A08"/>
+    <w:rsid w:val="00540F77"/>
+    <w:rsid w:val="00541A2D"/>
+    <w:rsid w:val="00542097"/>
+    <w:rsid w:val="005423ED"/>
+    <w:rsid w:val="0054397E"/>
+    <w:rsid w:val="00544A10"/>
+    <w:rsid w:val="00544CBC"/>
+    <w:rsid w:val="00544DF2"/>
+    <w:rsid w:val="00545C76"/>
+    <w:rsid w:val="00552039"/>
+    <w:rsid w:val="00552432"/>
+    <w:rsid w:val="00552719"/>
+    <w:rsid w:val="00554EAB"/>
+    <w:rsid w:val="00555950"/>
+    <w:rsid w:val="00556E55"/>
+    <w:rsid w:val="00557EB1"/>
+    <w:rsid w:val="00560B02"/>
+    <w:rsid w:val="00560DB3"/>
+    <w:rsid w:val="00561D5B"/>
+    <w:rsid w:val="005628EA"/>
+    <w:rsid w:val="005635BD"/>
+    <w:rsid w:val="0056565D"/>
+    <w:rsid w:val="0056612B"/>
+    <w:rsid w:val="00570D8B"/>
+    <w:rsid w:val="0057149A"/>
+    <w:rsid w:val="00574539"/>
+    <w:rsid w:val="0057490B"/>
+    <w:rsid w:val="00576ADE"/>
+    <w:rsid w:val="005772E6"/>
+    <w:rsid w:val="00581D68"/>
+    <w:rsid w:val="00581E9B"/>
+    <w:rsid w:val="005821CD"/>
+    <w:rsid w:val="0058394B"/>
+    <w:rsid w:val="00583C31"/>
+    <w:rsid w:val="0058655F"/>
+    <w:rsid w:val="00586779"/>
+    <w:rsid w:val="00587581"/>
+    <w:rsid w:val="005876DF"/>
+    <w:rsid w:val="00587749"/>
+    <w:rsid w:val="00587943"/>
+    <w:rsid w:val="0058796C"/>
+    <w:rsid w:val="00591A2E"/>
+    <w:rsid w:val="00591F63"/>
+    <w:rsid w:val="005925CC"/>
+    <w:rsid w:val="00594469"/>
+    <w:rsid w:val="00594DE9"/>
+    <w:rsid w:val="0059515A"/>
+    <w:rsid w:val="00595B06"/>
+    <w:rsid w:val="005962E7"/>
+    <w:rsid w:val="00596497"/>
+    <w:rsid w:val="00596BC4"/>
+    <w:rsid w:val="005973EA"/>
+    <w:rsid w:val="005A0BEF"/>
+    <w:rsid w:val="005A2FB8"/>
+    <w:rsid w:val="005A4D8A"/>
+    <w:rsid w:val="005A6171"/>
+    <w:rsid w:val="005A6C9E"/>
+    <w:rsid w:val="005B0FF7"/>
+    <w:rsid w:val="005B2CFD"/>
+    <w:rsid w:val="005B32F1"/>
+    <w:rsid w:val="005B39C4"/>
+    <w:rsid w:val="005B3E2C"/>
+    <w:rsid w:val="005B5619"/>
+    <w:rsid w:val="005B5963"/>
+    <w:rsid w:val="005B6675"/>
+    <w:rsid w:val="005B6C63"/>
+    <w:rsid w:val="005B717C"/>
+    <w:rsid w:val="005B72AF"/>
+    <w:rsid w:val="005C0860"/>
+    <w:rsid w:val="005C0926"/>
+    <w:rsid w:val="005C2F37"/>
+    <w:rsid w:val="005C31B2"/>
+    <w:rsid w:val="005C3307"/>
+    <w:rsid w:val="005C45A7"/>
+    <w:rsid w:val="005C6513"/>
+    <w:rsid w:val="005C6930"/>
+    <w:rsid w:val="005C7683"/>
+    <w:rsid w:val="005C7946"/>
+    <w:rsid w:val="005D1983"/>
+    <w:rsid w:val="005D2220"/>
+    <w:rsid w:val="005D4328"/>
+    <w:rsid w:val="005D4AB5"/>
+    <w:rsid w:val="005D4F61"/>
+    <w:rsid w:val="005D5501"/>
+    <w:rsid w:val="005D5E6B"/>
+    <w:rsid w:val="005D6718"/>
+    <w:rsid w:val="005D7844"/>
+    <w:rsid w:val="005E178B"/>
+    <w:rsid w:val="005E33D7"/>
+    <w:rsid w:val="005E4C22"/>
+    <w:rsid w:val="005E519C"/>
+    <w:rsid w:val="005E6E3B"/>
+    <w:rsid w:val="005F0F57"/>
+    <w:rsid w:val="005F189B"/>
+    <w:rsid w:val="005F1AAD"/>
+    <w:rsid w:val="005F4605"/>
+    <w:rsid w:val="005F5412"/>
+    <w:rsid w:val="005F6416"/>
+    <w:rsid w:val="005F7DDA"/>
+    <w:rsid w:val="00604011"/>
+    <w:rsid w:val="006110A1"/>
+    <w:rsid w:val="006141A5"/>
+    <w:rsid w:val="00614B26"/>
+    <w:rsid w:val="00614F23"/>
+    <w:rsid w:val="00620856"/>
+    <w:rsid w:val="00620B22"/>
+    <w:rsid w:val="0062417B"/>
+    <w:rsid w:val="0062457A"/>
+    <w:rsid w:val="006246BA"/>
+    <w:rsid w:val="00624FAC"/>
+    <w:rsid w:val="00625051"/>
+    <w:rsid w:val="00625D08"/>
+    <w:rsid w:val="00626425"/>
+    <w:rsid w:val="006264F6"/>
+    <w:rsid w:val="00626602"/>
+    <w:rsid w:val="006348D4"/>
+    <w:rsid w:val="006349CA"/>
+    <w:rsid w:val="00634E80"/>
+    <w:rsid w:val="006353B0"/>
+    <w:rsid w:val="00635AFC"/>
+    <w:rsid w:val="00637F8D"/>
+    <w:rsid w:val="00640ECE"/>
+    <w:rsid w:val="0064138A"/>
+    <w:rsid w:val="00641696"/>
+    <w:rsid w:val="0064379E"/>
+    <w:rsid w:val="00643E42"/>
+    <w:rsid w:val="00644788"/>
+    <w:rsid w:val="00650181"/>
+    <w:rsid w:val="00650E2A"/>
+    <w:rsid w:val="0065309F"/>
+    <w:rsid w:val="006533CA"/>
+    <w:rsid w:val="0065387F"/>
+    <w:rsid w:val="00653AC1"/>
+    <w:rsid w:val="006545D9"/>
+    <w:rsid w:val="00654999"/>
+    <w:rsid w:val="00660018"/>
+    <w:rsid w:val="00662ECD"/>
+    <w:rsid w:val="0066376F"/>
+    <w:rsid w:val="0066485B"/>
+    <w:rsid w:val="00665802"/>
+    <w:rsid w:val="006663F9"/>
+    <w:rsid w:val="00667596"/>
+    <w:rsid w:val="00667C4E"/>
+    <w:rsid w:val="0067048E"/>
+    <w:rsid w:val="00670AC1"/>
+    <w:rsid w:val="00672190"/>
+    <w:rsid w:val="0067221E"/>
+    <w:rsid w:val="006729B7"/>
+    <w:rsid w:val="0067438D"/>
+    <w:rsid w:val="00677457"/>
+    <w:rsid w:val="00677821"/>
+    <w:rsid w:val="0068034E"/>
+    <w:rsid w:val="00681D7B"/>
+    <w:rsid w:val="00682C95"/>
+    <w:rsid w:val="00684DA0"/>
+    <w:rsid w:val="00684F10"/>
+    <w:rsid w:val="00686E96"/>
+    <w:rsid w:val="00690A74"/>
+    <w:rsid w:val="00693A28"/>
+    <w:rsid w:val="00693D7E"/>
+    <w:rsid w:val="0069420C"/>
+    <w:rsid w:val="00694446"/>
+    <w:rsid w:val="00694F0F"/>
+    <w:rsid w:val="00695B4A"/>
+    <w:rsid w:val="00696053"/>
+    <w:rsid w:val="00696EB4"/>
+    <w:rsid w:val="00697CC0"/>
+    <w:rsid w:val="006A0AFD"/>
+    <w:rsid w:val="006A1DB6"/>
+    <w:rsid w:val="006A2083"/>
+    <w:rsid w:val="006A3864"/>
+    <w:rsid w:val="006A4071"/>
+    <w:rsid w:val="006A62BA"/>
+    <w:rsid w:val="006A69A9"/>
+    <w:rsid w:val="006A6A83"/>
+    <w:rsid w:val="006A6B19"/>
+    <w:rsid w:val="006A741D"/>
+    <w:rsid w:val="006A79E8"/>
+    <w:rsid w:val="006B115E"/>
+    <w:rsid w:val="006B20E5"/>
+    <w:rsid w:val="006B3238"/>
+    <w:rsid w:val="006B4F4B"/>
+    <w:rsid w:val="006B6BC1"/>
+    <w:rsid w:val="006B7B06"/>
+    <w:rsid w:val="006C17E0"/>
+    <w:rsid w:val="006C4019"/>
+    <w:rsid w:val="006C40C5"/>
+    <w:rsid w:val="006C60CB"/>
+    <w:rsid w:val="006C72E2"/>
+    <w:rsid w:val="006D093B"/>
+    <w:rsid w:val="006D09AC"/>
+    <w:rsid w:val="006D0A24"/>
+    <w:rsid w:val="006D0B40"/>
+    <w:rsid w:val="006D62CB"/>
+    <w:rsid w:val="006D673C"/>
+    <w:rsid w:val="006D6FBF"/>
+    <w:rsid w:val="006E22AC"/>
+    <w:rsid w:val="006E2BC3"/>
+    <w:rsid w:val="006E449C"/>
+    <w:rsid w:val="006E4FF4"/>
+    <w:rsid w:val="006E54A8"/>
+    <w:rsid w:val="006E673D"/>
+    <w:rsid w:val="006F0858"/>
+    <w:rsid w:val="006F1588"/>
+    <w:rsid w:val="006F1A4A"/>
+    <w:rsid w:val="006F363C"/>
+    <w:rsid w:val="006F3938"/>
+    <w:rsid w:val="006F67D5"/>
+    <w:rsid w:val="0070002D"/>
+    <w:rsid w:val="0070322C"/>
+    <w:rsid w:val="00703F08"/>
+    <w:rsid w:val="007040DA"/>
+    <w:rsid w:val="00705365"/>
+    <w:rsid w:val="0070730C"/>
+    <w:rsid w:val="00707E84"/>
+    <w:rsid w:val="0071032D"/>
+    <w:rsid w:val="007112DF"/>
+    <w:rsid w:val="007151EB"/>
+    <w:rsid w:val="007162E4"/>
+    <w:rsid w:val="00716379"/>
+    <w:rsid w:val="007164AB"/>
+    <w:rsid w:val="0071688F"/>
+    <w:rsid w:val="00717222"/>
+    <w:rsid w:val="00722843"/>
+    <w:rsid w:val="00722E70"/>
+    <w:rsid w:val="00723D62"/>
+    <w:rsid w:val="007262BB"/>
+    <w:rsid w:val="007277FF"/>
+    <w:rsid w:val="007302C0"/>
+    <w:rsid w:val="00731400"/>
+    <w:rsid w:val="007314AC"/>
+    <w:rsid w:val="0073417F"/>
+    <w:rsid w:val="00734B80"/>
+    <w:rsid w:val="00735165"/>
+    <w:rsid w:val="00735522"/>
+    <w:rsid w:val="0074149A"/>
+    <w:rsid w:val="00741706"/>
+    <w:rsid w:val="00744124"/>
+    <w:rsid w:val="00745947"/>
+    <w:rsid w:val="00745EF3"/>
+    <w:rsid w:val="00750A37"/>
+    <w:rsid w:val="00751CF7"/>
+    <w:rsid w:val="007527B2"/>
+    <w:rsid w:val="0075350B"/>
+    <w:rsid w:val="00753AD8"/>
+    <w:rsid w:val="00755CE5"/>
+    <w:rsid w:val="00755F1D"/>
+    <w:rsid w:val="00760A42"/>
+    <w:rsid w:val="00760ACA"/>
+    <w:rsid w:val="00760EDB"/>
+    <w:rsid w:val="00762422"/>
+    <w:rsid w:val="007632B8"/>
+    <w:rsid w:val="00763A42"/>
+    <w:rsid w:val="00764A72"/>
+    <w:rsid w:val="00764C2D"/>
+    <w:rsid w:val="00765776"/>
+    <w:rsid w:val="00766449"/>
+    <w:rsid w:val="0077046C"/>
+    <w:rsid w:val="00770BA9"/>
+    <w:rsid w:val="0077163D"/>
+    <w:rsid w:val="00772858"/>
+    <w:rsid w:val="007729C8"/>
+    <w:rsid w:val="00772CD5"/>
+    <w:rsid w:val="00773265"/>
+    <w:rsid w:val="007777A0"/>
+    <w:rsid w:val="00781940"/>
+    <w:rsid w:val="00781CA0"/>
+    <w:rsid w:val="00785CD3"/>
+    <w:rsid w:val="00786187"/>
+    <w:rsid w:val="00786232"/>
+    <w:rsid w:val="007876C5"/>
+    <w:rsid w:val="00793994"/>
+    <w:rsid w:val="0079477D"/>
+    <w:rsid w:val="00797639"/>
+    <w:rsid w:val="00797699"/>
+    <w:rsid w:val="007A4115"/>
+    <w:rsid w:val="007A458B"/>
+    <w:rsid w:val="007A4AF0"/>
+    <w:rsid w:val="007A4CA5"/>
+    <w:rsid w:val="007A70EC"/>
+    <w:rsid w:val="007A7CD1"/>
+    <w:rsid w:val="007B2FA7"/>
+    <w:rsid w:val="007B38EB"/>
+    <w:rsid w:val="007B3F6D"/>
+    <w:rsid w:val="007B51F1"/>
+    <w:rsid w:val="007C01FD"/>
+    <w:rsid w:val="007C0472"/>
+    <w:rsid w:val="007C04EB"/>
+    <w:rsid w:val="007C365A"/>
+    <w:rsid w:val="007C38D5"/>
+    <w:rsid w:val="007C3B11"/>
+    <w:rsid w:val="007C4F22"/>
+    <w:rsid w:val="007C5FFC"/>
+    <w:rsid w:val="007C6359"/>
+    <w:rsid w:val="007C76D7"/>
+    <w:rsid w:val="007D01F9"/>
+    <w:rsid w:val="007D1AB8"/>
+    <w:rsid w:val="007D45C9"/>
+    <w:rsid w:val="007D5087"/>
+    <w:rsid w:val="007D633D"/>
+    <w:rsid w:val="007D68E6"/>
+    <w:rsid w:val="007D7373"/>
+    <w:rsid w:val="007D7A12"/>
+    <w:rsid w:val="007E2B59"/>
+    <w:rsid w:val="007E2C4F"/>
+    <w:rsid w:val="007E433F"/>
+    <w:rsid w:val="007E4A45"/>
+    <w:rsid w:val="007E611D"/>
+    <w:rsid w:val="007E6444"/>
+    <w:rsid w:val="007E6C20"/>
+    <w:rsid w:val="007F00AC"/>
+    <w:rsid w:val="007F2554"/>
+    <w:rsid w:val="007F44C6"/>
+    <w:rsid w:val="007F728F"/>
+    <w:rsid w:val="007F780B"/>
+    <w:rsid w:val="00804492"/>
+    <w:rsid w:val="00804658"/>
+    <w:rsid w:val="00810092"/>
+    <w:rsid w:val="00811E69"/>
+    <w:rsid w:val="00812789"/>
+    <w:rsid w:val="0081371F"/>
+    <w:rsid w:val="00813BFB"/>
+    <w:rsid w:val="00817DC1"/>
+    <w:rsid w:val="0082081C"/>
+    <w:rsid w:val="00824466"/>
+    <w:rsid w:val="00824D56"/>
+    <w:rsid w:val="008259A0"/>
+    <w:rsid w:val="0082656B"/>
+    <w:rsid w:val="00830297"/>
+    <w:rsid w:val="0083296D"/>
+    <w:rsid w:val="00833897"/>
+    <w:rsid w:val="00835BFA"/>
+    <w:rsid w:val="008412D1"/>
+    <w:rsid w:val="00842D5B"/>
+    <w:rsid w:val="008433CF"/>
+    <w:rsid w:val="00843884"/>
+    <w:rsid w:val="00845536"/>
+    <w:rsid w:val="00846809"/>
+    <w:rsid w:val="008479E3"/>
+    <w:rsid w:val="00850D7B"/>
+    <w:rsid w:val="00853983"/>
+    <w:rsid w:val="008547FA"/>
+    <w:rsid w:val="00855392"/>
+    <w:rsid w:val="00860AD9"/>
+    <w:rsid w:val="00862398"/>
+    <w:rsid w:val="00862C06"/>
+    <w:rsid w:val="00866811"/>
+    <w:rsid w:val="00867545"/>
+    <w:rsid w:val="00867F0F"/>
+    <w:rsid w:val="0087035F"/>
+    <w:rsid w:val="0087093B"/>
+    <w:rsid w:val="00870973"/>
+    <w:rsid w:val="008719AF"/>
+    <w:rsid w:val="00872652"/>
+    <w:rsid w:val="008747D9"/>
+    <w:rsid w:val="00875CD5"/>
+    <w:rsid w:val="00876D8A"/>
+    <w:rsid w:val="00877691"/>
+    <w:rsid w:val="00877E81"/>
+    <w:rsid w:val="00880CBC"/>
+    <w:rsid w:val="00881E1A"/>
+    <w:rsid w:val="00881EEF"/>
+    <w:rsid w:val="00883EA4"/>
+    <w:rsid w:val="008846C2"/>
+    <w:rsid w:val="0088473D"/>
+    <w:rsid w:val="008875F8"/>
+    <w:rsid w:val="0089039C"/>
+    <w:rsid w:val="008910AB"/>
+    <w:rsid w:val="008913B8"/>
+    <w:rsid w:val="00891A44"/>
+    <w:rsid w:val="00891D8E"/>
+    <w:rsid w:val="00894E45"/>
+    <w:rsid w:val="00897683"/>
+    <w:rsid w:val="008A2990"/>
+    <w:rsid w:val="008A325E"/>
+    <w:rsid w:val="008A33E9"/>
+    <w:rsid w:val="008A35C2"/>
+    <w:rsid w:val="008A4168"/>
+    <w:rsid w:val="008A432A"/>
+    <w:rsid w:val="008A495C"/>
+    <w:rsid w:val="008A64A3"/>
+    <w:rsid w:val="008B0CDE"/>
+    <w:rsid w:val="008B112B"/>
+    <w:rsid w:val="008B17AC"/>
+    <w:rsid w:val="008B1E1B"/>
+    <w:rsid w:val="008B1FB3"/>
+    <w:rsid w:val="008B24B6"/>
+    <w:rsid w:val="008B407C"/>
+    <w:rsid w:val="008B5DE1"/>
+    <w:rsid w:val="008B699D"/>
+    <w:rsid w:val="008C0506"/>
+    <w:rsid w:val="008C35E3"/>
+    <w:rsid w:val="008C371F"/>
+    <w:rsid w:val="008C3F0E"/>
+    <w:rsid w:val="008C4653"/>
+    <w:rsid w:val="008C481E"/>
+    <w:rsid w:val="008C738F"/>
+    <w:rsid w:val="008C7546"/>
+    <w:rsid w:val="008C7B09"/>
+    <w:rsid w:val="008D0C6D"/>
+    <w:rsid w:val="008D1D50"/>
+    <w:rsid w:val="008D2EA8"/>
+    <w:rsid w:val="008D320E"/>
+    <w:rsid w:val="008D32B9"/>
+    <w:rsid w:val="008D5105"/>
+    <w:rsid w:val="008D6C6B"/>
+    <w:rsid w:val="008E23B0"/>
+    <w:rsid w:val="008F19CA"/>
+    <w:rsid w:val="008F40E8"/>
+    <w:rsid w:val="008F572C"/>
+    <w:rsid w:val="008F6024"/>
+    <w:rsid w:val="00900594"/>
+    <w:rsid w:val="00900AC8"/>
+    <w:rsid w:val="00901C3D"/>
+    <w:rsid w:val="00903885"/>
+    <w:rsid w:val="0090413A"/>
+    <w:rsid w:val="009045AD"/>
+    <w:rsid w:val="00906CAC"/>
+    <w:rsid w:val="00907125"/>
+    <w:rsid w:val="0090743D"/>
+    <w:rsid w:val="00910430"/>
+    <w:rsid w:val="00913475"/>
+    <w:rsid w:val="009146D5"/>
+    <w:rsid w:val="00915583"/>
+    <w:rsid w:val="00915C15"/>
+    <w:rsid w:val="009207C6"/>
+    <w:rsid w:val="009208B6"/>
+    <w:rsid w:val="009250AD"/>
+    <w:rsid w:val="00926EAB"/>
+    <w:rsid w:val="009278BC"/>
+    <w:rsid w:val="009278C0"/>
+    <w:rsid w:val="009303B6"/>
+    <w:rsid w:val="00930E19"/>
+    <w:rsid w:val="009346DA"/>
+    <w:rsid w:val="00937A56"/>
+    <w:rsid w:val="00940B69"/>
+    <w:rsid w:val="00942FFC"/>
+    <w:rsid w:val="00943CA9"/>
+    <w:rsid w:val="00944645"/>
+    <w:rsid w:val="00945119"/>
+    <w:rsid w:val="00951F23"/>
+    <w:rsid w:val="00955932"/>
+    <w:rsid w:val="00956F53"/>
+    <w:rsid w:val="00957D5E"/>
+    <w:rsid w:val="00965C1A"/>
+    <w:rsid w:val="0097117E"/>
+    <w:rsid w:val="0097265A"/>
+    <w:rsid w:val="00972EC3"/>
+    <w:rsid w:val="0097392B"/>
+    <w:rsid w:val="00973C4C"/>
+    <w:rsid w:val="00975429"/>
+    <w:rsid w:val="00981E11"/>
+    <w:rsid w:val="00984370"/>
+    <w:rsid w:val="00986E1E"/>
+    <w:rsid w:val="0098787D"/>
+    <w:rsid w:val="00987A32"/>
+    <w:rsid w:val="00993776"/>
+    <w:rsid w:val="009955E4"/>
+    <w:rsid w:val="00995A81"/>
+    <w:rsid w:val="009967C1"/>
+    <w:rsid w:val="009976F0"/>
+    <w:rsid w:val="009A05CB"/>
+    <w:rsid w:val="009A0C7C"/>
+    <w:rsid w:val="009A1655"/>
+    <w:rsid w:val="009A1BE8"/>
+    <w:rsid w:val="009A2257"/>
+    <w:rsid w:val="009A2D9B"/>
+    <w:rsid w:val="009A3543"/>
+    <w:rsid w:val="009A441D"/>
+    <w:rsid w:val="009A69C8"/>
+    <w:rsid w:val="009A6C47"/>
+    <w:rsid w:val="009B17E9"/>
+    <w:rsid w:val="009B2C2D"/>
+    <w:rsid w:val="009B2CD7"/>
+    <w:rsid w:val="009B2FB7"/>
+    <w:rsid w:val="009B36D0"/>
+    <w:rsid w:val="009B36DF"/>
+    <w:rsid w:val="009B5F12"/>
+    <w:rsid w:val="009C0579"/>
+    <w:rsid w:val="009C0AF5"/>
+    <w:rsid w:val="009C0D13"/>
+    <w:rsid w:val="009C1FC3"/>
+    <w:rsid w:val="009C2ED2"/>
+    <w:rsid w:val="009C3AD3"/>
+    <w:rsid w:val="009C4029"/>
+    <w:rsid w:val="009C765D"/>
+    <w:rsid w:val="009D0527"/>
+    <w:rsid w:val="009D28C7"/>
+    <w:rsid w:val="009D6FC3"/>
+    <w:rsid w:val="009E1264"/>
+    <w:rsid w:val="009E35F0"/>
+    <w:rsid w:val="009F0615"/>
+    <w:rsid w:val="009F0815"/>
+    <w:rsid w:val="009F13FC"/>
+    <w:rsid w:val="009F3AD7"/>
+    <w:rsid w:val="009F4FA0"/>
+    <w:rsid w:val="009F4FC5"/>
+    <w:rsid w:val="009F72A5"/>
+    <w:rsid w:val="009F7632"/>
+    <w:rsid w:val="00A0191E"/>
+    <w:rsid w:val="00A05934"/>
+    <w:rsid w:val="00A12480"/>
+    <w:rsid w:val="00A1286D"/>
+    <w:rsid w:val="00A14456"/>
+    <w:rsid w:val="00A14B23"/>
+    <w:rsid w:val="00A14BD9"/>
+    <w:rsid w:val="00A14BFD"/>
+    <w:rsid w:val="00A154C9"/>
+    <w:rsid w:val="00A1578C"/>
+    <w:rsid w:val="00A15E61"/>
+    <w:rsid w:val="00A15FDC"/>
+    <w:rsid w:val="00A17785"/>
+    <w:rsid w:val="00A17931"/>
+    <w:rsid w:val="00A212AA"/>
+    <w:rsid w:val="00A21DCC"/>
+    <w:rsid w:val="00A223F1"/>
+    <w:rsid w:val="00A24805"/>
+    <w:rsid w:val="00A24AE6"/>
+    <w:rsid w:val="00A25124"/>
+    <w:rsid w:val="00A25FE6"/>
+    <w:rsid w:val="00A27368"/>
+    <w:rsid w:val="00A275CE"/>
+    <w:rsid w:val="00A30838"/>
+    <w:rsid w:val="00A30844"/>
+    <w:rsid w:val="00A324C8"/>
+    <w:rsid w:val="00A33006"/>
+    <w:rsid w:val="00A33C74"/>
+    <w:rsid w:val="00A34863"/>
+    <w:rsid w:val="00A34934"/>
+    <w:rsid w:val="00A40674"/>
+    <w:rsid w:val="00A411F7"/>
+    <w:rsid w:val="00A413AB"/>
+    <w:rsid w:val="00A415B0"/>
+    <w:rsid w:val="00A436B0"/>
+    <w:rsid w:val="00A43F22"/>
+    <w:rsid w:val="00A44A8E"/>
+    <w:rsid w:val="00A45626"/>
+    <w:rsid w:val="00A45820"/>
+    <w:rsid w:val="00A470EB"/>
+    <w:rsid w:val="00A50726"/>
+    <w:rsid w:val="00A51788"/>
+    <w:rsid w:val="00A51FCB"/>
+    <w:rsid w:val="00A5218C"/>
+    <w:rsid w:val="00A53527"/>
+    <w:rsid w:val="00A54DE6"/>
+    <w:rsid w:val="00A554B2"/>
+    <w:rsid w:val="00A559E6"/>
+    <w:rsid w:val="00A5728E"/>
+    <w:rsid w:val="00A5787A"/>
+    <w:rsid w:val="00A578D4"/>
+    <w:rsid w:val="00A62E64"/>
+    <w:rsid w:val="00A63456"/>
+    <w:rsid w:val="00A636D6"/>
+    <w:rsid w:val="00A64AD6"/>
+    <w:rsid w:val="00A6522E"/>
+    <w:rsid w:val="00A65879"/>
+    <w:rsid w:val="00A65C66"/>
+    <w:rsid w:val="00A66BD0"/>
+    <w:rsid w:val="00A6776A"/>
+    <w:rsid w:val="00A70C0D"/>
+    <w:rsid w:val="00A71EFA"/>
+    <w:rsid w:val="00A726B5"/>
+    <w:rsid w:val="00A72B4F"/>
+    <w:rsid w:val="00A75008"/>
+    <w:rsid w:val="00A765FD"/>
+    <w:rsid w:val="00A7794E"/>
+    <w:rsid w:val="00A81926"/>
+    <w:rsid w:val="00A83B62"/>
+    <w:rsid w:val="00A83B97"/>
+    <w:rsid w:val="00A84DA4"/>
+    <w:rsid w:val="00A86450"/>
+    <w:rsid w:val="00A87F89"/>
+    <w:rsid w:val="00A9004A"/>
+    <w:rsid w:val="00A906C5"/>
+    <w:rsid w:val="00A91DE5"/>
+    <w:rsid w:val="00A91FEC"/>
+    <w:rsid w:val="00A94654"/>
+    <w:rsid w:val="00A94E8D"/>
+    <w:rsid w:val="00A952DA"/>
+    <w:rsid w:val="00A9538C"/>
+    <w:rsid w:val="00A95BAD"/>
+    <w:rsid w:val="00AA0711"/>
+    <w:rsid w:val="00AA092A"/>
+    <w:rsid w:val="00AA3301"/>
+    <w:rsid w:val="00AA70F4"/>
+    <w:rsid w:val="00AA7213"/>
+    <w:rsid w:val="00AB02D0"/>
+    <w:rsid w:val="00AB1087"/>
+    <w:rsid w:val="00AB18B4"/>
+    <w:rsid w:val="00AB205E"/>
+    <w:rsid w:val="00AB2478"/>
+    <w:rsid w:val="00AB2F65"/>
+    <w:rsid w:val="00AB3E5F"/>
+    <w:rsid w:val="00AB3EF4"/>
+    <w:rsid w:val="00AB41C6"/>
+    <w:rsid w:val="00AB5CB3"/>
+    <w:rsid w:val="00AB6199"/>
+    <w:rsid w:val="00AB6839"/>
+    <w:rsid w:val="00AB786A"/>
+    <w:rsid w:val="00AC54A0"/>
+    <w:rsid w:val="00AC6113"/>
+    <w:rsid w:val="00AC68C8"/>
+    <w:rsid w:val="00AD0394"/>
+    <w:rsid w:val="00AD06CA"/>
+    <w:rsid w:val="00AD0D7E"/>
+    <w:rsid w:val="00AD13E6"/>
+    <w:rsid w:val="00AD4CA5"/>
+    <w:rsid w:val="00AD4E3E"/>
+    <w:rsid w:val="00AD74C8"/>
+    <w:rsid w:val="00AD7EB7"/>
+    <w:rsid w:val="00AE0952"/>
+    <w:rsid w:val="00AE0CB4"/>
+    <w:rsid w:val="00AE1994"/>
+    <w:rsid w:val="00AE1C47"/>
+    <w:rsid w:val="00AE4167"/>
+    <w:rsid w:val="00AF0522"/>
+    <w:rsid w:val="00AF2FC4"/>
+    <w:rsid w:val="00AF7FF8"/>
+    <w:rsid w:val="00B0213D"/>
+    <w:rsid w:val="00B03A65"/>
+    <w:rsid w:val="00B10D05"/>
+    <w:rsid w:val="00B12CCF"/>
+    <w:rsid w:val="00B13B37"/>
+    <w:rsid w:val="00B1522F"/>
+    <w:rsid w:val="00B15263"/>
+    <w:rsid w:val="00B15CC2"/>
+    <w:rsid w:val="00B16118"/>
+    <w:rsid w:val="00B21DDB"/>
+    <w:rsid w:val="00B22A81"/>
+    <w:rsid w:val="00B22E16"/>
+    <w:rsid w:val="00B23603"/>
+    <w:rsid w:val="00B23FBF"/>
+    <w:rsid w:val="00B246A6"/>
+    <w:rsid w:val="00B249FC"/>
+    <w:rsid w:val="00B302EE"/>
+    <w:rsid w:val="00B31192"/>
+    <w:rsid w:val="00B31544"/>
+    <w:rsid w:val="00B33590"/>
+    <w:rsid w:val="00B34DAA"/>
+    <w:rsid w:val="00B35AB4"/>
+    <w:rsid w:val="00B3631D"/>
+    <w:rsid w:val="00B36773"/>
+    <w:rsid w:val="00B41301"/>
+    <w:rsid w:val="00B4181B"/>
+    <w:rsid w:val="00B42E19"/>
+    <w:rsid w:val="00B430D6"/>
+    <w:rsid w:val="00B44144"/>
+    <w:rsid w:val="00B474EC"/>
+    <w:rsid w:val="00B502A0"/>
+    <w:rsid w:val="00B51DF6"/>
+    <w:rsid w:val="00B53400"/>
+    <w:rsid w:val="00B54C3D"/>
+    <w:rsid w:val="00B56745"/>
+    <w:rsid w:val="00B608AB"/>
+    <w:rsid w:val="00B6164F"/>
+    <w:rsid w:val="00B626D9"/>
+    <w:rsid w:val="00B62C76"/>
+    <w:rsid w:val="00B6373B"/>
+    <w:rsid w:val="00B66518"/>
+    <w:rsid w:val="00B6653D"/>
+    <w:rsid w:val="00B672EF"/>
+    <w:rsid w:val="00B673B0"/>
+    <w:rsid w:val="00B7326F"/>
+    <w:rsid w:val="00B73AAF"/>
+    <w:rsid w:val="00B74BB7"/>
+    <w:rsid w:val="00B752D2"/>
+    <w:rsid w:val="00B80E74"/>
+    <w:rsid w:val="00B827E3"/>
+    <w:rsid w:val="00B830E9"/>
+    <w:rsid w:val="00B8376C"/>
+    <w:rsid w:val="00B83D0F"/>
+    <w:rsid w:val="00B86C70"/>
+    <w:rsid w:val="00B8759A"/>
+    <w:rsid w:val="00B918D7"/>
+    <w:rsid w:val="00B9335D"/>
+    <w:rsid w:val="00B940D8"/>
+    <w:rsid w:val="00B9778C"/>
+    <w:rsid w:val="00BA09AD"/>
+    <w:rsid w:val="00BA12E8"/>
+    <w:rsid w:val="00BA212D"/>
+    <w:rsid w:val="00BA28B5"/>
+    <w:rsid w:val="00BA33E5"/>
+    <w:rsid w:val="00BA436A"/>
+    <w:rsid w:val="00BA7357"/>
+    <w:rsid w:val="00BA7B6F"/>
+    <w:rsid w:val="00BB0E8A"/>
+    <w:rsid w:val="00BB20CA"/>
+    <w:rsid w:val="00BB3AE2"/>
+    <w:rsid w:val="00BB7383"/>
+    <w:rsid w:val="00BB7428"/>
+    <w:rsid w:val="00BB78B7"/>
+    <w:rsid w:val="00BC141E"/>
+    <w:rsid w:val="00BC1EB2"/>
+    <w:rsid w:val="00BC217A"/>
+    <w:rsid w:val="00BC24FB"/>
+    <w:rsid w:val="00BC5425"/>
+    <w:rsid w:val="00BC5D53"/>
+    <w:rsid w:val="00BD0354"/>
+    <w:rsid w:val="00BD3755"/>
+    <w:rsid w:val="00BD3824"/>
+    <w:rsid w:val="00BD43BB"/>
+    <w:rsid w:val="00BD5D49"/>
+    <w:rsid w:val="00BD6D92"/>
+    <w:rsid w:val="00BD7214"/>
+    <w:rsid w:val="00BD7923"/>
+    <w:rsid w:val="00BE08E0"/>
+    <w:rsid w:val="00BE1C4E"/>
+    <w:rsid w:val="00BE1EE8"/>
+    <w:rsid w:val="00BE32B2"/>
+    <w:rsid w:val="00BE348E"/>
+    <w:rsid w:val="00BE4A7A"/>
+    <w:rsid w:val="00BE4A87"/>
+    <w:rsid w:val="00BE52BE"/>
+    <w:rsid w:val="00BE5E57"/>
+    <w:rsid w:val="00BE6104"/>
+    <w:rsid w:val="00BE7171"/>
+    <w:rsid w:val="00BF0B1E"/>
+    <w:rsid w:val="00BF1579"/>
+    <w:rsid w:val="00BF17BA"/>
+    <w:rsid w:val="00BF1E56"/>
+    <w:rsid w:val="00BF4549"/>
+    <w:rsid w:val="00BF51D1"/>
+    <w:rsid w:val="00BF5CFB"/>
+    <w:rsid w:val="00BF5E06"/>
+    <w:rsid w:val="00BF65BA"/>
+    <w:rsid w:val="00BF73B9"/>
+    <w:rsid w:val="00C0030B"/>
+    <w:rsid w:val="00C04266"/>
+    <w:rsid w:val="00C0668E"/>
+    <w:rsid w:val="00C0796A"/>
+    <w:rsid w:val="00C12856"/>
+    <w:rsid w:val="00C157D6"/>
+    <w:rsid w:val="00C15C10"/>
+    <w:rsid w:val="00C15F31"/>
+    <w:rsid w:val="00C17555"/>
+    <w:rsid w:val="00C20DCE"/>
+    <w:rsid w:val="00C21E14"/>
+    <w:rsid w:val="00C2234E"/>
+    <w:rsid w:val="00C22C9F"/>
+    <w:rsid w:val="00C2365F"/>
+    <w:rsid w:val="00C23D34"/>
+    <w:rsid w:val="00C24705"/>
+    <w:rsid w:val="00C2572E"/>
+    <w:rsid w:val="00C25936"/>
+    <w:rsid w:val="00C268C9"/>
+    <w:rsid w:val="00C27D78"/>
+    <w:rsid w:val="00C3004F"/>
+    <w:rsid w:val="00C30835"/>
+    <w:rsid w:val="00C32A02"/>
+    <w:rsid w:val="00C33B4F"/>
+    <w:rsid w:val="00C359E4"/>
+    <w:rsid w:val="00C36B45"/>
+    <w:rsid w:val="00C36ED5"/>
+    <w:rsid w:val="00C40EDC"/>
+    <w:rsid w:val="00C41DFB"/>
+    <w:rsid w:val="00C42183"/>
+    <w:rsid w:val="00C423F2"/>
+    <w:rsid w:val="00C42524"/>
+    <w:rsid w:val="00C444A4"/>
+    <w:rsid w:val="00C4492C"/>
+    <w:rsid w:val="00C47462"/>
+    <w:rsid w:val="00C47B27"/>
+    <w:rsid w:val="00C52B4E"/>
+    <w:rsid w:val="00C540F4"/>
+    <w:rsid w:val="00C61BBA"/>
+    <w:rsid w:val="00C646AE"/>
+    <w:rsid w:val="00C6580A"/>
+    <w:rsid w:val="00C65EFA"/>
+    <w:rsid w:val="00C72328"/>
+    <w:rsid w:val="00C734AF"/>
+    <w:rsid w:val="00C7368F"/>
+    <w:rsid w:val="00C737C9"/>
+    <w:rsid w:val="00C73C73"/>
+    <w:rsid w:val="00C771D7"/>
+    <w:rsid w:val="00C77EED"/>
+    <w:rsid w:val="00C802FB"/>
+    <w:rsid w:val="00C80B51"/>
+    <w:rsid w:val="00C81233"/>
+    <w:rsid w:val="00C81F36"/>
+    <w:rsid w:val="00C83F03"/>
+    <w:rsid w:val="00C86B2F"/>
+    <w:rsid w:val="00C8708F"/>
+    <w:rsid w:val="00C8720F"/>
+    <w:rsid w:val="00C91A65"/>
+    <w:rsid w:val="00C95974"/>
+    <w:rsid w:val="00C96447"/>
+    <w:rsid w:val="00CA0977"/>
+    <w:rsid w:val="00CA5E7D"/>
+    <w:rsid w:val="00CA6BFB"/>
+    <w:rsid w:val="00CA6E11"/>
+    <w:rsid w:val="00CB00ED"/>
+    <w:rsid w:val="00CB1254"/>
+    <w:rsid w:val="00CB3999"/>
+    <w:rsid w:val="00CC0194"/>
+    <w:rsid w:val="00CC1097"/>
+    <w:rsid w:val="00CC30ED"/>
+    <w:rsid w:val="00CC3985"/>
+    <w:rsid w:val="00CC4DCD"/>
+    <w:rsid w:val="00CC5B48"/>
+    <w:rsid w:val="00CC6111"/>
+    <w:rsid w:val="00CC73D9"/>
+    <w:rsid w:val="00CD1E55"/>
+    <w:rsid w:val="00CD32C9"/>
+    <w:rsid w:val="00CD484C"/>
+    <w:rsid w:val="00CD64EF"/>
+    <w:rsid w:val="00CD70D1"/>
+    <w:rsid w:val="00CD7D92"/>
+    <w:rsid w:val="00CE0CAA"/>
+    <w:rsid w:val="00CE6301"/>
+    <w:rsid w:val="00CF08FA"/>
+    <w:rsid w:val="00CF155B"/>
+    <w:rsid w:val="00CF1D71"/>
+    <w:rsid w:val="00CF21B0"/>
+    <w:rsid w:val="00CF3ED7"/>
+    <w:rsid w:val="00CF47ED"/>
+    <w:rsid w:val="00CF5C47"/>
+    <w:rsid w:val="00CF5F3E"/>
+    <w:rsid w:val="00CF6178"/>
+    <w:rsid w:val="00D018AD"/>
+    <w:rsid w:val="00D03FD2"/>
+    <w:rsid w:val="00D0429E"/>
+    <w:rsid w:val="00D05F2F"/>
+    <w:rsid w:val="00D10BA5"/>
+    <w:rsid w:val="00D1123A"/>
+    <w:rsid w:val="00D14467"/>
+    <w:rsid w:val="00D171CA"/>
+    <w:rsid w:val="00D17DF5"/>
+    <w:rsid w:val="00D20E6D"/>
+    <w:rsid w:val="00D20F7B"/>
+    <w:rsid w:val="00D2171F"/>
+    <w:rsid w:val="00D22347"/>
+    <w:rsid w:val="00D24093"/>
+    <w:rsid w:val="00D247AE"/>
+    <w:rsid w:val="00D249E4"/>
+    <w:rsid w:val="00D27415"/>
+    <w:rsid w:val="00D27A8A"/>
+    <w:rsid w:val="00D31DF4"/>
+    <w:rsid w:val="00D3390B"/>
+    <w:rsid w:val="00D36FEB"/>
+    <w:rsid w:val="00D403DE"/>
+    <w:rsid w:val="00D4099B"/>
+    <w:rsid w:val="00D431E7"/>
+    <w:rsid w:val="00D43C27"/>
+    <w:rsid w:val="00D44A03"/>
+    <w:rsid w:val="00D44B47"/>
+    <w:rsid w:val="00D45620"/>
+    <w:rsid w:val="00D45DF9"/>
+    <w:rsid w:val="00D46536"/>
+    <w:rsid w:val="00D47DD4"/>
+    <w:rsid w:val="00D5005C"/>
+    <w:rsid w:val="00D50B44"/>
+    <w:rsid w:val="00D51F71"/>
+    <w:rsid w:val="00D537C5"/>
+    <w:rsid w:val="00D541D1"/>
+    <w:rsid w:val="00D559D2"/>
+    <w:rsid w:val="00D55ED3"/>
+    <w:rsid w:val="00D57648"/>
+    <w:rsid w:val="00D607EE"/>
+    <w:rsid w:val="00D611C0"/>
+    <w:rsid w:val="00D6161B"/>
+    <w:rsid w:val="00D620ED"/>
+    <w:rsid w:val="00D648E5"/>
+    <w:rsid w:val="00D65E2B"/>
+    <w:rsid w:val="00D666B6"/>
+    <w:rsid w:val="00D67361"/>
+    <w:rsid w:val="00D70D1D"/>
+    <w:rsid w:val="00D71B73"/>
+    <w:rsid w:val="00D7264E"/>
+    <w:rsid w:val="00D7423B"/>
+    <w:rsid w:val="00D74C92"/>
+    <w:rsid w:val="00D8090E"/>
+    <w:rsid w:val="00D80A71"/>
+    <w:rsid w:val="00D814E6"/>
+    <w:rsid w:val="00D8151C"/>
+    <w:rsid w:val="00D82070"/>
+    <w:rsid w:val="00D83D78"/>
+    <w:rsid w:val="00D84B32"/>
+    <w:rsid w:val="00D863CF"/>
+    <w:rsid w:val="00D870B6"/>
+    <w:rsid w:val="00D875C9"/>
+    <w:rsid w:val="00D87916"/>
+    <w:rsid w:val="00D87B55"/>
+    <w:rsid w:val="00D90E5C"/>
+    <w:rsid w:val="00D91F2B"/>
+    <w:rsid w:val="00D92242"/>
+    <w:rsid w:val="00D925FB"/>
+    <w:rsid w:val="00D93890"/>
+    <w:rsid w:val="00D93CC1"/>
+    <w:rsid w:val="00D94091"/>
+    <w:rsid w:val="00D9710D"/>
+    <w:rsid w:val="00D97D7B"/>
+    <w:rsid w:val="00DA0334"/>
+    <w:rsid w:val="00DA0D62"/>
+    <w:rsid w:val="00DA0DE2"/>
+    <w:rsid w:val="00DA30E7"/>
+    <w:rsid w:val="00DA38BB"/>
+    <w:rsid w:val="00DA38E7"/>
+    <w:rsid w:val="00DA4760"/>
+    <w:rsid w:val="00DA4CEE"/>
+    <w:rsid w:val="00DA671F"/>
+    <w:rsid w:val="00DB57D1"/>
+    <w:rsid w:val="00DB70C9"/>
+    <w:rsid w:val="00DB7518"/>
+    <w:rsid w:val="00DB7DC3"/>
+    <w:rsid w:val="00DC0D35"/>
+    <w:rsid w:val="00DC1978"/>
+    <w:rsid w:val="00DC1F9E"/>
+    <w:rsid w:val="00DC2C19"/>
+    <w:rsid w:val="00DC3788"/>
+    <w:rsid w:val="00DC3D7A"/>
+    <w:rsid w:val="00DC43B5"/>
+    <w:rsid w:val="00DC4EB9"/>
+    <w:rsid w:val="00DC60FE"/>
+    <w:rsid w:val="00DC75A9"/>
+    <w:rsid w:val="00DD2207"/>
+    <w:rsid w:val="00DD32FD"/>
+    <w:rsid w:val="00DD3F42"/>
+    <w:rsid w:val="00DD4568"/>
+    <w:rsid w:val="00DD59E8"/>
+    <w:rsid w:val="00DD5FF3"/>
+    <w:rsid w:val="00DD7477"/>
+    <w:rsid w:val="00DD776A"/>
+    <w:rsid w:val="00DE0FB8"/>
+    <w:rsid w:val="00DE1B47"/>
+    <w:rsid w:val="00DE237B"/>
+    <w:rsid w:val="00DE3BE3"/>
+    <w:rsid w:val="00DE639A"/>
+    <w:rsid w:val="00DE6A87"/>
+    <w:rsid w:val="00DE6E17"/>
+    <w:rsid w:val="00DE75E5"/>
+    <w:rsid w:val="00DF36A0"/>
+    <w:rsid w:val="00DF489E"/>
+    <w:rsid w:val="00DF74D1"/>
+    <w:rsid w:val="00DF75B4"/>
+    <w:rsid w:val="00E00243"/>
+    <w:rsid w:val="00E0474C"/>
+    <w:rsid w:val="00E0502D"/>
+    <w:rsid w:val="00E055A4"/>
+    <w:rsid w:val="00E06469"/>
+    <w:rsid w:val="00E106D4"/>
+    <w:rsid w:val="00E1144D"/>
+    <w:rsid w:val="00E137E8"/>
+    <w:rsid w:val="00E14842"/>
+    <w:rsid w:val="00E15A80"/>
+    <w:rsid w:val="00E170B8"/>
+    <w:rsid w:val="00E172BC"/>
+    <w:rsid w:val="00E177CB"/>
+    <w:rsid w:val="00E1784F"/>
+    <w:rsid w:val="00E17E3B"/>
+    <w:rsid w:val="00E208EE"/>
+    <w:rsid w:val="00E249A1"/>
+    <w:rsid w:val="00E254B3"/>
+    <w:rsid w:val="00E260D6"/>
+    <w:rsid w:val="00E27A0B"/>
+    <w:rsid w:val="00E27ACA"/>
+    <w:rsid w:val="00E30371"/>
+    <w:rsid w:val="00E30DC3"/>
+    <w:rsid w:val="00E31D96"/>
+    <w:rsid w:val="00E32540"/>
+    <w:rsid w:val="00E34922"/>
+    <w:rsid w:val="00E34F29"/>
+    <w:rsid w:val="00E35A7D"/>
+    <w:rsid w:val="00E35D3C"/>
+    <w:rsid w:val="00E377AB"/>
+    <w:rsid w:val="00E405C2"/>
+    <w:rsid w:val="00E412C4"/>
+    <w:rsid w:val="00E41512"/>
+    <w:rsid w:val="00E41EC3"/>
+    <w:rsid w:val="00E42EE2"/>
+    <w:rsid w:val="00E43C89"/>
+    <w:rsid w:val="00E441C7"/>
+    <w:rsid w:val="00E47C04"/>
+    <w:rsid w:val="00E50712"/>
+    <w:rsid w:val="00E53FAF"/>
+    <w:rsid w:val="00E54927"/>
+    <w:rsid w:val="00E5495C"/>
+    <w:rsid w:val="00E60176"/>
+    <w:rsid w:val="00E621A8"/>
+    <w:rsid w:val="00E63E46"/>
+    <w:rsid w:val="00E66421"/>
+    <w:rsid w:val="00E66C9D"/>
+    <w:rsid w:val="00E70499"/>
+    <w:rsid w:val="00E732C6"/>
+    <w:rsid w:val="00E76671"/>
+    <w:rsid w:val="00E77F84"/>
+    <w:rsid w:val="00E83466"/>
+    <w:rsid w:val="00E83698"/>
+    <w:rsid w:val="00E84FFE"/>
+    <w:rsid w:val="00E87719"/>
+    <w:rsid w:val="00E9077A"/>
+    <w:rsid w:val="00E95C73"/>
+    <w:rsid w:val="00E95D9D"/>
+    <w:rsid w:val="00E96B60"/>
+    <w:rsid w:val="00EA0002"/>
+    <w:rsid w:val="00EA0862"/>
+    <w:rsid w:val="00EA11FD"/>
+    <w:rsid w:val="00EA1C67"/>
+    <w:rsid w:val="00EA1F45"/>
+    <w:rsid w:val="00EA2CB3"/>
+    <w:rsid w:val="00EA43BB"/>
+    <w:rsid w:val="00EA4BCC"/>
+    <w:rsid w:val="00EA568A"/>
+    <w:rsid w:val="00EA6E61"/>
+    <w:rsid w:val="00EA74DA"/>
+    <w:rsid w:val="00EA78E1"/>
+    <w:rsid w:val="00EB0254"/>
+    <w:rsid w:val="00EB2198"/>
+    <w:rsid w:val="00EB2C3B"/>
+    <w:rsid w:val="00EB40EF"/>
+    <w:rsid w:val="00EB6928"/>
+    <w:rsid w:val="00EB7413"/>
+    <w:rsid w:val="00EB7464"/>
+    <w:rsid w:val="00EC1265"/>
+    <w:rsid w:val="00EC2D0A"/>
+    <w:rsid w:val="00EC49F3"/>
+    <w:rsid w:val="00EC6A90"/>
+    <w:rsid w:val="00EC7A34"/>
+    <w:rsid w:val="00ED0880"/>
+    <w:rsid w:val="00ED2196"/>
+    <w:rsid w:val="00ED5242"/>
+    <w:rsid w:val="00ED7E08"/>
+    <w:rsid w:val="00EE0E39"/>
+    <w:rsid w:val="00EE1532"/>
+    <w:rsid w:val="00EE2CA3"/>
+    <w:rsid w:val="00EE4BB4"/>
+    <w:rsid w:val="00EE4EDC"/>
+    <w:rsid w:val="00EE5248"/>
+    <w:rsid w:val="00EF0A4B"/>
+    <w:rsid w:val="00EF1B46"/>
+    <w:rsid w:val="00EF4E4B"/>
+    <w:rsid w:val="00EF6B11"/>
+    <w:rsid w:val="00EF7B67"/>
+    <w:rsid w:val="00F00375"/>
+    <w:rsid w:val="00F01A22"/>
+    <w:rsid w:val="00F02870"/>
+    <w:rsid w:val="00F035FF"/>
+    <w:rsid w:val="00F04047"/>
+    <w:rsid w:val="00F04769"/>
+    <w:rsid w:val="00F07184"/>
+    <w:rsid w:val="00F106D7"/>
+    <w:rsid w:val="00F13B0B"/>
+    <w:rsid w:val="00F162A5"/>
+    <w:rsid w:val="00F204C2"/>
+    <w:rsid w:val="00F22F0F"/>
+    <w:rsid w:val="00F258A9"/>
+    <w:rsid w:val="00F273A4"/>
+    <w:rsid w:val="00F30072"/>
+    <w:rsid w:val="00F31F0D"/>
+    <w:rsid w:val="00F31F54"/>
+    <w:rsid w:val="00F3345E"/>
+    <w:rsid w:val="00F3415E"/>
+    <w:rsid w:val="00F34464"/>
+    <w:rsid w:val="00F3482F"/>
+    <w:rsid w:val="00F35EAA"/>
+    <w:rsid w:val="00F37192"/>
+    <w:rsid w:val="00F4021A"/>
+    <w:rsid w:val="00F430AF"/>
+    <w:rsid w:val="00F43353"/>
+    <w:rsid w:val="00F4460F"/>
+    <w:rsid w:val="00F44AC0"/>
+    <w:rsid w:val="00F45A2B"/>
+    <w:rsid w:val="00F46AB5"/>
+    <w:rsid w:val="00F46FE6"/>
+    <w:rsid w:val="00F471C7"/>
+    <w:rsid w:val="00F476E5"/>
+    <w:rsid w:val="00F509F6"/>
+    <w:rsid w:val="00F51D36"/>
+    <w:rsid w:val="00F52E0B"/>
+    <w:rsid w:val="00F537E5"/>
+    <w:rsid w:val="00F56576"/>
+    <w:rsid w:val="00F5751E"/>
+    <w:rsid w:val="00F578F1"/>
+    <w:rsid w:val="00F57B5E"/>
+    <w:rsid w:val="00F60D53"/>
+    <w:rsid w:val="00F61171"/>
+    <w:rsid w:val="00F6159A"/>
+    <w:rsid w:val="00F623F3"/>
+    <w:rsid w:val="00F64D25"/>
+    <w:rsid w:val="00F6570A"/>
+    <w:rsid w:val="00F66C3A"/>
+    <w:rsid w:val="00F7186D"/>
+    <w:rsid w:val="00F7193B"/>
+    <w:rsid w:val="00F728C0"/>
+    <w:rsid w:val="00F72E1B"/>
+    <w:rsid w:val="00F760A8"/>
+    <w:rsid w:val="00F76395"/>
+    <w:rsid w:val="00F76C96"/>
+    <w:rsid w:val="00F80C17"/>
+    <w:rsid w:val="00F84442"/>
+    <w:rsid w:val="00F85435"/>
+    <w:rsid w:val="00F863EC"/>
+    <w:rsid w:val="00F87060"/>
+    <w:rsid w:val="00F87264"/>
+    <w:rsid w:val="00F874EA"/>
+    <w:rsid w:val="00F87595"/>
+    <w:rsid w:val="00F906EE"/>
+    <w:rsid w:val="00F919CA"/>
+    <w:rsid w:val="00F92713"/>
+    <w:rsid w:val="00F95F1B"/>
+    <w:rsid w:val="00FA08A3"/>
+    <w:rsid w:val="00FA1343"/>
+    <w:rsid w:val="00FA2944"/>
+    <w:rsid w:val="00FA62CB"/>
+    <w:rsid w:val="00FA69BE"/>
+    <w:rsid w:val="00FA7862"/>
+    <w:rsid w:val="00FB0C2D"/>
+    <w:rsid w:val="00FB1C76"/>
+    <w:rsid w:val="00FB2320"/>
+    <w:rsid w:val="00FB3006"/>
+    <w:rsid w:val="00FB3AFB"/>
+    <w:rsid w:val="00FB3BD4"/>
+    <w:rsid w:val="00FB4D62"/>
+    <w:rsid w:val="00FB7D26"/>
+    <w:rsid w:val="00FC0AC4"/>
+    <w:rsid w:val="00FC0C25"/>
+    <w:rsid w:val="00FC123A"/>
+    <w:rsid w:val="00FC3441"/>
+    <w:rsid w:val="00FC3764"/>
+    <w:rsid w:val="00FC46E5"/>
+    <w:rsid w:val="00FC5560"/>
+    <w:rsid w:val="00FC561E"/>
+    <w:rsid w:val="00FD0CDE"/>
+    <w:rsid w:val="00FD36F6"/>
+    <w:rsid w:val="00FD4A82"/>
+    <w:rsid w:val="00FD76C1"/>
+    <w:rsid w:val="00FE244A"/>
+    <w:rsid w:val="00FE3C7C"/>
+    <w:rsid w:val="00FE6131"/>
+    <w:rsid w:val="00FE6A6F"/>
+    <w:rsid w:val="00FF043F"/>
+    <w:rsid w:val="00FF0C0B"/>
+    <w:rsid w:val="00FF2679"/>
+    <w:rsid w:val="00FF350B"/>
+    <w:rsid w:val="00FF4BFA"/>
+    <w:rsid w:val="00FF4FFF"/>
+    <w:rsid w:val="00FF5908"/>
+    <w:rsid w:val="00FF615E"/>
+    <w:rsid w:val="00FF6827"/>
+    <w:rsid w:val="00FF71B5"/>
+    <w:rsid w:val="00FF7D83"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
-    <w:lsdException w:name="caption" w:uiPriority="35"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
@@ -5357,1510 +4316,252 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00584CCF"/>
-[...52 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="0031652B"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00A343C7"/>
+    <w:rsid w:val="00641696"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="26"/>
-[...127 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...30 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00A343C7"/>
+    <w:rsid w:val="00641696"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="26"/>
-      <w:szCs w:val="26"/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...337 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTML">
     <w:name w:val="HTML Typewriter"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00584CCF"/>
+    <w:rsid w:val="006F1A4A"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af3">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00584CCF"/>
+    <w:rsid w:val="00D90E5C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...166 lines deleted...]
-    <w:name w:val="heading 1"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
-[...199 lines deleted...]
-    <w:name w:val="Normal Table"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...7 lines deleted...]
-    </w:tblPr>
+    <w:rsid w:val="00DC60FE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-    <w:name w:val="No List"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...6 lines deleted...]
-    <w:rsid w:val="00A343C7"/>
+    <w:rsid w:val="00DC60FE"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...177 lines deleted...]
-  <w:style w:type="character" w:styleId="a7">
+  <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00A343C7"/>
+    <w:rsid w:val="0030488B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-    </w:rPr>
-[...208 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="139929720">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1026827788">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1233081876">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1997301946">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7106,66 +4807,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1424</Characters>
+  <Pages>1</Pages>
+  <Words>476</Words>
+  <Characters>2715</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1670</CharactersWithSpaces>
+  <CharactersWithSpaces>3185</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>АДМИН 19</dc:creator>
+  <dc:creator>Андрей</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>