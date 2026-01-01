--- v0 (2025-12-17)
+++ v1 (2026-01-01)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="96c8d59" w14:textId="96c8d59">
+    <w:p w14:paraId="92015cf" w14:textId="92015cf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1905000" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,627 +76,537 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>"Білім беру ұйымдары білім беру қызметінде пайдаланатын қатаң есептіліктегі құжаттардың нысанын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрлігі 2007 жылғы 23 қазандағы N 502 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>О внесении изменений и дополнений в приказ исполняющего обязанности Министра образования и науки Республики Казахстан от 23 октября 2007 года № 502 "Об утверждении формы документов строгой отчетности, используемых организациями образования в образовательной деятельности"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 15 июня 2017 года № 280. Зарегистрирован в Министерстве юстиции Республики Казахстан 18 июля 2017 года № 15347</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z3" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Білім беру ұйымдары білім беру қызметінде пайдаланатын қатаң есептіліктегі құжаттардың нысанын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің міндетін атқарушының 2007 жылғы 23 қазандағы № 502 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізіліміне № 4991 болып тіркелген) мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра образования и науки Республики Казахстан от 23 октября 2007 года № 502 "Об утверждении формы документов строгой отчетности, используемых организациями образования в образовательной деятельности" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 4991) следующие изменения и дополнения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      көрсетілген бұйрықпен бекітілген білім беру ұйымдары білім беру қызметінде пайдаланатын қатаң есептіліктегі құжаттардың нысандарында:</w:t>
+      в формах документов строгой отчетности, используемых организациями образования в образовательной деятельности, утвержденных указанным приказом, формы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ұлттық бірыңғай тестілеу сертификатының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын;</w:t>
+      сертификата единого национального тестирования изложить в редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      талапкердің кешенді тестілеу сертификатының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын;</w:t>
+      сертификата комплексного тестирования абитуриента изложить в редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ұлттық бірыңғай тестілеу мен талапкерлерді кешенді тестілеуге қатысу </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын;</w:t>
+      заявление на единое национальное тестирование и комплексное тестирование абитуриентов изложить в редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      листа ответов для единого национального тестирования и комплексного тестирования абитуриентов исключить;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ұлттық бірыңғай тестілеу мен талапкерлерді кешенді тестілеуге арналған жауап </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+      дополнить листом ответов итоговой аттестации обучающихся 11 (12) класса согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      осы бұйрыққа </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+      дополнить сертификатом комплексного тестирования для выпускников технического и профессионального, послесреднего образования, поступающих на родственные специальности по сокращенным образовательным программам с ускоренным сроком обучения согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      осы бұйрыққа </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="9"/>
+      2. Департаменту высшего и послевузовского образования Министерства образования и науки Республики Казахстан (Д. Ахмед-Заки) в установленном законодательством порядке обеспечить: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2. Қазақстан Республикасы Білім және ғылым министрлігінің Жоғары және жоғары оқу орнынан кейінгі білім департаменті (Д. Ахмед-Заки) заңнамада белгіленген тәртіппен:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="10"/>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="11"/>
+      2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрық мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде оның көшірмесін қағаз және электронды түрде қазақ және орыс тілдерінде "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін жолдауды;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="12"/>
+      3) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодические печатные издания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      3) осы бұйрық мемлекеттік тіркелген күннен кейін күнтізбелік он күн ішінде оның көшірмесін мерзімді баспа басылымдарына ресми жариялау үшін жолдауды;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="13"/>
+      4) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      4) осы бұйрықты Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="14"/>
+      5) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы и международного сотрудничества Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2), 3) и 4) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      5) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі және халықаралық ынтымақтастық департаментіне осы тармақтың 1), 2), 3) және 4) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="15"/>
+      3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Суханбердиеву Э.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Білім және ғылым вице-министрі Э.А. Суханбердиеваға жүктелсін.</w:t>
-[...19 lines deleted...]
-      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі.</w:t>
+      4. Настоящий приказ вводится в действие после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7792"/>
         <w:gridCol w:w="4208"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -720,64 +630,74 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
-[...2 lines deleted...]
-              <w:br/>
+              <w:t>      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Бiлiм және ғылым министрі </w:t>
+              <w:t>Министр образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -790,51 +710,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Е. Сағадиев</w:t>
+              <w:t>Е. Сагадиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -895,103 +815,103 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>1-қосымша </w:t>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 15 июня 2017 года № 280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1022,103 +942,103 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">№ 502 бұйрығымен бекітілген </w:t>
+              <w:t>Утверждена</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом и.о. Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 23 октября 2007 года № 502</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1149,116 +1069,126 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ұлттық бірыңғай тестілеу сертификаты</w:t>
+        <w:t xml:space="preserve"> Сертификат единого национального тестирования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:p>
-[...8 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="5435600"/>
+            <wp:extent cx="7810500" cy="5613400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="5435600"/>
+                      <a:ext cx="7810500" cy="5613400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
@@ -1336,103 +1266,103 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 15 июня 2017 года № 280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1463,103 +1393,103 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">№ 502 бұйрығымен бекітілген </w:t>
+              <w:t>Утверждена</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом и.о. Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 23 октября 2007 года № 502</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1590,116 +1520,126 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Кешенді тестілеу сертификаты</w:t>
-[...12 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Сертификат комплексного тестирования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="5334000"/>
+            <wp:extent cx="7810500" cy="5702300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="5334000"/>
+                      <a:ext cx="7810500" cy="5702300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
@@ -1777,103 +1717,103 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">3-қосымша </w:t>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 15 июня 2017 года № 280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1904,103 +1844,103 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">№ 502 бұйрығымен бекітілген </w:t>
+              <w:t>Утверждена</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом и.о. Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 23 октября 2007 года № 502</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2031,116 +1971,126 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ұлттық бірыңғай тестілеуге және кешенді тестілеуге өтініш</w:t>
-[...12 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Заявление на единое национальное тестирование и комплексное тестирование</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="5511800"/>
+            <wp:extent cx="7810500" cy="5422900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="5511800"/>
+                      <a:ext cx="7810500" cy="5422900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
@@ -2218,103 +2168,103 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 15 июня 2017 года № 280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2345,103 +2295,103 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">№ 502 бұйрығымен бекітілген </w:t>
+              <w:t>Утверждена</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом и.о. Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 23 октября 2007 года № 502</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2472,116 +2422,126 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Нысан </w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkStart w:name="z40" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 11(12) сыныптарда білім алушыларды қорытынды аттестаттаудың жауап парақтары </w:t>
-[...12 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Лист ответов итоговой аттестации обучающихся 11(12) класса</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z41" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="7353300"/>
+            <wp:extent cx="7810500" cy="5334000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="7353300"/>
+                      <a:ext cx="7810500" cy="5334000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
@@ -2659,103 +2619,103 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>5-қосымша </w:t>
+              <w:t>Приложение 5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 15 июня 2017 года № 280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2786,103 +2746,103 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">№ 502 бұйрығымен бекітілген </w:t>
+              <w:t>Утверждена</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом и.о. Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 23 октября 2007 года № 502</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2913,140 +2873,126 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkStart w:name="z45" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жеделдетілген оқу мерзімімен қысқартылған білім бағдарламалары бойынша</w:t>
-[...36 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Сертификат комплексного тестирования для выпускников технического и профессионального образования, поступающих на родственные специальности по сокращенным образовательным программам с ускоренным сроком обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z46" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="5384800"/>
+            <wp:extent cx="7810500" cy="5575300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="5384800"/>
+                      <a:ext cx="7810500" cy="5575300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
@@ -3072,51 +3018,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>