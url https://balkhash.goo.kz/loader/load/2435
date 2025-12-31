--- v0 (2025-12-06)
+++ v1 (2025-12-31)
@@ -1,2447 +1,3777 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D63C8F" w:rsidRDefault="00D63C8F" w:rsidP="00D63C8F">
+    <w:p w:rsidR="005B7EA0" w:rsidRPr="005B7EA0" w:rsidRDefault="005B7EA0" w:rsidP="005B7EA0">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z110"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00D91AEB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z125"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Правилам организации питания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся в организациях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="005B7EA0" w:rsidRPr="00D91AEB" w:rsidRDefault="005B7EA0" w:rsidP="00591983">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1416" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>форма</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D91AEB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00591983" w:rsidRDefault="005B7EA0" w:rsidP="00591983">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z126"/>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Объявление о конкурсе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00591983" w:rsidRDefault="005B7EA0" w:rsidP="00591983">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Организатор конкурса: «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балқаш қаласының бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ім бөлімі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Балқаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №9 орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>коммуналдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00591983" w:rsidRDefault="005B7EA0" w:rsidP="00591983">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>100300, Карагандинская область, г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алхаш, ул.Сейфуллина д.5, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B2DB4" w:rsidRPr="005B2DB4" w:rsidRDefault="005B7EA0" w:rsidP="00591983">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронный адрес: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="005B2DB4" w:rsidRPr="005B2DB4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>shkolablhsh</w:t>
+        </w:r>
+        <w:r w:rsidR="005B2DB4" w:rsidRPr="005B2DB4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>9@</w:t>
+        </w:r>
+        <w:r w:rsidR="005B2DB4" w:rsidRPr="005B2DB4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>mail</w:t>
+        </w:r>
+        <w:r w:rsidR="005B2DB4" w:rsidRPr="005B2DB4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="005B2DB4" w:rsidRPr="005B2DB4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ru</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidR="005B2DB4" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005B2DB4" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-сайт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005B2DB4" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005B2DB4" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>balkhash</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005B2DB4" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2DB4" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>goo</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2DB4" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005B2DB4" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005B2DB4" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00591983" w:rsidRDefault="005B7EA0" w:rsidP="00591983">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(наименование, почтовый и электронный адрес организатора конкурса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>объявляет о проведении конкурса по выбору поставщика услуги по ор</w:t>
+      </w:r>
+      <w:r w:rsidR="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ганизации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00591983" w:rsidRDefault="00591983" w:rsidP="00591983">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...113 lines deleted...]
-        <w:t>ұ</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">питания обучающихся в </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациях среднего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Организация питания обучающихся в организации образования, в том числе обучающихся отдельных категорий из фонда всеобщего обязательного среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>йымдастыру</w:t>
+        </w:rPr>
+        <w:t>         </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование приобретения услуги или товаров)</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услуга должна быть оказана:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балқаш қаласының білім бөлімі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Балқаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №9 орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>коммуналдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, 100300, Карагандинская область, г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алхаш, ул.Сейфуллина д.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00591983" w:rsidRDefault="00591983" w:rsidP="00591983">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Организация питания обучающихся в организации образования, в том числе обучающихся отдельных категорий из фонда всеобщего обязательного среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00355F86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00355F86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учеников, в том числе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C58DC" w:rsidRDefault="00591983" w:rsidP="00591983">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- дети из семей, имеющие право на получение государственной адресной </w:t>
+      </w:r>
+      <w:r w:rsidR="006C58DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>социальной помощи</w:t>
+      </w:r>
+      <w:r w:rsidR="006C58DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C58DC" w:rsidRDefault="006C58DC" w:rsidP="00591983">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- дети из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C58DC" w:rsidRDefault="006C58DC" w:rsidP="00591983">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- дети сироты и дети, оставшиеся без попечеия родителей, проживающие в семьях; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C58DC" w:rsidRDefault="006C58DC" w:rsidP="00591983">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- иные категории обучающихся и воспитанников, определяемые коллегиальным органом управления организации оброзания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F00685" w:rsidRDefault="006C58DC" w:rsidP="00F00685">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F00685">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Количества порции </w:t>
+      </w:r>
+      <w:r w:rsidR="00355F86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8442</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00685">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Сумма выделенная на оказание услуги – </w:t>
+      </w:r>
+      <w:r w:rsidR="00355F86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2532600</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00685">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00685" w:rsidRPr="00F00685">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(два миллиона </w:t>
+      </w:r>
+      <w:r w:rsidR="00355F86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пятьсот тридцать две </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00685" w:rsidRPr="00F00685">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тысяч</w:t>
+      </w:r>
+      <w:r w:rsidR="00355F86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и шестьсот</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00685" w:rsidRPr="00F00685">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009626BA" w:rsidRDefault="00F00685" w:rsidP="00F00685">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указываются место оказания услуги и ее объемы, перечень категорий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получателей услуги и их количество, сумма, выделенная на оказание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услуги)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="006C5F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Срок оказания услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C5F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>; с 01 марта 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE1D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C5F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года по 25 мая 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE1D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C5F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>года., 01 сентября 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE1D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="006C5F6E" w:rsidRPr="006C5F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E2B3A" w:rsidRDefault="009626BA" w:rsidP="005E2B3A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="006C5F6E" w:rsidRPr="006C5F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>31 декабря 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE1D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="006C5F6E" w:rsidRPr="006C5F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г.</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К конкурсу допускаются все потенциальные поставщики, отвечающие требованиям конкурсной документации.</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пакет копии конкурсной документации можно получить в срок до </w:t>
+      </w:r>
+      <w:r w:rsidR="007472C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE12E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-00 часов </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5424">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008F07C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00957EE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7282A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>февраля</w:t>
+      </w:r>
+      <w:r w:rsidR="00957EE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7282A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00957EE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">года </w:t>
+      </w:r>
+      <w:r w:rsidR="00957EE2" w:rsidRPr="00957EE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать время и дату</w:t>
+      </w:r>
+      <w:r w:rsidR="00957EE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00957EE2" w:rsidRPr="00957EE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ключительно по</w:t>
+      </w:r>
+      <w:r w:rsidR="00957EE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">адресу: </w:t>
+      </w:r>
+      <w:r w:rsidR="00957EE2" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Карагандинская область, г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00957EE2" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00957EE2" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алхаш, ул.Сейфуллина д.</w:t>
+      </w:r>
+      <w:r w:rsidR="00957EE2" w:rsidRPr="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, кабинет </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бухгалтерии  с 09-00</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>18-30</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> часов </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(кроме субботы- воскресения) или на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>balkhash</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>goo</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                              </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указать электронный адрес)</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конкурсные заявки на участие в конкурсе, запечатанные в </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="005B7EA0" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>конверты, представляются (направляются) потенциальными поставщиками в</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балқаш </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қаласының білім бөлімі</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Балқаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №9 орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>коммуналдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E2B3A" w:rsidRDefault="005B7EA0" w:rsidP="00F00685">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указать наименование организатора конкурса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по адресу: </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Карагандинская область, г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алхаш, ул.Сейфуллина д.</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бухгалтерия</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать полный адрес, № кабинета)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Окончательный срок представления заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до: 1</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5424">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-00 часов </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7282A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B96A01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7282A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>феврал</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5424">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7282A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D41495" w:rsidRPr="00D41495" w:rsidRDefault="005B7EA0" w:rsidP="00F00685">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>указать время и дату)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конверты с заявками на участие в конкурсе будут вскрываться</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по следующему адресу: </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Карагандинская область, г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005B2DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алхаш, ул.Сейфуллина д.</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="00591983">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A" w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кабинет директора</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5424">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B96A01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5424">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> февраля 2018г в 11.00</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указать полный адрес, № кабинета, время и дату)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дополнительную информацию и справку можно получить по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D41495">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>телефону:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8(71036) 4-26-59 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>қағидаларына</w:t>
+      <w:r w:rsidR="00AE3F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жексембаева</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...29 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00AE3F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>нысан</w:t>
+      <w:r w:rsidR="00AE3F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жанат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE3F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE3F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Толеугалиевна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00D63C8F" w:rsidRDefault="00D63C8F" w:rsidP="00D63C8F">
+    <w:p w:rsidR="005B7EA0" w:rsidRPr="005E2B3A" w:rsidRDefault="005B7EA0" w:rsidP="00F00685">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D41495">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать номер телефона)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00D41495" w:rsidRDefault="00D41495" w:rsidP="005B7EA0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="6372"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED58BB" w:rsidRPr="00D41495" w:rsidRDefault="00B96A01" w:rsidP="00D41495">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="002C420D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00D41495">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...32 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D41495">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.201</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7282A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00D41495">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>год.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D15AA9" w:rsidRDefault="00D15AA9" w:rsidP="00D15AA9">
-[...2029 lines deleted...]
-    <w:sectPr w:rsidR="00AF32EA" w:rsidSect="00F64867">
+    <w:sectPr w:rsidR="00ED58BB" w:rsidRPr="00D41495" w:rsidSect="00ED58BB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="003D148B"/>
-[...20 lines deleted...]
-    <w:rsid w:val="00F64867"/>
+    <w:rsidRoot w:val="005B7EA0"/>
+    <w:rsid w:val="001C419F"/>
+    <w:rsid w:val="00200CA0"/>
+    <w:rsid w:val="00253D93"/>
+    <w:rsid w:val="00261A7A"/>
+    <w:rsid w:val="002C420D"/>
+    <w:rsid w:val="002F618F"/>
+    <w:rsid w:val="00355F86"/>
+    <w:rsid w:val="00470CBA"/>
+    <w:rsid w:val="0049379E"/>
+    <w:rsid w:val="00591983"/>
+    <w:rsid w:val="005B2DB4"/>
+    <w:rsid w:val="005B7EA0"/>
+    <w:rsid w:val="005C4CFD"/>
+    <w:rsid w:val="005E2B3A"/>
+    <w:rsid w:val="006C58DC"/>
+    <w:rsid w:val="006C5F6E"/>
+    <w:rsid w:val="007472C2"/>
+    <w:rsid w:val="008D5424"/>
+    <w:rsid w:val="008E7485"/>
+    <w:rsid w:val="008F07C5"/>
+    <w:rsid w:val="00957EE2"/>
+    <w:rsid w:val="009626BA"/>
+    <w:rsid w:val="00A41D89"/>
+    <w:rsid w:val="00AE3F76"/>
+    <w:rsid w:val="00B96A01"/>
+    <w:rsid w:val="00C7282A"/>
+    <w:rsid w:val="00CE12E4"/>
+    <w:rsid w:val="00CE1D65"/>
+    <w:rsid w:val="00D41495"/>
+    <w:rsid w:val="00E72615"/>
+    <w:rsid w:val="00EB2089"/>
+    <w:rsid w:val="00ED58BB"/>
+    <w:rsid w:val="00F00685"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6146"/>
+    <o:shapedefaults v:ext="edit" spidmax="10242"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2566,318 +3896,123 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D63C8F"/>
+    <w:rsid w:val="005B7EA0"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D15AA9"/>
+    <w:rsid w:val="005B2DB4"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...193 lines deleted...]
-
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1542207776">
+    <w:div w:id="710348095">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shkolablhsh9@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2911,86 +4046,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -3121,70 +4254,90 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9522EF33-B5BA-4C62-9EA2-232C2FC37D03}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>603</Words>
-  <Characters>3441</Characters>
+  <Words>547</Words>
+  <Characters>3119</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>DG Win&amp;Soft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4036</CharactersWithSpaces>
+  <CharactersWithSpaces>3659</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Pc1</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Dinara</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>