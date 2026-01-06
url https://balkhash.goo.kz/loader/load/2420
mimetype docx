--- v0 (2025-12-10)
+++ v1 (2026-01-06)
@@ -1,416 +1,464 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005767B0" w:rsidRPr="005767B0" w:rsidRDefault="005767B0" w:rsidP="005767B0">
+    <w:p w:rsidR="00D9627D" w:rsidRDefault="00D9627D" w:rsidP="005767B0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D9627D" w:rsidRPr="00D9627D" w:rsidRDefault="00D9627D" w:rsidP="00D9627D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005767B0">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Балқаш қаласы жалпы білім беретін №9 орта мектебі» КММ-нің</w:t>
+        <w:t>Об</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D9627D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>щеобразовательная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D9627D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> средняя школа №9» КГУ </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3BE7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>города Балхаш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00213F6C" w:rsidRPr="00FF3BE7" w:rsidRDefault="005767B0" w:rsidP="00FF3BE7">
+    <w:p w:rsidR="00D9627D" w:rsidRDefault="00D9627D" w:rsidP="00D9627D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005767B0">
-[...1 lines deleted...]
-          <w:b/>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сравнительный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>показатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3BE7">
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ҰБТ-дің 3 жылдық  салыстырмалы көрсеткіші</w:t>
+        <w:t>ЕНТ за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00213F6C" w:rsidRDefault="00213F6C" w:rsidP="005767B0">
+    <w:p w:rsidR="00D9627D" w:rsidRDefault="00D9627D" w:rsidP="00D9627D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1101" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005767B0" w:rsidTr="005767B0">
+      <w:tr w:rsidR="00D9627D" w:rsidTr="00E102E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005767B0" w:rsidRPr="005767B0" w:rsidRDefault="005767B0" w:rsidP="005767B0">
+          <w:p w:rsidR="00D9627D" w:rsidRPr="005767B0" w:rsidRDefault="00D9627D" w:rsidP="00E102E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005767B0">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Оқу жылы</w:t>
+              <w:t>Учебный год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005767B0" w:rsidRPr="005767B0" w:rsidRDefault="005767B0" w:rsidP="005767B0">
+          <w:p w:rsidR="00D9627D" w:rsidRPr="005767B0" w:rsidRDefault="00D9627D" w:rsidP="00E102E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005767B0">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ҰБТ пайызы</w:t>
+              <w:t>Процент ЕНТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005767B0" w:rsidRPr="005767B0" w:rsidRDefault="005767B0" w:rsidP="005767B0">
+          <w:p w:rsidR="00D9627D" w:rsidRPr="005767B0" w:rsidRDefault="00D9627D" w:rsidP="00E102E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005767B0">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Өсу динамикасы </w:t>
+              <w:t>Динамика роста</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005767B0">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005767B0" w:rsidTr="005767B0">
+      <w:tr w:rsidR="00D9627D" w:rsidTr="00E102E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005767B0" w:rsidRDefault="005767B0" w:rsidP="005767B0">
+          <w:p w:rsidR="00D9627D" w:rsidRDefault="00D9627D" w:rsidP="00E102E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2014-2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005767B0" w:rsidRDefault="005767B0" w:rsidP="005767B0">
+          <w:p w:rsidR="00D9627D" w:rsidRDefault="00D9627D" w:rsidP="00E102E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>69,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005767B0" w:rsidRDefault="005767B0" w:rsidP="005767B0">
+          <w:p w:rsidR="00D9627D" w:rsidRDefault="00D9627D" w:rsidP="00E102E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005767B0" w:rsidTr="005767B0">
+      <w:tr w:rsidR="00D9627D" w:rsidTr="00E102E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005767B0" w:rsidRDefault="005767B0" w:rsidP="005767B0">
+          <w:p w:rsidR="00D9627D" w:rsidRDefault="00D9627D" w:rsidP="00E102E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2015-2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005767B0" w:rsidRDefault="005767B0" w:rsidP="005767B0">
+          <w:p w:rsidR="00D9627D" w:rsidRDefault="00D9627D" w:rsidP="00E102E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>81,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005767B0" w:rsidRDefault="005767B0" w:rsidP="005767B0">
+          <w:p w:rsidR="00D9627D" w:rsidRDefault="00D9627D" w:rsidP="00E102E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>+ 11,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005767B0" w:rsidTr="005767B0">
+      <w:tr w:rsidR="00D9627D" w:rsidTr="00E102E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005767B0" w:rsidRDefault="005767B0" w:rsidP="005767B0">
+          <w:p w:rsidR="00D9627D" w:rsidRDefault="00D9627D" w:rsidP="00E102E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2016-2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005767B0" w:rsidRDefault="005767B0" w:rsidP="005767B0">
+          <w:p w:rsidR="00D9627D" w:rsidRDefault="00D9627D" w:rsidP="00E102E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005767B0" w:rsidRDefault="005767B0" w:rsidP="005767B0">
+          <w:p w:rsidR="00D9627D" w:rsidRDefault="00D9627D" w:rsidP="00E102E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>+ 11,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005767B0" w:rsidRDefault="005767B0" w:rsidP="005767B0">
+    <w:p w:rsidR="00D9627D" w:rsidRDefault="00D9627D" w:rsidP="00D9627D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="005767B0">
+      <w:r w:rsidRPr="00D9627D">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5257800" cy="2743200"/>
             <wp:effectExtent l="19050" t="0" r="19050" b="0"/>
-            <wp:docPr id="1" name="Диаграмма 1"/>
+            <wp:docPr id="2" name="Диаграмма 1"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="00D9627D" w:rsidRPr="00D9627D" w:rsidRDefault="00D9627D" w:rsidP="00D9627D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D9627D" w:rsidRPr="00D9627D" w:rsidSect="009820D4">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1276" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
@@ -434,55 +482,55 @@
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="005767B0"/>
     <w:rsid w:val="00213F6C"/>
     <w:rsid w:val="00346D0D"/>
     <w:rsid w:val="00427AE8"/>
     <w:rsid w:val="005767B0"/>
-    <w:rsid w:val="00592DE8"/>
+    <w:rsid w:val="005840A1"/>
     <w:rsid w:val="008B209E"/>
-    <w:rsid w:val="00901C93"/>
     <w:rsid w:val="00B92CF1"/>
     <w:rsid w:val="00D9627D"/>
+    <w:rsid w:val="00E8756F"/>
     <w:rsid w:val="00E94ED4"/>
     <w:rsid w:val="00FF3BE7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -860,89 +908,89 @@
                 <c:pt idx="2">
                   <c:v>2016-2017</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Лист1!$B$3:$B$5</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="3"/>
                 <c:pt idx="0">
                   <c:v>69.900000000000006</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>81.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>93</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
-        <c:axId val="76492800"/>
-        <c:axId val="76494336"/>
+        <c:axId val="70810240"/>
+        <c:axId val="71713152"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="76492800"/>
+        <c:axId val="70810240"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:axPos val="b"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="76494336"/>
+        <c:crossAx val="71713152"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="76494336"/>
+        <c:axId val="71713152"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:axPos val="l"/>
         <c:majorGridlines/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:tickLblPos val="nextTo"/>
-        <c:crossAx val="76492800"/>
+        <c:crossAx val="70810240"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="r"/>
     </c:legend>
     <c:plotVisOnly val="1"/>
   </c:chart>
   <c:externalData r:id="rId1"/>
 </c:chartSpace>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1200,66 +1248,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>31</Words>
-  <Characters>178</Characters>
+  <Words>30</Words>
+  <Characters>174</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>208</CharactersWithSpaces>
+  <CharactersWithSpaces>203</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>komp15</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>