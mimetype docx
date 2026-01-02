--- v0 (2025-12-18)
+++ v1 (2026-01-02)
@@ -1,1406 +1,918 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00731E6E" w:rsidRDefault="00731E6E" w:rsidP="00731E6E">
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00731E6E" w:rsidRDefault="00731E6E" w:rsidP="00E2282F">
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E2282F" w:rsidRDefault="00E2282F" w:rsidP="00E2282F">
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E2282F" w:rsidRPr="00574457" w:rsidRDefault="00E2282F" w:rsidP="00E2282F">
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00574457">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00574457">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ыныптың ұжымбірлігін қалыптастыруға арналған тренингтік сабақ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00574457" w:rsidRPr="00E2282F" w:rsidRDefault="00574457" w:rsidP="00E2282F">
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E2282F" w:rsidRDefault="00E2282F" w:rsidP="00E2282F">
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A21C17">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Мақсаты :</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E2282F">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FB2F0A">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>сыныптың ауызбіршлігін, ынтымақтастығын дамыту.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A21C17" w:rsidRPr="00A21C17" w:rsidRDefault="00A21C17" w:rsidP="00E2282F">
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E2282F" w:rsidRPr="00FB2F0A" w:rsidRDefault="00E2282F" w:rsidP="00E2282F">
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB2F0A">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Тренингті</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>Тренингтік сабақтың міндеті:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>к сабақтың</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> міндеті:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E2282F" w:rsidRPr="00FB2F0A" w:rsidRDefault="00E2282F" w:rsidP="00E2282F">
+        <w:t>1) Бір-біріне деген сенімді және мейірімді қарым-қатынасты қалыптастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB2F0A">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1) Бір-біріне деген сенімді және мейірімді қарым-қатынасты қалыптастыру.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E2282F" w:rsidRPr="00FB2F0A" w:rsidRDefault="00A21C17" w:rsidP="00E2282F">
+        <w:t>2)Қойылған мақсатты бірігіп шешуге және іскерлікке үйрету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...53 lines deleted...]
-    <w:p w:rsidR="00A21C17" w:rsidRDefault="00A21C17" w:rsidP="00E2282F">
+        <w:t>3)Оқушылардың шығармашылық потенциалын дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Амандасу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A21C17" w:rsidRDefault="00A21C17" w:rsidP="00E2282F">
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Сабақтың  ережесімен таныстыру.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A21C17" w:rsidRDefault="00A21C17" w:rsidP="00E2282F">
-[...42 lines deleted...]
-    <w:p w:rsidR="00A21C17" w:rsidRDefault="00A21C17" w:rsidP="001B5966">
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.«Шимай» жаттығуы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Барлық оқушылар шеңбер жасап тұрады да оң қолдарын көтереді. Содан кейн бір оқушының қолынын ұстайды , тек ол оқушы өзінің к</w:t>
-[...85 lines deleted...]
-    <w:p w:rsidR="008C45D4" w:rsidRDefault="008C45D4" w:rsidP="00A21C17">
+        <w:t>Барлық оқушылар шеңбер жасап тұрады да оң қолдарын көтереді. Содан кейн бір оқушының қолынын ұстайды , тек ол оқушы өзінің көршісі болмауы керек. Дәл солай сол қолын көтеріп өзінің көршісінен басқа тағы бір баланың қолынан ұстайды. Барлық оқушылар шатасып қалады. Енді балалар ол шимайды қолдарын жібермей шешу керек болады. Соңында жаттығудың қорытындысы шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.«Жол» жаттығуы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Оқушылар екі топқа бөлінеді. Әр топтан бір оқушыдан шығып,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C45D4" w:rsidRDefault="008C45D4" w:rsidP="008C45D4">
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>көздерін байлап жолдан өту керек оған команда мүшелері қалай жүру керек екендігін айтып тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C45D4" w:rsidRPr="008C45D4" w:rsidRDefault="008C45D4" w:rsidP="008C45D4">
-[...42 lines deleted...]
-    <w:p w:rsidR="00555B33" w:rsidRDefault="00555B33" w:rsidP="00A21C17">
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.«Таяқ» жаттығуы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Оқушылар шеңбер құрып тұрады. Олардың біреуі шығып таяқты ұстап</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00555B33" w:rsidRDefault="00555B33" w:rsidP="00555B33">
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>тұрып кез – келген бір оқушының атын атайды, аты аталған оқушы ортаға шығып таяқты ұстап қалуы керек. Осылай барлық оқушы ортаға шықпайынша жаттығу жалғаса береді. Балалардың мақсаты таяқты жерге құлатпау.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00555B33" w:rsidRDefault="00555B33" w:rsidP="00555B33">
-[...42 lines deleted...]
-    <w:p w:rsidR="00555B33" w:rsidRDefault="00555B33" w:rsidP="00555B33">
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.«Бірге» жаттығуы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
         <w:t>Барлық оқушылар бір сызықтың бойымен тұрады. Жүргізушінің командасымен барлығы бір уақытта шапалақтау керек, секіру керек.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00555B33" w:rsidRDefault="00555B33" w:rsidP="00555B33">
-[...83 lines deleted...]
-    <w:p w:rsidR="00555B33" w:rsidRPr="00555B33" w:rsidRDefault="00555B33" w:rsidP="00555B33">
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>5.</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00555B33" w:rsidRDefault="00555B33" w:rsidP="00555B33">
+        <w:t>5.«Шар» жаттығуы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
         <w:t>Барлық оқушылар шеңбер құрып тұрады. Ортаға үрілген шар беріледі. Ол шарды барлығы топпен, қолдарынан жібермей, сөйлемей жерге түсірмей аяқтарымен тебу керек. Жаттығу аяғында қортынды сұрақтарына жауап береді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00555B33" w:rsidRPr="00FB2F0A" w:rsidRDefault="00555B33" w:rsidP="00555B33">
-[...94 lines deleted...]
-    <w:p w:rsidR="00B75966" w:rsidRPr="00574457" w:rsidRDefault="004C78F1" w:rsidP="00B75966">
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6.  «Құбыр»жаттығуы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7.  Өзін – өзі сендіру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00574457">
-[...24 lines deleted...]
-    <w:p w:rsidR="00555B33" w:rsidRDefault="00574457" w:rsidP="00AF1027">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мен өте бақытты жанмын. Мен сиқырлы ертегілер мен ғажайыпқа, мейірімділік пен махаббатқа сенемін. Мен есейсем де осы сенімімнен бас тартпаймын. Мен жасыл желекке, жылы құмға, күннің жылы шуағына шомылуды үйренгім келеді. Маған әлемнің әсем әндері, сылдырлаған бұлағы, желдің ескені және құстардың сайрағаны ұнайды. Осы музыканы тыңдағанда мен әлдене түсемін. Маған адамдарға қайырымдылық жасаған ұнайды. Мен әдемімін. Менің денім сау. Мен бақыттымын. Мен бұл әлемді сүйемін және ол да мені солай сүйгенін қалаймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Рефлексия. Сабақты бағалау. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00574457" w:rsidRPr="00555B33" w:rsidRDefault="00574457" w:rsidP="00AF1027">
-[...11 lines deleted...]
-    <w:p w:rsidR="00B13D2A" w:rsidRPr="00E2282F" w:rsidRDefault="00FB2F0A" w:rsidP="00731E6E">
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D426A" w:rsidRDefault="004D426A" w:rsidP="004D426A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00B13D2A" w:rsidRPr="00E2282F" w:rsidSect="00731E6E">
+    <w:p w:rsidR="000F1C37" w:rsidRDefault="000F1C37"/>
+    <w:sectPr w:rsidR="000F1C37" w:rsidSect="000F1C37">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...271 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="96"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-[...1 lines deleted...]
-  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00731E6E"/>
-[...22 lines deleted...]
-    <w:rsid w:val="00FB2F0A"/>
+    <w:rsidRoot w:val="004D426A"/>
+    <w:rsid w:val="000F1C37"/>
+    <w:rsid w:val="004D426A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1525,168 +1037,125 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B86A38"/>
+    <w:rsid w:val="004D426A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00731E6E"/>
+    <w:rsid w:val="004D426A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
-[...3 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="65078173">
-[...38 lines deleted...]
-    <w:div w:id="1699698297">
+    <w:div w:id="1841116146">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1932,71 +1401,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-  <Words>327</Words>
+  <Pages>1</Pages>
+  <Words>328</Words>
   <Characters>1870</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Microsoft</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2193</CharactersWithSpaces>
+  <CharactersWithSpaces>2194</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Admin</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>