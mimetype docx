--- v0 (2025-12-09)
+++ v1 (2026-01-02)
@@ -1,279 +1,248 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005562D7" w:rsidRPr="00884DC1" w:rsidRDefault="005562D7" w:rsidP="001235A3">
+    <w:p w:rsidR="00B31586" w:rsidRPr="00A76BF7" w:rsidRDefault="00A76BF7" w:rsidP="00A76BF7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A76BF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>Information about the training "Your Rights" in school № 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A76BF7" w:rsidRPr="00A76BF7" w:rsidRDefault="00A76BF7" w:rsidP="00884DC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005562D7" w:rsidRPr="00A76BF7" w:rsidRDefault="00A76BF7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A76BF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>On November 24, 2017, the training "Your Rights" was held among the 1st and 5th classes.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76BF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Objective: To teach the students the ability to comprehend their own rights, apply them in life, expand legal knowledge. Raise the manifestation of the children of humanity, honesty, justice and kindness.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76BF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang/>
+        </w:rPr>
+        <w:br/>
+        <w:t>  1. Construction of a circle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76BF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A76BF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>Questions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76BF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A76BF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A76BF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>The Game "All Together"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76BF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A76BF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Do you know your right?"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76BF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5. The game "Illegal Island"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76BF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang/>
+        </w:rPr>
+        <w:br/>
+        <w:t>  6. Reflection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...156 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2815590</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-1270</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2409825" cy="1445895"/>
             <wp:effectExtent l="0" t="0" r="9525" b="1905"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2409825" cy="1445895"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -290,238 +259,229 @@
               <wp:posOffset>-3810</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-1905</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2499008" cy="1405692"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2499008" cy="1405692"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-3810</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>69850</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2413000" cy="1357630"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Рисунок 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2413000" cy="1357630"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -538,323 +498,356 @@
               <wp:posOffset>2816225</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>73025</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2461895" cy="1384300"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2461895" cy="1384300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="001235A3">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005562D7" w:rsidSect="00B4712A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="inherit">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="009C192D"/>
-    <w:rsid w:val="001235A3"/>
     <w:rsid w:val="00197EB4"/>
     <w:rsid w:val="002703A3"/>
     <w:rsid w:val="00295B6F"/>
+    <w:rsid w:val="00381436"/>
     <w:rsid w:val="00397E07"/>
     <w:rsid w:val="00413952"/>
     <w:rsid w:val="004C1209"/>
     <w:rsid w:val="005562D7"/>
     <w:rsid w:val="007E0E9B"/>
-    <w:rsid w:val="00853BCA"/>
     <w:rsid w:val="00884DC1"/>
     <w:rsid w:val="009C192D"/>
     <w:rsid w:val="00A24DE2"/>
+    <w:rsid w:val="00A76BF7"/>
     <w:rsid w:val="00AD2A2E"/>
     <w:rsid w:val="00B31586"/>
     <w:rsid w:val="00C122E3"/>
     <w:rsid w:val="00C85CC3"/>
+    <w:rsid w:val="00D36709"/>
     <w:rsid w:val="00D80B4E"/>
     <w:rsid w:val="00D974CD"/>
+    <w:rsid w:val="00F651DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1050,50 +1043,51 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="753818826">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -1347,80 +1341,80 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>71</Words>
-  <Characters>408</Characters>
+  <Words>78</Words>
+  <Characters>448</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>478</CharactersWithSpaces>
+  <CharactersWithSpaces>525</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>01</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>