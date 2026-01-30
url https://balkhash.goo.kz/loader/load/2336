--- v1 (2026-01-02)
+++ v2 (2026-01-30)
@@ -1,188 +1,685 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00B31586" w:rsidRPr="00A76BF7" w:rsidRDefault="00A76BF7" w:rsidP="00A76BF7">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00C122E3" w:rsidRPr="00C85CC3" w:rsidRDefault="00C122E3" w:rsidP="00F651DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B31586" w:rsidRDefault="00397E07" w:rsidP="00F651DA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A76BF7">
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31586">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005562D7" w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>нформация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005562D7" w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о</w:t>
+      </w:r>
+      <w:r w:rsidR="005562D7" w:rsidRPr="00B31586">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005562D7" w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>ренинг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C85CC3" w:rsidRPr="00B31586">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="005562D7" w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Ваши права» в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31586">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>СШ</w:t>
+      </w:r>
+      <w:r w:rsidR="005562D7" w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31586" w:rsidRPr="00B31586" w:rsidRDefault="00B31586" w:rsidP="00884DC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005562D7" w:rsidRPr="005562D7" w:rsidRDefault="005562D7" w:rsidP="00884DC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...10 lines deleted...]
-          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24 ноября 2017 года </w:t>
+      </w:r>
+      <w:r w:rsidR="00C122E3">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="005562D7" w:rsidRPr="00A76BF7" w:rsidRDefault="00A76BF7" w:rsidP="005562D7">
+        <w:t xml:space="preserve">был проведен тренинг </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Ваши права» </w:t>
+      </w:r>
+      <w:r w:rsidR="00C122E3">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>среди</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C122E3">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>ых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и 5-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C122E3">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>ых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс</w:t>
+      </w:r>
+      <w:r w:rsidR="00C122E3">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005562D7" w:rsidRPr="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>Цель: Обучить</w:t>
+      </w:r>
+      <w:r w:rsidR="00397E07">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>учащихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> умению постигать их собственные права, применять их в жизни, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C122E3">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>расширить правовые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> знания.</w:t>
+      </w:r>
+      <w:r w:rsidR="00295B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Воспитывать проявление у детей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>человечности, честности, справедливости и доброты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005562D7" w:rsidRPr="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t> 1. Построение круга</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005562D7" w:rsidRPr="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Вопросы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005562D7" w:rsidRPr="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Игра «Все вместе»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005562D7" w:rsidRPr="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. «Вы знаете свое право?»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005562D7" w:rsidRPr="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Игра «Незаконный остров»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005562D7" w:rsidRPr="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F651DA">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005562D7">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>Отражение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005562D7" w:rsidRPr="007E0E9B" w:rsidRDefault="005562D7" w:rsidP="005562D7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A76BF7">
-[...93 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
@@ -198,51 +695,51 @@
               <wp:posOffset>2815590</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-1270</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2409825" cy="1445895"/>
             <wp:effectExtent l="0" t="0" r="9525" b="1905"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2409825" cy="1445895"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -259,51 +756,51 @@
               <wp:posOffset>-3810</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-1905</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2499008" cy="1405692"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2499008" cy="1405692"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -437,51 +934,51 @@
               <wp:posOffset>-3810</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>69850</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2413000" cy="1357630"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Рисунок 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2413000" cy="1357630"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -498,51 +995,51 @@
               <wp:posOffset>2816225</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>73025</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2461895" cy="1384300"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2461895" cy="1384300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -696,51 +1193,108 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005562D7" w:rsidSect="00B4712A">
+    <w:p w:rsidR="005562D7" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk500163825"/>
+    </w:p>
+    <w:p w:rsidR="005562D7" w:rsidRPr="00C8323D" w:rsidRDefault="005562D7" w:rsidP="005562D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Психолог: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8323D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:Есжанова.Г</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00A24DE2" w:rsidRDefault="00A24DE2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A24DE2" w:rsidSect="00B4712A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -777,77 +1331,75 @@
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="009C192D"/>
     <w:rsid w:val="00197EB4"/>
     <w:rsid w:val="002703A3"/>
     <w:rsid w:val="00295B6F"/>
     <w:rsid w:val="00381436"/>
     <w:rsid w:val="00397E07"/>
     <w:rsid w:val="00413952"/>
     <w:rsid w:val="004C1209"/>
     <w:rsid w:val="005562D7"/>
     <w:rsid w:val="007E0E9B"/>
     <w:rsid w:val="00884DC1"/>
     <w:rsid w:val="009C192D"/>
     <w:rsid w:val="00A24DE2"/>
-    <w:rsid w:val="00A76BF7"/>
     <w:rsid w:val="00AD2A2E"/>
     <w:rsid w:val="00B31586"/>
     <w:rsid w:val="00C122E3"/>
     <w:rsid w:val="00C85CC3"/>
-    <w:rsid w:val="00D36709"/>
     <w:rsid w:val="00D80B4E"/>
     <w:rsid w:val="00D974CD"/>
     <w:rsid w:val="00F651DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1341,80 +1893,80 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>78</Words>
-  <Characters>448</Characters>
+  <Words>73</Words>
+  <Characters>421</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>525</CharactersWithSpaces>
+  <CharactersWithSpaces>493</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>01</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>