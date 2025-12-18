--- v0 (2025-12-08)
+++ v1 (2025-12-18)
@@ -1,13563 +1,46825 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Об образовании</w:t>
+        <w:t>Білім туралы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Закон Республики Казахстан от 27 июля 2007 года № 319-III.</w:t>
-[...20 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t>Қазақстан Республикасының 2007 жылғы 27 шілдедегі № 319 Заңы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. Заңның қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="81" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-            <w:szCs w:val="23"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>оглавление</w:t>
+          <w:t>68-баптан</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...13 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>    </w:t>
-[...13 lines deleted...]
-    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+        <w:t> қараңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>МАЗМҰНЫ</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. Бүкіл мәтін бойынша:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "соғысқа қатысушылар мен cоғыс мүгедектеріне" деген сөздер "Ұлы Отан соғысының қатысушылары мен мүгедектеріне" деген сөздермен ауыстырылсын;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Оқу және тәрбие процесін", "оқу және тәрбие процесі", "оқу және тәрбие процесін", "Оқу және тәрбие процесі", "оқу және тәрбие процесінің" деген сөздер тиісінше "Оқу-тәрбие процесін", "оқу-тәрбие процесі", "оқу-тәрбие процесін", "Оқу-тәрбие процесі", "оқу-тәрбие процесінің" деген сөздермен ауыстырылды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="2" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. Бүкіл мәтін бойынша "ауыл (село)", "ауылдың (селоның), ауылдық (селолық)", "ауылдың (селоның)" деген сөздер тиісінше "ауыл", "ауылдың, ауылдық", "ауылдың" деген сөздермен ауыстырылды - ҚР 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="840" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 121-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Конституциялық заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы Заң білім беру саласындағы қоғамдық қатынастарды реттейді, осы саладағы мемлекеттік саясаттың негізгі принциптерін айқындайды және Қазақстан Республикасы азаматтарының, сондай-ақ Қазақстан Республикасында тұрақты тұратын шетелдіктердің және азаматтығы жоқ адамдардың білім алуға конституциялық құқығын қамтамасыз етуге бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+        <w:t>1-тарау. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
-[...52 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t>1-бап. Осы Заңда пайдаланылатын негізгі ұғымдар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы Заңда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z82"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) алып тасталды - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="6" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1) адъюнкт – жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын іске асыратын шетелдік әскери оқу орындарында білім алып жатқан адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) академия – мамандықтардың бір-екі тобы бойынша жоғары және жоғары оқу орнынан кейінгі білім беретін оқу бағдарламаларын іске асыратын жоғары оқу орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-1) академиялық оралымдылық – білім алушыларды немесе оқытушы-зерттеушілерді оқыту немесе зерттеулер жүргізу үшін белгілі бір академиялық кезеңге (семестрге немесе оқу жылына) өзінің жоғары оқу орнында немесе оқуды жалғастыру үшін басқа жоғары оқу орнында кредиттер түрінде меңгерген оқу бағдарламаларынан, пәндерден міндетті түрде қайта сынақ тапсыра отырып, басқа жоғары оқу орнына (ел ішінде немесе шетелге) ауыстыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-2) аккредиттеу органдары – стандарттарды (регламенттерді) әзірлейтін және өздері әзірлеген стандарттар (регламенттер) негізінде білім беру ұйымдарын аккредиттеуден өткізетін заңды тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-3) аккредиттеу стандарттары (регламенттері) – аккредиттеу органының аккредиттеу рәсіміне қойылатын талаптарды белгілейтін құжаттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) атаулы стипендия - тиісті білім беру бағдарламаларын ойдағыдай меңгерген, ғылыми-зерттеу жұмыстарымен айналысатын, оқу орнының қоғамдық, мәдени және спорттық өміріне белсене қатысатын неғұрлым қабілетті білім алушыларды көтермелеу үшін жеке немесе заңды тұлғалар тағайындайтын стипендия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3-1) әдістемелік кабинет – білім беруді басқару органдарының білім беру процесінің ұйымдастырушылық-әдістемелік қамсыздандырылуын, нәтижелілігін талдау мен бағалауды, педагог кадрлардың шығармашылық өсуіне және олардың кәсіптік тұрғыдан өзін-өзі жетілдіруіне жәрдемдесетін инновациялық педагогикалық тәжірибені жинақтау мен таратуды қамтамасыз ететін құрылымдық бөлімшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-2) әскери, арнаулы оқу орындары – Қазақстан Республикасының ұлттық қауіпсіздік органдарына, Қазақстан Республикасының Ішкі істер министрлігіне, Қазақстан Республикасының прокуратура органдарына және Қазақстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Республикасының Қорғаныс министрлігіне ведомстволық бағынысты білім беру ұйымдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) бакалавр – жоғары білімнің білім беру бағдарламаларын меңгерген адамдарға берілетін дәреже;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-1) бакалавриат – тиісті мамандық бойынша "бакалавр" дәрежесін бере отырып, кадрлар даярлауға бағытталған жоғары білім, білім беру бағдарламалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) бейін алды даярлық - білім алушының жеке білім беру траекториясының негізгі орта білім беруді таңдауын мақсатты педагогикалық қолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5-1) бейіндік мектеп – жалпы орта білімнің жалпы білім беретін оқу бағдарламасын іске асыратын оқу орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) бейінді оқыту - білім алушылардың мүдделерін, бейімділігі мен қабілеттерін ескере отырып, оқытуды саралау және даралау процесі, білім беру процесін ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-1) бейіні бойынша доктор – Қазақстан Республикасында немесе одан тысқары жерлерде кәсіптік қызметтің тиісті саласы бойынша докторантураның бағдарламасын меңгерген және диссертация қорғаған адамдарға берілетін, Қазақстан Республикасының заңнамасында белгіленген тәртіппен танылған дәреже;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) "Болашақ" халықаралық стипендиясы — Қазақстан Республикасы азаматтарының шетелдік жетекші жоғары оқу орындарында күндізгі оқу нысаны бойынша оқуы немесе Шетелдерде кадрлар даярлау жөніндегі республикалық комиссия санаттарын айқындайтын жұмыскерлердің шетелдік ұйымдарда тағылымдамадан өтуі үшін Қазақстан Республикасының Президенті тағайындайтын стипендия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7-1) біліктілікті арттырудың ваучерлік-модульдік жүйесі – білім беру қызметкеріне ұйымды, оқытудың мазмұны мен мерзімдерін таңдауға мүмкіндік беретін, мемлекет белгілеген және белгілі бір ақша сомасымен қамтамасыз етілген, атаулы құжат (ваучер) түрінде ресімделген жан басына шаққандағы норматив негізінде қаржыландырылатын біліктілікті арттыру нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7-2) біліктілікті арттыру институты – үздіксіз білім беру жүйесінде кадрлардың кәсіптік біліктілігін арттырудың және оларды қайта даярлаудың актуалды білім беру бағдарламаларын іске асыратын, білім берудегі әдістемелік жұмыстың тиімділігін қамтамасыз ететін инновациялық процестерді қолдауды жүзеге асыратын білім беру ұйымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7-3) біліктілікті беру – нақты мамандық бойынша тиісті кәсіптік қызмет түрінің шеңберінде жұмысты орындау үшін қажетті жеке қабілеттілік, кәсіптік білім, шеберлік пен дағдылар жиынтығын растау рәсімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7-4) білім алу үшін арнайы жағдайлар – ерекше білім берілуіне қажеттілігі бар адамдардың (балалардың) оларсыз жалпы білім беретін оқу және білім беру бағдарламаларын меңгеруі мүмкін болмайтын, арнайы оқу бағдарламаларын және оқыту әдістерін, техникалық және өзге де құралдарды, тыныс-тіршілігін, сондай-ақ медициналық, әлеуметтік және өзге де көрсетілетін қызметтерді қамтитын жағдайлар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) білім алушыларды аралық аттестаттау - білім алушылардың бір оқу пәнін оны зерделеп бітіргеннен кейінгі бір бөлігінің немесе бүкіл көлемінің мазмұнын меңгеру сапасын бағалау мақсатында жүргізілетін рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) білім алушыларды қорытынды аттестаттау - тиісті білім беру деңгейінің мемлекеттік жалпыға міндетті стандартында көзделген оқу пәндерінің көлемін олардың меңгеру дәрежесін айқындау мақсатында жүргізілетін рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9-1) білім беру – имандылық, зияткерлік, мәдени, тәндік жағынан дамыту және кәсіби құзыреттілікті қалыптастыру мақсаттарында жүзеге асырылатын тәрбиелеу мен оқытудың үзіліссіз процесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9-2) білім беру бағдарламасы – оқытудың мақсатын, нәтижелері мен мазмұнын, білім беру процесін ұйымдастыруды және оларды іске асыру тәсілдері мен әдістерін, оқыту нәтижелерін бағалау өлшемшарттарын қамтитын білім берудің негізгі сипаттамаларының біртұтас кешені;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) білім беру гранты - жоғары білім алуға төлеу үшін Қазақстан Республикасының заңнамасымен белгіленген шарттармен білім алушыға берілетін ақшаның нысаналы сомасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10-1) білім беру кредиті – қаржылық ұйымдар мерзімділік, ақылылық және қайтарымдылық шарттарымен оқыту ақысын төлеу үшін қарыз алушыға беретін ақша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      11) білім беру қызметі - білім беру субъектілерінің мақсатты, педагогтік негізделген, дәйекті өзара іс-қимылы барысында жеке адамды оқыту, дамыту және тәрбиелеу міндеттері шешілетін процесс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) білім беру мониторингі - білім беру процестерін жүзеге асырудың жай-күйін және нәтижелері мен шарттары өзгеруінің серпінін, білім алушылар контингентін, білім беру ұйымдары желісін, сондай-ақ олардың қызметі жетістіктерінің рейтингілік көрсеткіштерін жүйелі түрде байқау, талдау, бағалау және болжау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) білім беру саласындағы уәкілетті орган - білім беру саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын Қазақстан Республикасының орталық атқарушы органы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) білім беру сапасын бағалаудың ұлттық жүйесі - білім беру сапасының мемлекеттік жалпыға міндетті білім беру стандарттарына, жеке адамның, қоғам мен мемлекеттің қажеттіліктеріне сәйкестігін белгілеудің институционалдық құрылымдары, рәсімдері, нысандары мен әдістерінің жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) бiлiм туралы құжаттарды нострификациялау - басқа мемлекеттерде, халықаралық немесе шетелдік оқу орындарында (олардың филиалдарында) білім алған адамдарға берілген құжаттардың баламалылығын айқындау мақсатында жүргізілетін рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) білім беру ұйымдарын аккредиттеу – білім беру қызметтерінің сапасы туралы объективті ақпарат беру және оны арттырудың тиімді тетіктерінің бар екенін растау мақсатында аккредиттеу органының белгіленген аккредиттеу стандарттарына (талаптарына) сәйкестігін тану рәсімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) білім беру ұйымдарын мемлекеттік аттестаттау - білім беру ұйымдары көрсететін білім беру қызметтерінің мемлекеттік жалпыға міндетті стандарт талаптарына сәйкестігін бақылау мақсатымен жүргізілетін рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17-1) жоғары оқу орнының ерекше мәртебесі – Қазақстан Республикасының заңнамасында көзделген, білім беру мазмұнын өзі дербес айқындау және білім беру қызметін ұйымдастыру құқығын беретін білім беру ұйымы жұмыс істеуінің ерекше режимі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18) гимназия – білім алушылардың бейімділігі мен қабілеттеріне сәйкес қоғамдық-гуманитарлық және өзге де оқыту бағыттары бойынша кең ауқымда және тереңдете білім беруді қамтамасыз ететін бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын және қосымша білімнің білім беру бағдарламаларын іске асыратын оқу орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18-1) ғылыми-әдістемелік жұмыс – ғылым жетістіктері мен озық педагогикалық тәжірибеге негізделген және үздіксіз білім беру жүйесінің жұмыс істеуін және оны дамытуды жетілдіруге бағытталған қызмет түрі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18-2) ғылым кандидаты, ғылым докторы – ізденушілердің диссертациялар қорғауы негізінде берілген ғылыми дәрежелер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18-3) докторант – докторантурада білім алатын адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18-4) докторантура – білім беру бағдарламалары философия докторы (PhD), бейіні бойынша доктор дәрежесін бере отырып, ғылыми, педагогтік және (немесе) кәсіптік қызмет үшін кадрлар даярлауға бағытталған жоғары оқу орнынан кейінгі білім беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z100"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>19) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="29" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19-1) дуальды оқыту – кәсіпорынның, оқу орнының және білім алушының жауапкершіліктері тең болған кезде білім беру ұйымындағы оқытуды кәсіпорында білім алушыларға жұмыс орындарын бере отырып және өтемақы төлемін төлей отырып оқыту мен практиканың міндетті кезеңдерімен ұштастыратын кадрлар даярлау нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z101"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>20) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="29" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21) жалпы білім беретін мектеп – бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, сондай-ақ білім алушылар мен тәрбиеленушілерге қосымша білімнің білім беру бағдарламаларын іске асыратын оқу орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-1) жан басына шаққандағы қаржыландыру нормативі – білім берудің барлық деңгейлеріндегі мемлекеттік кепілдендірілген оқыту құнының қаржылық қамсыздандырылу нормативі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      21-2) жоғары колледж – техникалық және кәсіптік, орта білімнен кейінгі білімнің интеграцияланған модульдік білім беру бағдарламаларын іске асыратын оқу орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-3) зерттеу университеті – Қазақстан Республикасының Үкіметі бекіткен, бес жылға арналған даму бағдарламасын және даярлық (мамандықтар) бағыттарының кең спектрі бойынша жоғары және жоғары оқу орнынан кейінгі білімнің өз бетінше әзірленген білім беру бағдарламаларын іске асыратын, жаңа білімді жинақтау мен трансферттеу үшін іргелі және қолданбалы ғылыми зерттеулер нәтижелерін пайдаланатын жоғары оқу орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-4) ерекше білім беру қажеттілігі бар адамдар (балалар) – денсаулығына байланысты білім алуда ұдайы немесе уақытша қиындық көріп жүрген, арнайы, жалпы білім беретін оқу бағдарламалары мен қосымша білімнің білім беру бағдарламаларын қажет ететін адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-5) инклюзивті білім беру – ерекше білім беру қажеттіліктері мен жеке-дара мүмкіндіктерін ескере отырып, барлық білім алушылар үшін білім алуға тең қолжетімділікті қамтамасыз ететін процесс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22) инновациялық - білім беру консорциумы - жоғары оқу орындары, ғылыми ұйымдар мен өндіріс саласында жұмыс істейтін басқа да заңды тұлғалар іргелі, қолданбалы ғылыми зерттеулер мен технологиялық инновациялар негізінде жоғары білікті мамандар даярлау үшін зияткерлік, қаржылық және өзге де ресурстарды біріктіретін, бірлескен қызмет туралы шарт негізіндегі ерікті тең құқықты бірлестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z104"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>23) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="33" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z105"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>24) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="33" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25) институт – жоғары білім берудің білім беретін оқу бағдарламаларын іске асыратын жоғары оқу орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26) институционалдық аккредиттеу – білім беру ұйымы сапасының мәлімделген мәртебесіне және аккредиттеу органының белгілеген стандарттарына сәйкестігін аккредиттеу органының бағалау процесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26-1) интеграцияланған білім беру бағдарламалары – білім беру бағдарламаларының тиісті мазмұнды аспектілерін біріктіру негізінде әзірленген білім беретін оқу бағдарламалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27) интернаттық ұйымдар — тұратын орын беріле отырып, белгілі бір санаттағы адамдардың білім алу құқықтарына мемлекеттік кепілдіктерді қамтамасыз ететін білім беру ұйымдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      28) интернатура – клиникалық практикаға рұқсат алу үшін білім алушыларды базалық жоғары медициналық білім беру шеңберінде клиникалық мамандықтар бойынша даярлау нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      28-1) кадет – әскери, арнаулы оқу орнында техникалық және кәсіптік немесе орта білімнен кейінгі білімнің білім беру бағдарламалары бойынша білім алып жатқан адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      28-2) кәмелетке толмағандарды бейiмдеу орталықтары – ата-анасын немесе басқа да заңды өкiлдерiн анықтау үшiн үш жастан он сегiз жасқа дейiнгi қадағалаусыз және панасыз қалған балаларды, уақтылы орналастырылуы мүмкiн болмаған жағдайда ата-анасының немесе оларды алмастыратын адамдардың қамқорлығынсыз қалған балаларды, қорғаншылық және қамқоршылық органы балалардың өмiрiне немесе денсаулығына тiкелей қатер төнген кезде ата-анасынан (олардың бiреуiнен) немесе қамқорлыққа алған басқа адамдардан алып қойған балаларды, арнаулы бiлiм беру ұйымдарына жiберiлетiн балаларды, сондай-ақ әлеуметтiк бейiмсiздiкке және әлеуметтiк депривацияға әкеп соққан қатыгездiкпен қарау салдарынан өмiрлiк қиын жағдайда жүрген балаларды қабылдауды және уақытша бағып-ұстауды қамтамасыз ететiн, бiлiм беру органдарының қарамағындағы ұйым;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29) кәсіптік бағдар - білім алушының кәсіптік қызығушылықтарына, жеке қабілеттері мен психикалық-физиологиялық ерекшеліктеріне сәйкес білім беру және кәсіптік мүмкіндіктер саласында, мамандық пен оқитын орнын еркін және саналы таңдау құқықтарын іске асыруына ақпараттар мен консультациялық көмек беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      29-1) кәсіптік білім – білім алушылардың белгілі бір салада кәсіптік қызметті жүргізуіне және (немесе) нақты кәсіп немесе мамандық бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>жұмысты орындауына мүмкіндік беретін білімдерді, машықтарды, дағдыларды және құзыреттерді алуына бағытталған білім беру түрі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29-2) кәсіптік даярлау – техникалық және кәсіптік білім беру жүйесінің білікті жұмысшы кадрлар мен орта буын мамандарын даярлау бойынша қысқартылған мерзіммен оқытатын білім беру бағдарламаларын іске асыруды көздейтін бөлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      30) кәсіптік даярлықты бағалау – техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдары түлегінің біліктілік (қабілеті) деңгейінің тиісті кәсіптік қызмет түрі шеңберінде жұмысты орындауға сәйкестігі дәрежесін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      30-1) кәсіптік практика – болашақ кәсіптік қызметпен байланысты белгілі бір жұмыс түрлерін орындау процесінде теориялық білімдерді, дағдыларды бекітуге, практикалық машықтар мен құзыреттерді иемденуге және дамытуға бағытталған оқу қызметінің түрі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z112"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>31) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="41" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z113"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>32) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="41" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      33) кешенді тестілеу - ақпараттық-коммуникациялық технологиялар қолданылып, бірнеше оқу пәндері бойынша бір мезгілде өткізілетін емтихан нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      34) клиникалық база - жоғары оқу орнының немесе денсаулық сақтау ұйымының жергілікті денсаулық сақтау ұйымдарының базасында жұмыс істейтін, материалдық-техникалық базасының жоғары деңгейі болатын, ұйымдық-әдістемелік, оқу, емдеу-диагностикалық және ғылыми-зерттеу жұмысының қазіргі заманғы әдістері негізінде дәрігерлерді, ғылыми кадрларды даярлауды және қайта даярлауды жүзеге асыратын және медициналық көмектің барлық түрлерін көрсететін клиникасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      35) колледж – жалпы орта және техникалық пен кәсіптік білімнің немесе орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын оқу орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      35-1) кооперативтік оқыту – мемлекеттің, жұмыс берушілердің және оқу орындарының корпоративтік жауапкершілігіне негізделген, кадрларды кәсіптік даярлауды ұйымдастыру нысандарының бірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      36) кредиттік оқыту технологиясы - білім алушының және оқытушының оқу жұмысының көлемін өлшеудің сәйкестендірілген бірлігі ретінде кредитті пайдалана отырып, білім алушылардың пәндерді оқып зерделеу дәйектілігін таңдауы және дербес жоспарлауы негізіндегі оқыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      36-1) курсант – әскери, арнаулы оқу орнында жоғары білімнің білім беру бағдарламалары бойынша білім алып жатқан адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      37) қабылдау квотасы – техникалық және кәсiптiк, орта бiлiмнен кейiнгi және жоғары бiлiмнің білім беру бағдарламаларын іске асыратын бiлiм беру ұйымдарына қабылдау үшiн бөлiнетiн мемлекеттiк бiлiм беру тапсырысы, оның iшiнде бiлiм беру гранттары көлемiнiң шектi саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      37-1) Қазақстан Республикасы Тұңғыш Президентінің – Елбасының "Өркен" білім беру гранты (бұдан әрі – "Өркен" гранты) – "Назарбаев Зияткерлік мектептері" дербес білім беру ұйымында дарынды балалардың оқуына ақы төлеу үшін Қазақстан Республикасының Тұңғыш Президенті тағайындайтын грант;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      37-2) қауымдастырылған профессор (доцент), профессор – білім беру саласындағы уәкілетті орган беретiн ғылыми атақтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38) қашықтықтан білім беру технологиясы - білім алушы мен педагог қызметкердің жанама (алыстан) немесе толық емес жанама өзара іс-қимылы кезінде ақпараттық-коммуникациялық технологияларды және телекоммуникациялық құралдарды қолдана отырып жүзеге асырылатын оқыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38-1) қолданбалы бакалавриат – білім беру бағдарламалары "қолданбалы бакалавр" біліктілігін бере отырып, кадрлар даярлауға бағытталған орта білімнен кейінгі білім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38-2) қолданбалы бакалавр – орта білімнен кейінгі білімнің білім беру бағдарламаларын меңгерген адамдарға берілетін біліктілік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38-3) қосымша бiлiм беретiн мектептен тыс ұйым – бiлiм алушылар мен тәрбиеленушiлерге қосымша білімнің білім беру бағдарламаларын iске асыратын оқу-тәрбие ұйымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      39) қосымша білім беру – білім алушылардың, тәрбиеленушілер мен мамандардың жан-жақты қажеттіліктерін қанағаттандыру мақсатында жүзеге асырылатын тәрбиелеу, оқыту процесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      40) лицей – білім алушылардың бейімділігі мен қабілеттеріне сәйкес оларға кең ауқымда және тереңдете жаратылыстанушылық-математикалық білім беруді қамтамасыз ететін негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын және қосымша білімнің білім беру бағдарламаларын іске асыратын оқу орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      41) магистр – магистратураның білім беру бағдарламаларын меңгерген адамдарға берілетін дәреже;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      41-1) магистрант – магистратурада білім алатын адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      41-2) магистратура – білім беру бағдарламалары тиісті мамандық бойынша "магистр" дәрежесін бере отырып, кадрлар даярлауға бағытталған жоғары оқу орнынан кейінгі білім беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      41-3) маман – адамдарға жоғары білімнің білім беру бағдарламасын меңгергеннен кейін берілетін біліктілік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      42) мамандандырылған аккредиттеу - білім беру ұйымы іске асыратын жекелеген білім беру бағдарламаларының сапасын бағалау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z123"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>43) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="53" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44) мемлекеттік атаулы стипендия - Қазақстан Республикасының Президенті және (немесе) Қазақстан Республикасының Үкіметі тағайындайтын стипендия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      45) мемлекеттік білім беру тапсырысы - мектепке дейінгі тәрбие мен оқыту, орта білім беру жөнінде, экономиканың қажеттілігін қамтамасыз ету, білікті жұмыс күші мен қоғамның зияткерлік әлеуетін молықтыру үшін білікті қызметкерлер мен мамандарды даярлау, біліктілігін арттыру және қайта даярлау жөнінде, сондай-ақ білім беру жүйесін оқу-әдістемелік қамтамасыз ету жөнінде мемлекет қаржыландыратын қызмет көрсетулер көлемі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      45-1) мемлекеттік оқу бітіру емтиханы – білім алушылардың орта білім беру курсын аяқтағаны туралы куәландыратын, мемлекеттік үлгідегі құжатты алуы үшін қажетті шарт болып табылатын, орта білім беру ұйымдарында білім алушыларды қорытынды аттестаттау нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46) оқу бағдарламасы – әрбір оқу пәні (сабақ) бойынша меңгерілуге тиісті білімнің, шеберліктің, дағдылар мен біліктіліктің мазмұны мен көлемін айқындайтын бағдарлама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      47) оқу жоспары – тиісті білім беру деңгейінде білім алушылардың оқу пәндерінің, сабақтарының (модульдерінің), практикаларының, өзге де оқу қызметі түрлерінің тізбесін, бірізділігін, көлемін (еңбекті қажетсінуін) және бақылау нысандарын регламенттейтін құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      48) оқу-клиникалық орталығы - медициналық жоғары оқу орнының қазіргі заманғы аппаратурамен, фантомдармен және муляждармен жабдықталған және білім алушылардың және (немесе) медицина қызметкерлерінің практикалық (клиникалық) машықтарды меңгеруіне және</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оларды бақылауға арналған құрылымдық бөлімшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      48-1) оқыту – білім алушылар мен тәрбиеленушілердің білімдерді, машықтарды, дағдыларды және құзыреттерді иелену, қабілеттерді дамыту, білімдерін күнделікті өмірде қолдану тәжірибесін иелену және бүкіл өмір бойы білім алуға ынталануын қалыптастыру жөніндегі қызметін ұйымдастырудың мақсатты бағытталған процесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      48-2) оқыту-сауықтыру білім беру ұйымы – балаларға және оқушы жастарға тәрбие, білім беру, оларды сауықтыру, демалдыру жөніндегі функцияларды жүзеге асыратын заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      49) орта білім - азаматтардың Қазақстан Республикасының Конституциясымен кепілдік берілген, білім берудің мемлекеттік жалпыға міндетті стандарттарына сәйкес бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын меңгеруі нәтижесінде алатын білімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      49-1) "Орта білім беретін үздік ұйым" гранты – облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органдары мемлекеттік орта білім беру ұйымдарына рейтингілік көрсеткіштері негізінде конкурс қорытындылары бойынша жыл сайын бөлетін ақша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      49-2) орта білім беру ұйымы – бастауыш, негiзгi орта, жалпы орта бiлiмнің жалпы бiлiм беретін оқу бағдарламаларын, мамандандырылған жалпы білім беретін және арнайы оқу бағдарламаларын iске асыратын бiлiм беру ұйымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z130"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>50) алып тасталды - ҚР 2012.07.10 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="1580" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      51) резидентура - клиникалық мамандықтар бойынша жоғары оқу орнынан кейінгі тереңдетілген медициналық білім алу нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      51-1) резидентура тыңдаушысы – клиникалық мамандықтар бойынша жоғары оқу орнынан кейінгі тереңдетілген медициналық білімнің білім беру бағдарламаларын меңгеретін маман;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      52) рухани (діни) білім беру ұйымдары - дін қызметшілерін даярлаудың білім беру бағдарламаларын іске асыратын оқу орындары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      53) стипендия - білім алушыларға олардың тамағына, күнелтуіне және оқу әдебиетін сатыға алуына жұмсалатын шығындарды ішінара жабу үшін берілетін ақша сомасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      53-1) студент – техникалық және кәсіптік, орта білімнен кейінгі және жоғары білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымында оқитын адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      53-2) сынып жетекшілігі – педагог жұмыскерге сыныпта білім алушылардың қызметін оқу-тәрбие процесі шеңберінде үйлестіру бойынша жүктелетін функция;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      53-3) техникалық және кәсіптік білім беру – білікті жұмысшы кадрлар мен орта буын мамандарын даярлауға бағытталған білім беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      53-4) тыңдаушы – білім беру ұйымында қосымша білімнің және дайындық бөлімінің білім беру бағдарламалары бойынша білім алып жатқан адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      53-5) тiрек мектеп (ресурс орталығы) – шағын жинақталған мектеп оқушыларының сапалы бiлiм алуға қолжетiмдiлiгiн қамтамасыз ету мақсатында білім алушылардың қысқа мерзiмдi сессиялық сабақтарын, аралық және қорытынды аттестатталуын өткiзу үшiн базасында таяу маңдағы шағын жинақталған мектептердiң бiлiм беру ресурстары шоғырланатын орта бiлiм беру ұйымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      54) университет – мамандықтардың үш және одан да көп тобы бойынша жоғары білім берудің, магистратураның және докторантураның білім беретін оқу бағдарламаларын іске асыратын, іргелі және қолданбалы зерттеулерді жүзеге асыратын, ғылыми және әдістемелік орталық болып табылатын жоғары оқу орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      55) училище – мәдениет саласында негізгі орта, жалпы орта, техникалық және кәсіптік немесе орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын оқу орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      56) ұлттық бірыңғай тестілеу – жоғары оқу орындарына түсуге арналған іріктеу емтихандарының бір нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      56-1) ұлттық жоғары оқу орны – елдің жетекші ғылыми және әдістемелік орталығы болып табылатын, ерекше мәртебесі бар жоғары оқу орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      56-2) ұлттық зерттеу университеті – ерекше мәртебесі және Қазақстан Республикасының Үкіметі бекіткен, бес жылға арналған даму бағдарламасы бар, даярлық (мамандықтар) бағыттарының кең спектрі бойынша жоғары және жоғары оқу орнынан кейінгі білімнің өз бетінше әзірленген білім беру бағдарламаларын іске асыратын, жаңа білімді жинақтау мен трансферттеу үшін іргелі және қолданбалы ғылыми зерттеу нәтижелерін пайдаланатын жоғары оқу орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      57) философия докторы (РhD) – Қазақстан Республикасында немесе одан тысқары жерлерде ғылыми-педагогикалық бағыт бойынша докторантураның бағдарламасын меңгерген және диссертация қорғаған адамдарға берілетін, Қазақстан Республикасының заңнамасында белгіленген тәртіппен танылған дәреже;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      57-1) халықаралық мектеп – дербес әзірленген интеграцияланған білім беру бағдарламаларын іске асыратын, Халықаралық Бакалавриат Ұйымында авторизациялаудан немесе халықаралық институционалдық аккредиттеуден өткен оқу орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      58) шағын жинақты мектеп - білім алушылар контингенті шағын, сынып-жинақтары біріктірілген және оқу сабақтарын ұйымдастырудың өзіндік нысаны бар жалпы білім беретін мектеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      59) эксперименттік алаң – жаңа педагогикалық технологиялар мен білім берудің жаңа мазмұнын сынақтан өткізуге арналған эксперимент режимінде білім беру бағдарламаларын іске асыратын білім беру ұйымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      60) экстернат – білім алушы сабаққа үнемі қатыспай-ақ тиісті білім беру бағдарламасының оқу пәндерін өз бетімен оқитын оқыту нысандарының бірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      61) элиталық білім - дарынды адамдарға арналған мамандандырылған білім беру ұйымдарында іске асырылатын мамандандырылған жалпы білім беретін оқу және білім беру бағдарламалары бойынша алынатын білім.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="3" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2012.01.09 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="206" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 535-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="1580" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 18.02.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="42" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 175-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.07.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="86" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 337-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="5" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="754" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 419-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2016 бастап қолданысқа енгізіледі); 09.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="343" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="398" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>2-баптан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қараңыз); 05.05.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="206" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 60-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.07.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="10" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 88-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.07.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="1172" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 91-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2-бап. Қазақстан Республикасының білім беру саласындағы заңнамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Қазақстан Республикасының білім беру саласындағы заңнамасы Қазақстан Республикасының Конституциясына негізделеді, осы Заңнан және Қазақстан Республикасының өзге де нормативтік құқықтық актілерінен тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта осы Заңдағыдан өзгеше ережелер белгіленсе, онда халықаралық шарттың ережелері қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3-бап. Білім беру саласындағы мемлекеттік саясаттың принциптері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім беру саласындағы мемлекеттік саясаттың негізгі принциптері мыналар болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) баршаның сапалы білім алуға құқықтарының теңдігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) білім беру жүйесін дамытудың басымдығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) әрбір адамның зияткерлік дамуы, психикалық-физиологиялық және жеке ерекшеліктері ескеріле отырып, халықтың барлық деңгейдегі білімге қолжетімділігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) білім берудің зайырлы, гуманистік және дамытушылық сипаты, азаматтық және ұлттық құндылықтардың, адам өмірі мен денсаулығының, жеке адамның еркін дамуының басымдығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) адамның құқықтары мен бостандықтарын құрметтеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) жеке адамның білімдарлығын ынталандыру және дарындылығын дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) білім беру деңгейлерінің сабақтастығын қамтамасыз ететін білім беру процесінің үздіксіздігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) оқытудың, тәрбиенің және дамытудың бірлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) білім беруді басқарудың демократиялық сипаты, білім беру жүйесі қызметінің ашықтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) білім беру ұйымдарының меншік нысандары, оқыту мен тәрбиенің нысандары, білім беру бағыттары бойынша алуан түрлі болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім беру ұйымдарында саяси партиялар мен діни ұйымдардың (бірлестіктердің) ұйымдық құрылымдарын құруға және олардың қызметіне тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 3-бапқа өзгерту енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="69" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2-тарау. БІЛІМ БЕРУ ЖҮЙЕСІН БАСҚАРУ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4-бап. Қазақстан Республикасы Үкіметінің білім беру саласындағы құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының Үкіметі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1) білім беруді дамыту жөніндегі мемлекеттік саясатты әзірлейді және іске асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z170"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) алып тасталды - ҚР 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="627" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) еңбек нарығының кадрларға ағымдағы және келешектегі қажеттігінің тұрақты мониторингі жүйесін қалыптастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) еңбек нарығының қажеттіліктерін ескере отырып, әлеуметтік әріптестердің кәсіптік білім беру проблемаларын шешуге қатысуын қамтамасыз етеді және республикалық бюджеттен қаржыландырылатын білім беру ұйымдарында (Қарулы Күштер, басқа да әскерлер мен әскери құралымдар, сондай-ақ арнаулы мемлекеттік органдар үшін мамандар даярлауды жүзеге асыратын білім беру ұйымдарын қоспағанда) жоғары және жоғары оқу орнынан кейінгі, сондай-ақ техникалық және кәсіптік, орта білімнен кейінгі білімі бар мамандар даярлауға мемлекеттік білім беру тапсырысын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) жоғары білім алуға ақы төлеу үшін білім беру грантын беру ережелерін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5-1) "Өркен" грантын беру қағидаларын және оның мөлшерін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z174"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) алып тасталды - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="3829" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) Білім беру ұйымдарын мемлекеттік аттестаттау қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z176"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) алып тасталды - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="61" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z177"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9) алып тасталды - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="3829" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) халықтың тығыздығына және елді мекендердің қашықтығына қарай білім беру ұйымдары желісінің кепілдік берілген мемлекеттік нормативін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) мемлекеттік білім беру ұйымдары қызметкерлерінің үлгілік штаттарын, сондай-ақ педагог қызметкерлер мен оларға теңестірілген адамдар лауазымдарының тізбесін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) Қазақстан Республикасының Президентіне жеке адамды тәрбиелеуге, оқытуға және кәсіптік қалыптастыруға аса зор үлес қосып келе жатқан жоғары оқу орындарына ерекше мәртебе беру туралы ұсыну енгізеді және жоғары оқу орындарының ерекше мәртебесі туралы ережені бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, мемлекеттiк басқару органының ұсынысы бойынша бюджет қаражаты есебiнен қаржыландырылатын мемлекеттiк бiлiм беру ұйымдарын құрады, қайта ұйымдастырады және таратады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z182"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>14) алып тасталды - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="3829" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) Қазақстан Республикасы Президенті Әкімшілігімен келісу бойынша "Болашақ" халықаралық стипендиясын беру үшін үміткерлерді іріктеу қағидаларын бекітеді және "Болашақ" халықаралық стипендиясын жұмсау бағыттарын айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) мемлекеттік атаулы стипендияларды бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z185"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>17) алып тасталды - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="3829" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z186"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>18) алып тасталды - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="3829" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) тиісті үлгідегі білім беру ұйымдары, оның ішінде балаларға арналған қосымша білім беру бағдарламаларын іске асыратын білім беру ұйымдары қызметінің үлгілік ережелерін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z188"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>20) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="81" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      21) мемлекеттік білім беру мекемелерінің мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан білім алушылары мен тәрбиеленушілеріне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>және жетім балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға, төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балаларға және білім беру ұйымының алқалы басқару органы айқындайтын өзге де санаттағы білім алушылар мен тәрбиеленушілерге жалпы білім беретін мектептерді ағымдағы ұстауға бөлінетін бюджет қаражатының кемінде бір пайызы мөлшерінде қаржылай және материалдық көмек көрсетуге бөлінетін қаражатты қалыптастыру, жұмсау бағыты мен оларды есепке алу қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22) алып тасталды - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="z3829" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22-1) қаржы ұйымдары беретін білім беру кредиттерін кепілдендіру тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22-2) маманды жұмысқа жіберу, өз бетімен жұмысқа орналасу құқығын беру, мемлекеттік білім беру тапсырысы негізінде білім алған, осы Заңның 47-бабының 17-тармағында аталған азаматтарды жұмысын өтеу жөніндегі міндетінен босату немесе олардың міндетін тоқтату тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23) бірінші басшыларын Қазақстан Республикасының Президенті тағайындайтын жоғары оқу орындарының тізбесін және оларды тағайындау, аттестаттау және қызметтен босату тәртібін бекіту туралы Қазақстан Республикасының Президентіне ұсыныс енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24) білім берудің тиісті деңгейлерінің мемлекеттік жалпыға міндетті білім беру стандарттарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24-1) білім беру саласындағы уәкілетті органның ұсынысы бойынша техникалық және кәсіптік, орта білімнен кейінгі және жоғары білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарына оқуға түсу кезінде қабылдау квотасының мөлшерін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25) бастауыш, негізгі орта, жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25-1) осы Заңның 8-бабы 4-тармағының екінші бөлігінде аталған азаматтарға әлеуметтік көмектің мөлшерін, көздерін, түрлерін және оны беру тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26) алып тасталды - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="z3829" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27) алып тасталды - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="z3829" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      28) алып тасталды - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="z3829" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29) алып тасталды - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="z3829" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29-1) шетелде кадрларды даярлаудың, қайта даярлаудың және олардың біліктілігін арттырудың халықаралық бағдарламалары, оның ішінде "Болашақ" халықаралық стипендиясы бойынша іс-шаралар кешенін жүзеге асыратын ұйымды (әкімшіні) айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      30) өзіне Қазақстан Республикасының Конституциясымен, заңдарымен және Қазақстан Республикасы Президентінің актілерімен жүктелген өзге де функцияларды орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 4-бапқа өзгерістер енгізілді - ҚР 2011.07.05 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="1616" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (2011.10.13 бастап қолданысқа енгізіледі), 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="73" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2011.07.15 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="925" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(2012.01.30 бастап қолданысқа енгізіледі), 2012.02.13 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="648" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 553-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="627" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="3829" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="59" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5-бап. Білім беру саласындағы уәкілетті органның құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру саласындағы уәкілетті орган мынадай өкілеттіктерді орындайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) азаматтардың білім беру саласындағы конституциялық құқықтары мен бостандықтарын сақтауды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1) білім беру саласында жергiлiктi атқарушы органдарды үйлестіруді және оларға әдiстемелiк басшылық жасауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) білім беру саласындағы бірыңғай мемлекеттік саясатты іске асырады, салааралық үйлестіруді жүзеге асырады, білім беру және ғылым саласындағы халықаралық бағдарламаларды әзірлейді және іске асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-1) республикалық бюджеттен қаржыландырылатын мәдениет саласындағы білім беру ұйымдарындағы мәдениет және өнер мамандықтарын қоспағанда, мамандықтар бөлінісінде жоғары және жоғары оқу орнынан кейінгі білімі бар мамандарды даярлауға мемлекеттік білім беру тапсырысын бөлуді бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) білім беруді дамытудың жай-күйі туралы жыл сайынғы ұлттық баяндама әзірлеу және жариялау арқылы қоғам мен мемлекетті білім беру жүйесінің жай-күйі және оның қызметінің тиімділігі туралы нақты ақпаратпен қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) білім беруді басқару жүйесінің білім беру мониторингін және оны ақпараттық қамтамасыз етуді жүзеге асырады, білім берудің бірыңғай ақпараттық жүйесін ұйымдастыру және оның жұмыс істеу ережелерін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) білім беру сапасын басқаруды, білім беру ұйымдары ұсынатын білім беру қызметін әдістемелік және әдіснамалық қамтамасыз етуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) тиісті білім беру деңгейлерінің жалпыға міндетті мемлекеттік білім беру стандарттарын әзірлеуді ұйымдастырады, сондай-ақ, әскери, арнаулы, медициналық және фармацевтикалық оқу орындарының үлгілік оқу бағдарламаларын және үлгілік оқу жоспарларын қоспағанда, барлық білім беру деңгейлерінің үлгілік оқу бағдарламаларын және үлгілік оқу жоспарларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-1) алып тасталды - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="z68" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 398-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
-[...1183 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-2) мемлекеттік жалпыға міндетті білім беру стандарттарын әзірлеу тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-3) бiлiм туралы мемлекеттік үлгідегі құжаттардың түрлері мен нысандарын және оларды беру тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-4) бас бостандығынан айыруға сотталғандардың бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік білім алуын ұйымдастыру қағидаларын қылмыстық-атқару қызметі саласындағы уәкілетті органмен келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:anchor="z95" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-IV</w:t>
+          <w:t>№ 487-ІV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
-[...61 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7-1) балалар музыка мектептерінің, балалар көркемөнер мектептерінің және балалар өнер мектептерінің үлгілік оқу жоспарлары мен білім беру бағдарламаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) бiлiм беру қызметiмен айналысуға лицензияны және (немесе) лицензияға қосымшаларды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      бастауыш, негізгі орта, жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      техникалық және кәсіптік білімнің, оның ішінде кәсіптер мен мамандықтар бойынша білім беру бағдарламаларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      орта білімнен кейінгі, жоғары, жоғары оқу орнынан кейінгі білімнің, оның ішінде мамандықтар бойынша білім беру бағдарламаларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      рухани білім беру бағдарламаларын іске асыратын заңды тұлғаларға береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-1) бiлiм беру мониторингiн жүзеге асыру тәртiбiн белгiлейдi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-2) мектепке дейiнгi тәрбие мен оқыту бойынша қызметтi жүзеге асырудың басталғаны немесе тоқтатылғаны туралы хабарламаларды қабылдауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-3) "Алтын белгi" белгiсi туралы ереженi бекiтедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-4) алып тасталды - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:anchor="z74" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-IV</w:t>
+          <w:t>№ 398-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
-[...134 lines deleted...]
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>направлений подготовки (специальностей), использующее результаты фундаментальных и прикладных научных исследований для генерации и трансферта новых знаний;</w:t>
-[...102 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t>      8-5) мектепке дейiнгi тәрбие мен оқыту бойынша рұқсаттар мен хабарламалардың мемлекеттік электрондық тiзiлiмiн жүргiзедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-6) "Жоғары оқу орнының үздiк оқытушысы" және "Үздiк педагог" атақтарын беру қағидаларын бекiтедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-7) "Орта бiлiм беретiн үздiк ұйым" грантының мөлшерін және оны беру тәртiбiн белгiлей отырып, оны беруге арналған конкурсты өткiзу қағидаларын бекiтедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z200"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) тармақша жаңа редакцияда көзделген - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:anchor="z75" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2020 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) тармақшаның бұл редакциясы 01.01.2017 бастап 01.01.2020 дейін қолданыста болады - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:anchor="z398" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) ведомстволық бағыныстылығына қарамастан, мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мамандандырылған білімнің мамандандырылған жалпы білім беретін оқу бағдарламаларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      арнайы білімнің арнайы оқу бағдарламаларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      әскери, арнаулы оқу орындарында жоғары және жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын іске асырып жатқан білім беру ұйымдарына мемлекеттік аттестаттау жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9-1) инновациялық қызметті жүзеге асыратын және ғылыми зерттеулердің нәтижелерін өндіріске енгізетін базалық жоғары оқу орындарын айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) аккредиттеу органдарына, оның ішінде шетелдік аккредиттеу органдарына қойылатын талаптарды және оларды танудың тәртібін белгілейді және танылған аккредиттеу органдарының, аккредиттелген білім беру ұйымдарының және білім беру бағдарламаларының тізілімін қалыптастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) бастауыш, негізгі орта, жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік ережелерін әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) Ұлттық бірыңғай тестілеуді және кешенді тестілеуді өткізу және оқу жетістіктеріне сырттай бағалау жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12-1) білім беру қызметіне қойылатын біліктілік талаптарын және оларға сәйкестікті растайтын құжаттардың тізбесін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12-2) орта білім беру ұйымдарында сынып жетекшілігі туралы ережені әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) мүдделі министрліктермен, өзге де орталық атқарушы органдармен, жұмыс берушілермен және басқа да әлеуметтік әріптестермен өзара іс-қимыл жасай отырып, кадрлар даярлау үшін кәсіптер мен мамандықтар тізбесін айқындайды және кәсіптер мен мамандықтардың сыныптауыштарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) меншік нысандарына және ведомостволық бағыныстылығына қарамастан, білім беру ұйымдарында оқу жылының басталу және аяқталу мерзімін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14-1) орта білім беру ұйымдары үшін міндетті мектеп формасына қойылатын талаптарды әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14-2) қолайсыз ауа райы метеожағдайларында орта білім беру ұйымдарында, сондай-ақ техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында сабақтарды тоқтату қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) сырттай, кешкі нысандарда және экстернат нысанында білім алуға жол берілмейтін кәсіптер мен мамандықтардың тізбесін белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15-1) жоғары білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15-2) сыныптауышқа сәйкес техникалық және кәсіптік, орта білімнен кейінгі білім үшін оқыту мерзімдері және білім беру деңгейлері бойынша кәсіптер мен мамандықтардың тізбесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) білім алушыларды білім беру ұйымдарының түрлері бойынша ауыстыру және қайта қабылдау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      17) білім беру ұйымдарында білім алушыларға академиялық демалыстар беру тәртібін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:anchor="z106" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-IV</w:t>
+          <w:t>№ 487-ІV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) білім алушылардың үлгеріміне ағымдық бақылау, аралық және қорытынды аттестаттау өткізудің үлгілік ережелерін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19-1) мектепке дейінгі, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарының оқулықтарға және оқу-әдістемелік кешендеріне қажеттілігін болжау әдістемесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19-2) мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілерін оқулықтармен және оқу-әдістемелік кешендермен қамтамасыз ету қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19-3) мемлекеттік білім беру ұйымдарының кітапханалар қорын қалыптастыру, пайдалану және сақтау жөніндегі қағидаларды әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20) кәсіптік даярлық деңгейін бағалау және кәсіптер (мамандықтар) бойынша біліктілікті беру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21) білім туралы құжаттарды тану және нострификациялау тәртібін белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-1) білім туралы құжаттарды (түпнұсқаларды) апостильдеу рәсімін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-2) білім беру ұйымдарын бағалау өлшемшарттарын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-3) білім алушылардың білімін бағалау өлшемшарттарын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22) бiлiм және (немесе) бiлiктiлiк туралы мемлекеттiк үлгiдегi құжаттардың бланкiлерiне тапсырыс берудi ұйымдастыру, оларды сақтау, есепке алу және беру және олармен негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, жоғары және жоғары оқу орнынан кейiнгi бiлiмнің білім беру бағдарламаларын iске асыратын бiлiм беру ұйымдарын, ведомстволық бағыныстағы бiлiм беру ұйымдарын қамтамасыз ету жөнiндегi қағидаларды әзiрлейдi және бекiтедi және олардың пайдаланылуын бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23) білім беру ұйымдары білім беру қызметінде пайдаланатын қатаң есептіліктегі құжаттардың нысанын әзірлейді және бекітеді, білім туралы құжаттарды ресімдеуге қойылатын талаптарды айқындайды; білім алуды аяқтамаған адамдарға берілетін анықтама нысанын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23-1) бастауыш білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдары үшін әрбір пән бойынша бірыңғай базалық оқулықты айқындайды және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z1006"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5-бапты 23-2) тармақшамен толықтыру көзделген - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:anchor="z87" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2020 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="z394" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қолданысқа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5-бапты 23-3) тармақшамен толықтыру көзделген - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:anchor="z87" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2022 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:anchor="z395" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қолданысқа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24) білім беру қызметтерін көрсетудің үлгілік шартының және кәсіптік практикадан өткізуге арналған үлгілік шарт нысандарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24-1) білім беру жинақтау салымы туралы үлгілік шартты әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25) оқу-әдістемелік және ғылыми-әдістемелік жұмысқа басшылықты жүзеге асырады және оны жүргізуді үйлестіреді, мәдениет саласындағы білім беру ұйымдарын қоспағанда, білім беру ұйымдарында оқу-әдістемелік және ғылыми-әдістемелік жұмысты ұйымдастыру және жүзеге асыру қағидаларын, оқытудың кредиттік технологиясы бойынша оқу процесін ұйымдастыру қағидаларын бекітеді және қашықтықтан білім беру технологиялары бойынша оқу процесін ұйымдастыру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25-1) Қазақстан Республикасы жоғары оқу орындарының дайындық бөлімдерінің қызметін ұйымдастыру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      25-2) жоғары оқу орындарының жанынан ұқсас мамандық топтары бойынша оқу-әдістемелік бірлестіктер құрады және олардың қызметтері туралы ережені бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26) республикалық орта білім беру ұйымдарын, сондай-ақ халықаралық келісімдерге сәйкес шетелдік мектептерде оқитын отандастарды оқулықтармен және оқу-әдістемелік кешендермен қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26-1) мектепке дейiнгi, орта, техникалық және кәсiптiк, орта білімнен кейінгі бiлiм беру ұйымдарын, сондай-ақ арнайы білім беру ұйымдарын жабдықтармен және жиһазбен жарақтандыру нормаларын әзiрлеудi ұйымдастырады және бекiтедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27) оқулықтарды, оқу-әдiстемелiк кешендері мен оқу-әдiстемелiк құралдарын әзiрлеу, оларға сараптама, сынақ өткізу және мониторинг жүргізу, оларды басып шығару жөнiндегi жұмысты ұйымдастыру қағидаларын әзірлейді әрі бекiтедi және осы жұмысты ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27-1) жыл сайын республикалық және жергілікті бюджеттер бекітілгенге дейін оқулықтардың, оқу-әдiстемелiк кешендерiнiң, құралдарының және басқа да қосымша әдебиеттердiң, оның ішінде электрондық жеткізгіштегілерінің тiзбесiн </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-IV</w:t>
+          <w:t>бекiтедi</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
-[...481 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27-2) мектепке дейінгі, орта білім беру ұйымдарының білім алушылары мен тәрбиеленушілерін оқулықтармен және оқу-әдістемелік кешендермен қамтамасыз ету бойынша жұмысты үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      28) республикалық маңызы бар мектептен тыс іс-шаралар өткізуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29) жаратылыстану-математика циклы пәндері бойынша Президенттік олимпиаданы, жалпы білім беретін пәндер бойынша республикалық олимпиадалар мен ғылыми жобалар конкурстарын, орындаушылардың республикалық конкурстары мен кәсіби шеберлік конкурстарын ұйымдастыру және өткізу қағидаларын әзірлейді және </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-IV</w:t>
+          <w:t>бекітеді</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29-1) жалпы білім беретін пәндер бойынша республикалық және халықаралық олимпиадалар мен ғылыми жобалар конкурстарының (ғылыми жарыстардың), орындаушылар конкурстарының, кәсіби шеберлік конкурстарының және спорттық жарыстардың тізбесін қалыптастырады және </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-IV</w:t>
+          <w:t>бекітеді</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
-[...598 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29-2) жалпы білім беретін пәндер бойынша халықаралық олимпиадалар мен ғылыми жобалар конкурстарына (ғылыми жарыстарға) қатысушылар құрамын қалыптастыру қағидаларын әзірлейді және </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-IV</w:t>
+          <w:t>бекітеді</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
-[...262 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      30) алынып тасталды - ҚР 13.01.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:anchor="z277" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Конституцией</w:t>
+          <w:t>N 159-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
-[...49 lines deleted...]
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      31) Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, ведомстволық бағыныстағы бiлiм беру ұйымдарының жарғыларын бекiтедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      32) білім беру ұйымдарында меншік нысандарына және ведомстволық бағыныстылығына қарамастан, Қазақстан Республикасының білім беру саласындағы заңнамасының және нормативтік құқықтық актілерінің, мемлекеттік жалпыға міндетті білім беру стандарттарының, сондай-ақ ведомстволық бағыныстағы ұйымдардағы бюджеттік және қаржылық тәртіптің Қазақстан Республикасының заңнамасына сәйкес орындалуына мемлекеттік бақылау жасауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      33) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:anchor="z119" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      34) педагог қызметкерлер мен оларға теңестірілген адамдар лауазымдарының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>үлгілік</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> біліктілік сипаттамаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      34-1) педагогикалық әдеп қағидаларын әзірлейді және </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бекітеді</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      35) мемлекеттік орта білім беру мекемелерінің басшыларын конкурстық тағайындау </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId70" w:anchor="z16" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қағидаларын</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      36) жоғары оқу орындарының профессор-оқытушы құрамы мен ғылыми қызметкерлердің лауазымдарға конкурстық орналасуы қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      36-1) қауымдастырылған профессор (доцент), профессор ғылыми атақтарын береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      36-2) ғылыми қызметтің нәтижелерін жариялау үшін ұсынылатын басылымдар тізбесіне қосу үшін ғылыми басылымдарға қойылатын талаптарды әзірлейді және </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId71" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бекітеді</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      49-2) организация среднего образования – организация образования, реализующая общеобразовательные учебные программы начального, основного среднего, общего среднего образования, специализированные общеобразовательные и специальные учебные программы;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+        <w:t>      37) алып тасталды - ҚР 2012.07.10 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:anchor="z1584" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38) педагог кадрларды қайта даярлау мен олардың біліктілігін арттыруды </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId73" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ұйымдастырады</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38-1) педагогика кадрларының біліктілігін арттыру курстарын ұйымдастыру және жүргізу қағидаларын әзірлейді және </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId74" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бекітеді</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38-2) педагогика кадрларының біліктілігін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId75" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>арттыру</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId76" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> курстарының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId77" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> білім беру</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId78" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> бағдарламаларын</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId79" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> бекітеді</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      39) салалық </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId80" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>көтермелеу</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жүйесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      40) шетелдік әріптестермен келіссөздер жүргізеді және өз құзыреті шегінде білім беру саласында, сондай-ақ ғылыми қызметте халықаралық шарттарға (келісімдерге) және бағдарламаларға қол қояды; білім беру ұйымдары жүзеге асыратын халықаралық ынтымақтастық ұйымдарының ережелерін белгілейді және осы жұмысты үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      41) шетелге, оның ішінде академиялық оралымдылық шеңберінде оқытуға жіберу тәртібін әзірлейді, бекітеді және белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      42) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId81" w:anchor="z125" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      43) еңбек нарығының қажеттіліктерін ескере отырып, техникалық және кәсiптiк, орта бiлiмнен кейiнгi, жоғары және жоғары оқу орнынан кейiнгi бiлiмi бар мамандарды даярлауға, жоғары оқу орындарының дайындық бөлімдеріне, сондай-ақ мектепке дейінгі тәрбиелеу мен оқытуға, орта білім беруге мемлекеттiк бiлiм беру тапсырысын орналастыру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      43-1) техникалық және кәсiптiк, орта бiлiмнен кейiнгi және жоғары бiлiмнің білім беру бағдарламаларын іске асыратын ұйымдарда мемлекеттік білім беру тапсырысы негізінде білім алушылар үшін өтемақылар төлеу арқылы қысқы және жазғы каникул кезеңінде қалааралық теміржол және автомобиль (таксиден басқа) көлігінде жеңілдікпен жол жүруді қамтамасыз ету қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44) Қазақстан Республикасының білім беру саласындағы заңнамасының анықталған бұзушылықтарын нұсқамада белгіленген мерзімде жою туралы орындалуы міндетті жазбаша нұсқамалар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44-1) білім беру ұйымдарында эксперимент режимінде іске асырылатын білім беру бағдарламаларын әзірлеу, сынақтан өткізу және енгізу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44-2) білім беру жүйесін басқару органдарын ақпараттық қамтамасыз етуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44-3) бірыңғай ақпараттық білім беру жүйесін ұйымдастыру және оның жұмыс істеу қағидаларын әзірлеуді ұйымдастырады және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44-4) "Болашақ" халықаралық стипендиясы бойынша шығыс нормаларын, оқуға және тағылымдамадан өтуге арналған үлгілік шарттарды бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44-5) білім беру ұйымы түрлерінің номенклатурасын және олардың қызметінің, оның ішінде шағын жинақталған мектептердегі қызметтің үлгілік қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44-6) мемлекеттік білім беру тапсырысына байланысты қызметтер көрсетудің тізбесін қалыптастырады және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      45) алып тасталды - ҚР 29.12.2014</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId82" w:anchor="z786" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> № 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2015 бастап қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      45-1) алып тасталды - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId83" w:anchor="z3851" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      45-2) Қазақстан Республикасының заңнамасына сәйкес сәйкестендіру нөмірлерінің ұлттық тізіліміндегі мәліметтерді алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      45-3) алып тасталды - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId84" w:anchor="z3851" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46) кәмелетке толмағандарды Қазақстан Республикасының заңдарына сәйкес кәмелетке толмағандарды бейімдеу орталықтарында ұстаудың тәртібі мен шарттарын белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      46-1) мектепке дейінгі тәрбие мен оқытудың, орта, техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>білім берудің жан басына шаққандағы нормативтік қаржыландыру әдістемелерін әзірлеуді ұйымдастырады және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-2) мектепке дейінгі тәрбие мен оқытудың, орта, техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білім берудің жан басына шаққандағы нормативтік қаржыландыру қағидаларын әзірлеуді ұйымдастырады және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-3) біліктілікті арттырудың ваучерлік-модульдік жүйесінің әдістемесін әзірлеуді ұйымдастырады және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-4) біліктілікті қашықтықтан арттыруды қамтамасыз етудің қағидаларын әзірлеуді ұйымдастырады және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-5) педагогтардың біліктілік деңгейін растау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-6) базалық жоғары оқу орындарында магистрлер мен PhD докторларын нысаналы даярлау тетігін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-7) мемлекеттік жоғары оқу орындарының ректорларын тағайындау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-8) университеттік интернет-ресустарға қойылатын талаптарды айқындайды және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-9) алып тасталды - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId85" w:anchor="z97" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-10) экстернат нысанында оқыту қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-11) кәсіптік практиканы ұйымдастыру мен өткізу қағидаларын және практика базалары ретінде ұйымдарды айқындау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-12) дуальды оқытуды ұйымдастыру қағидаларын мүдделі мемлекеттік органдармен келісу бойынша әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-13) мемлекеттік білім беру ұйымдарының жатақханаларындағы орындарды бөлу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-14) мектепке дейінгі жастағы және мектеп жасындағы балаларды, олар орта білім алғанға дейін, есепке алуды ұйымдастыру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="z53"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00623BC0">
+      <w:bookmarkStart w:id="20" w:name="z576"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>50) исключен Законом РК от 10.07.2012 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t>46-15) алып тасталды - ҚР 05.07.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId86" w:anchor="24" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 36-V</w:t>
+          <w:t>№ 88-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00623BC0">
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
-[...609 lines deleted...]
-    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-16) республикалық орта білім беру ұйымдарындағы мемлекеттік білім беру тапсырысын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      47) Қазақстан Республикасының заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру саласындағы уәкілетті органның осы баптың бірінші бөлігінің 4), 8-1), 8-3), 13), 14), 14-1), 14-2), 16), 19), 25), 27), 34), 36), 38), 38-1), 38-2), 44-3), 44-5), 46-8) және 46-11) тармақшаларында көзделген өкілеттіктері әскери, арнаулы оқу орындарына қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. </w:t>
-[...14 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t>      Ескерту. 5-бапқа өзгерістер енгізілді - ҚР 2009.07.17 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId87" w:anchor="379" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-IV</w:t>
+          <w:t>N 188-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 09.01.2012 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t>(қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId88" w:anchor="395" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>2-баптан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қараңыз), 2010.03.19 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId89" w:anchor="208" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 258-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 2010.12.29 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId90" w:anchor="209" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 372-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2011.01.06 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId91" w:anchor="191" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 378-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.07.05 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId92" w:anchor="1627" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (2011.10.13 бастап қолданысқа енгізіледі), 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId93" w:anchor="73" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId94" w:anchor="458" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>2-баптан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қараңыз), 2011.07.15 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId95" w:anchor="927" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (2012.01.30 бастап қолданысқа енгізіледі), 2012.07.10 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId96" w:anchor="1581" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId97" w:anchor="808" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 102-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId98" w:anchor="628" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.01.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId99" w:anchor="277" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 159-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.05.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId100" w:anchor="806" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 203-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId101" w:anchor="3830" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.12.2014</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId102" w:anchor="786" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> № 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2015 бастап қолданысқа енгізіледі); 19.05.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId103" w:anchor="46" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 315-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId104" w:anchor="66" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId105" w:anchor="390" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>2-баптан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қараңыз); 09.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId106" w:anchor="350" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 18.04.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId107" w:anchor="185" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 58-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.05.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId108" w:anchor="207" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 60-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>05.07.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId109" w:anchor="19" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 88-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5-1-бап. Қазақстан Республикасы ұлттық қауіпсіздік органдарының, Қазақстан Республикасы Ішкі істер министрлігінің, Қазақстан Республикасы прокуратура органдарының және Қазақстан Республикасы Қорғаныс министрлігінің өздеріне ведомстволық бағынысты әскери, арнаулы оқу орындарына қатысты құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының ұлттық қауіпсіздік органдары, Қазақстан Республикасының Ішкі істер министрлігі, Қазақстан Республикасының прокуратура органдарының және Қазақстан Республикасының Қорғаныс министрлігі өздеріне ведомстволық бағынысты әскери, арнаулы оқу орындарына қатысты мынадай өкілеттіліктерді жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) орта білім беру ұйымдарын қоспағанда, әскери, арнаулы оқу орындарының білім беру қызметінің тиісті деңгейлерінің мемлекеттік жалпыға міндетті стандарттарының жекелеген бөлімдерін әзірлеуге қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) әскери, арнаулы оқу орындарының білім беру қызметіне қойылатын біліктілік талаптарының жекелеген бөлімдерін және оларға сәйкестікті растайтын құжаттардың тізбесін әзірлеуге қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) әскери, арнаулы оқу орындарының қызмет қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) әскери, арнаулы оқу орындарында (орта білім беру ұйымдарында білім беру саласындағы уәкілетті органмен келісу бойынша) оқу процесін, оқу-әдістемелік және ғылыми-әдістемелік қызметті ұйымдастыру және жүзеге асыру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) әскери, арнаулы оқу орындарында білім алушылардың үлгеріміне ағымдағы бақылау, оларға аралық және қорытынды аттестаттау жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) білім беру саласындағы уәкілетті органмен келісу бойынша үлгілік оқу жоспарларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) орта білім беру ұйымдарын қоспағанда, үлгілік оқу бағдарламаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) орта білім беру ұйымдарын қоспағанда, оқулық басылымдары мен оқу-әдістемелік кешендерді дайындау, сараптау, сынамақтан өткізу, басып шығару және оларға мониторинг жүргізу жөніндегі жұмыстарды ұйымдастыру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) тиісті деңгейдегі білім беру бағдарламаларын іске асырып жатқан әскери, арнаулы оқу орындарына оқуға қабылдау қағидаларын әзірлейді және </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId110" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бекітеді</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) орта білім беру ұйымдарын қоспағанда, әскери, арнаулы оқу орындарында оқу жылының басталу және аяқталу мерзімдерін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) әскери, арнаулы оқу орындарында білім алушылардың кәсіптік практикасын және тағылымдамасын ұйымдастыру және одан өту қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) әскери, арнаулы оқу орындарына ауыстыру және қайта қабылдау қағидаларын әзірлейді және </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId111" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бекітеді</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) әскери, арнаулы оқу орындарында, азаматтық қызметші лауазымдарын қоспағанда, педагог жұмыскерлер мен оларға теңестірілген адамдар лауазымдарының біліктілік сипаттамаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) әскери, арнаулы оқу орындарында, азаматтық қызметші лауазымдарын қоспағанда, педагог жұмыскерлер мен оларға теңестірілген адамдар, ғылыми қызметкерлер лауазымдарына орналасу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) әскери, арнаулы оқу орындарының ақпараттық жүйелері мен интернет-ресурстарына қойылатын талаптарды әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) әскери, арнаулы оқу орындарында іске асырылып жатқан білім беру бағдарламалары бойынша мамандықтар мен біліктіліктер тізбесін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) әскери, арнаулы оқу орындарында білім алу нысандары мен технологиясын айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      18) әскери, арнаулы оқу орындарында білім беру технологияларын қолдана отырып оқу процесін ұйымдастыру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) осы Заңда және Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 2-тарау 5-1-баппен толықтырылды - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId112" w:anchor="100" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6-бап. Білім беру саласындағы жергілікті өкілді және атқарушы органдардың құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Жергілікті өкілді органдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) алып тасталды - ҚР 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId113" w:anchor="z631" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) білім алушылардың қоғамдық көлікте (таксиден басқа) жеңілдікпен жол жүруі туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) Қазақстан Республикасының заңнамасына сәйкес азаматтардың құқықтары мен заңды мүдделерін қамтамасыз ету жөніндегі өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Облыстың жергілікті атқарушы органы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) алып тасталды - ҚР 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId114" w:anchor="z632" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1) білім беру саласындағы мемлекеттік саясатты іске асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) техникалық және кәсіптік, орта білімнен кейінгі білім беруді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) балаларды арнайы оқу бағдарламалары бойынша оқытуды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) мамандандырылған білім беру ұйымдарында дарынды балаларды оқытуды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) білім туралы мемлекеттік үлгідегі құжаттардың бланкілеріне тапсырыс беруді және негізгі орта, жалпы білімнің жалпы білім беретін оқу бағдарламаларын және техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарын солармен қамтамасыз етуді ұйымдастырады және олардың пайдаланылуына бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5-1) алып тасталды - ҚР 13.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId115" w:anchor="z814" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 102-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын, мамандандырылған жалпы білім беретін және арнайы оқу бағдарламаларын іске асыратын мемлекеттік білім беру ұйымдарын, сондай-ақ балалар мен жасөспірімдердің спорт мектептерін білім беру саласындағы уәкілетті органның келісімі бойынша Қазақстан Республикасының заңнамасында белгіленген тәртіппен құрады, қайта ұйымдастырады және таратады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) алып тасталды - ҚР 2011.10.24</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId116" w:anchor="z150" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> N 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң бастап қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7-1) алып тасталды - ҚР 2011.10.24</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId117" w:anchor="z150" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> N 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң бастап қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7-2) алып тасталды - ҚР 2011.10.24</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId118" w:anchor="z150" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> N 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң бастап қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білімі бар мамандарды даярлауға арналған мемлекеттік білім беру тапсырысын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-1) Қазақстан Республикасының Ұлттық кәсіпкерлер палатасының ұсыныстарын ескере отырып, техникалық және кәсіптік, жоғары және жоғары оқу орнынан кейінгі білімі бар мамандарды даярлауға арналған мемлекеттік білім беру тапсырысын орналастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-2) орта білім беруге мемлекеттік білім беру тапсырысын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) білім алушылардың ұлттық бірыңғай тестілеуге қатысуын ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      10) техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын, сондай-ақ мамандандырылған жалпы білім беретін және арнайы оқу бағдарламаларын (қылмыстық-атқару жүйесінің түзеу мекемелеріндегі білім беру ұйымдарын қоспағанда) іске асыратын мемлекеттік білім беру ұйымдарын материалдық-техникалық қамтамасыз етуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) мемлекеттік білім беру мекемелерінің мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан білім алушылары мен тәрбиеленушілеріне және жетім балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға, төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балаларға және білім беру ұйымының алқалы басқару органы айқындайтын өзге де санаттағы білім алушылар мен тәрбиеленушілерге жалпы білім беретін мектептерді ағымдағы ұстауға бөлінетін бюджет қаражатының кемінде бір пайызы мөлшерінде қаржылай және материалдық көмек көрсетуге қаражат жұмсайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) мемлекеттік тапсырыс негізінде техникалық және кәсіптік білімнің білім беру бағдарламаларын, сондай-ақ мамандандырылған жалпы білім беретін және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдары үшін жыл сайын 1 тамызға дейін қағаз және электрондық жеткізгіштерде оқулықтар мен оқу-әдістемелік кешендерін сатып алуды және жеткізуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) облыс ауқымында жалпы білім беретін пәндер бойынша мектеп олимпиадаларын және ғылыми жобалар конкурстарын, орындаушылар конкурстары мен кәсіби шеберлік конкурстарын ұйымдастыруды және өткізуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) балаларға облыстық деңгейде жүзеге асырылатын қосымша білім беруді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) бюджет қаражаты есебінен қаржыландырылатын мемлекеттік білім беру ұйымдарының кадрларын қайта даярлауды және қызметкерлердің біліктілігін арттыруды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) алып тасталды - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId119" w:anchor="z3854" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16-1) балалар мен жасөспірімдердің психикалық денсаулығын зерттеп-қарауды және психологиялық-медициналық-педагогикалық консультациялық көмек көрсетуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) дамуында проблемалары бар балалар мен жасөспірімдерді оңалтуды және әлеуметтік бейімдеуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18) жетім балаларды, ата-анаcының қамқорлығынсыз қалған балаларды белгіленген тәртіппен мемлекеттік қамтамасыз етуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) Қазақстан Республикасының заңнамасында көзделген тәртіппен білім алушылардың жекелеген санаттарын тегін және жеңілдікпен тамақтандыруды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20) техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білім берудің кәсіптік оқу бағдарламаларын іске асыратын білім беру ұйымдарын мемлекеттік білім беру тапсырысының негізінде бітірген адамдарды жұмысқа орналастыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20-1) берілген өтінімдерге сәйкес кейіннен жұмысқа орналастыра отырып, ауылдық жердің кадрлар қажетсінуі туралы өтінімді білім беру және денсаулық сақтау саласындағы уәкілетті органдарға жыл сайын 15-ші сәуірге дейін ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21) мәслихатқа білім алушылардың қоғамдық көлікте (таксиден басқа) жеңілдікпен жол жүруі туралы ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22) білім беру саласындағы уәкілетті органмен келісім бойынша білім беруді облыстық басқару органының бірінші басшысын тағайындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22-1) білім беру мониторингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22-2) жыл сайын белгіленген мерзімдерде білім саласындағы уәкілетті органның білім берудің бірыңғай ақпараттық жүйесінде статистикалық байқаулар деректерін жинауды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23) Кәмелетке толмағандарды бейімдеу орталықтарының жұмыс істеуін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24) Кәмелетке толмағандарды бейімдеу орталықтарында ұсталатын адамдарға жағдай жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24-1) қамқоршылық кеңестерге жәрдем көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      24-2) мемлекеттік білім беру ұйымдарының кадрмен қамтамасыз етілуін ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24-3) конкурс жеңімпаздарына – мемлекеттік орта білім беру мекемелеріне "Орта білім беретін үздік ұйым" грантын төлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24-4) мамандырылған және арнайы жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарында экстернат нысанында оқытуға рұқсат береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24-5) облыстық деңгейдегі әдістемелік кабинеттердің материалдық-техникалық базасын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24-6) орта білім беру ұйымдарындағы психологиялық қызметтің жұмыс істеу қағидаларын әзірлеуді ұйымдастырады және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24-7) білім беру ұйымдарының ішкі тәртіптемесінің үлгілік қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24-8) дуальды оқыту бойынша білікті жұмысшы кадрлар мен орта буын мамандарын даярлауды ұйымдастыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Республикалық маңызы бар қаланың және астананың жергілікті атқарушы органы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) алып тасталды - ҚР 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId120" w:anchor="z633" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) мектеп жасына дейінгі және мектеп жасындағы балаларды есепке алуды, оларды орта білім алғанға дейін оқытуды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) кешкі (ауысымды) оқыту нысанын және интернат үлгісіндегі білім беру ұйымдары арқылы ұсынылатын орта білім беруді қоса алғанда, орта білім беруді ұйымдастырады және қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) техникалық және кәсіптік, орта білімнен кейінгі білім алуды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білімнің, балаларға қосымша білім берудің жалпы білім беретін оқу бағдарламаларын іске асыратын мемлекеттік білім беру ұйымдарын, сондай-ақ мамандандырылған жалпы білім беретін және арнайы оқу бағдарламаларын іске асыратын мемлекеттік білім беру ұйымдарын Қазақстан Республикасының заңнамасында белгіленген тәртіппен құрады, қайта ұйымдастырады және таратады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId121" w:anchor="z168" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң бастап қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-1) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId122" w:anchor="z168" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң бастап қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-2) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId123" w:anchor="z168" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң бастап қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білімі бар мамандарды даярлауға арналған мемлекеттік білім беру тапсырысын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7-1) мектепке дейiнгi тәрбие мен оқытуға мемлекеттiк бiлiм беру тапсырысын, ата-ана төлемақысының мөлшерін бекiтедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7-2) орта білім беруге мемлекеттік білім беру тапсырысын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) білім алушылардың ұлттық бірыңғай тестілеуге қатысуын ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) мемлекеттік орта білім беру ұйымдары, сондай-ақ техникалық және кәсіптік білімнің білім беру бағдарламаларын, мамандандырылған жалпы білім беретін және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдары үшін жыл сайын 1 тамызға дейін оқулықтар мен оқу-әдістемелік кешендер сатып алуды және жеткізуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) балаларға арналған қосымша білім беруді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) мемлекеттік білім беру мекемелерінің мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан білім алушылары мен тәрбиеленушілеріне және жетім балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>балаларға, төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балаларға және білім беру ұйымының алқалы басқару органы айқындайтын өзге де санаттағы білім алушылар мен тәрбиеленушілерге жалпы білім беретін мектептерді ағымдағы ұстауға бөлінетін бюджет қаражатының кемінде бір пайызы мөлшерінде қаржылай және материалдық көмек көрсетуге қаражат жұмсайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) мемлекеттік білім беру ұйымдарының (қылмыстық-атқару жүйесінің түзеу мекемелеріндегі білім беру ұйымдарын қоспағанда) және мектепке дейінгі тәрбие және оқыту ұйымдарының материалдық-техникалық қамтамасыз етілуін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) арнайы оқу бағдарламалары бойынша оқытуды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) дарынды балаларды мамандандырылған білім беру ұйымдарында оқытуды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) республикалық маңызы бар қала, астана ауқымында жалпы білім беретін пәндер бойынша мектеп олимпиадаларын, ғылыми жобалар конкурстарын, орындаушылар конкурстары мен кәсіби шеберлік конкурстарын ұйымдастыруды және өткізуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) балалар мен жасөспірімдердің психикалық денсаулығын тексеруді және халыққа психологиялық-медициналық-педагогтік консультациялық көмек көрсетуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) дамуында проблемалары бар балалар мен жасөспірімдерді оңалтуды және әлеуметтік бейімдеуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18) кадрларды қайта даярлауды және бюджет қаражаты есебінен қаржыландырылатын мемлекеттік мекемелер қызметкерлерінің біліктілігін арттыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) жетім балаларды, ата-анаcының қамқорлығынсыз қалған балаларды белгіленген тәртіппен мемлекеттік қамтамасыз етуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20) мектепке дейінгі ұйымдарды және интернаттық ұйымдарға жатпайтын орта білім беру ұйымдарын қоспағанда, Қазақстан Республикасының заңнамасында белгіленген тәртіппен білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне медициналық қызмет көрсетуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21) Қазақстан Республикасының заңнамасында белгіленген тәртіппен білім алушылар мен тәрбиеленушілердің жекелеген санаттарын тегін және жеңілдікпен тамақтандыруды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22) техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарын мемлекеттік білім беру тапсырысының негізінде бітірген адамдарды жұмысқа орналастыруға жәрдемдеседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23) мәслихатқа білім алушылардың қоғамдық көлікте (таксиден басқа) жеңілдікпен жол жүруі туралы ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24) мектепке дейінгі тәрбие және оқыту ұйымдарына қажетті әдістемелік және консультациялық көмек көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24-1) орта білім беру ұйымдарындағы психологиялық қызметтің жұмыс істеу қағидаларын әзірлеуді ұйымдастырады және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24-2) білім беру ұйымдарының ішкі тәртіптемесінің үлгілік қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25) білім беру саласындағы уәкілетті органмен келісім бойынша білім беруді басқару органының бірінші басшыларын тағайындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25-1) негізгі орта, жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын және техникалық пен кәсіптік, орта білімнен кейінгі білім берудің кәсіптік бағдарламаларын іске асыратын білім беру ұйымдарының білім туралы мемлекеттік үлгідегі құжаттардың бланкілеріне тапсырыс беруін және солармен қамтамасыз етілуін ұйымдастырады және олардың пайдаланылуына бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25-2) білім беру мониторингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25-3) қамқоршылық кеңестерге жәрдем көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25-4) мемлекеттік білім беру ұйымдарының кадрмен қамтамасыз етілуін ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25-5) білім беру ұйымдарындағы психологиялық қызметтің әдістемелік басшылығын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25-6) конкурс жеңімпаздарына – мемлекеттік орта білім беру мекемелеріне "Орта білім беретін үздік ұйым" грантын төлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      25-7) негізгі орта, жалпы орта білім беру ұйымдарында, сондай-ақ мамандандырылған жалпы бiлiм беретін және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдарында экстернат нысанында оқытуға рұқсат береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25-8 әдістемелік кабинеттердің материалдық-техникалық базасын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26) Кәмелетке толмағандарды бейімдеу орталықтарының жұмыс істеуін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27) Кәмелетке толмағандарды бейімдеу орталықтарында ұсталатын адамдарға жағдай жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      28) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) алып тасталды - ҚР 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId124" w:anchor="z634" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) кешкі (ауысымды) оқу нысанын және интернат үлгісіндегі ұйымдар арқылы ұсынылатын жалпы орта білім беруді қоса алғанда, бастауыш, негізгі орта және жалпы орта білім беруді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) білім алушылардың ұлттық бірыңғай тестілеуге қатысуын ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) мектеп жасына дейінгі және мектеп жасындағы балаларды есепке алуды, оларды орта білім алғанға дейін оқытуды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-1) мектепке дейінгі тәрбиелеу мен оқытуға мемлекеттік білім беру тапсырысын орналастыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) мамандандырылған жалпы білім беретін және арнайы оқу бағдарламаларын, сондай-ақ мектепке дейінгі тәрбие мен оқыту және балаларға арналған қосымша білім беру бағдарламаларын іске асыратын мемлекеттік білім беру ұйымдарын қоспағанда, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын іске асыратын мемлекеттік білім беру ұйымдарын Қазақстан Республикасының заңнамасында белгіленген тәртіппен құрады, қайта ұйымдастырады және таратады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId125" w:anchor="z186" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң бастап қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-1) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId126" w:anchor="z186" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң бастап қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-2) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId127" w:anchor="z186" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң бастап қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын іске асыратын мемлекеттік білім беру ұйымдарының (қылмыстық-атқару жүйесінің түзеу мекемелеріндегі білім беру ұйымдарын қоспағанда) материалдық-техникалық қамтамасыз етілуін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) жыл сайын 1 тамызға дейін мектепке дейінгі даярлықтың жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына, орта білім беру ұйымдарына білім беру органдары оқу жылына болжайтын көлемде оқулықтар мен оқу-әдістемелік кешендерді сатып алуды және жеткізуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-1) мектепке дейiнгi тәрбие мен оқытуға мемлекеттiк бiлiм беру тапсырысын, ата-ана төлемақысының мөлшерін бекiтедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-2) аудандық әдістемелік кабинеттердің материалдық-техникалық базасын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-3) орта білім беруге мемлекеттік білім беру тапсырысын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) балаларға қосымша білім беруді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) аудан (қала) ауқымында жалпы білім беретін пәндер бойынша мектеп олимпиадаларын және ғылыми жобалар конкурстарын ұйымдастыру мен өткізуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) мемлекеттік білім беру мекемелерінің мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан білім алушылары мен тәрбиеленушілеріне және жетім балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға, төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балаларға және білім беру ұйымының алқалы басқару органы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>айқындайтын өзге де санаттағы білім алушылар мен тәрбиеленушілерге жалпы білім беретін мектептерді ағымдағы ұстауға бөлінетін бюджет қаражатының кемінде бір пайызы мөлшерінде қаржылай және материалдық көмек көрсетуге қаражат жұмсайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) жетім балаларды, ата-аналарының қамқорлығынсыз қалған балаларды белгіленген тәртіппен мемлекеттік қамтамасыз етуді, оларды міндетті жұмысқа орналастыруды және тұрғын үймен қамтамасыз етуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) мектепке дейінгі ұйымдарды және интернаттық ұйымдарға жатпайтын орта білім беру ұйымдарын қоспағанда, Қазақстан Республикасының заңнамасында белгіленген тәртіппен білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне медициналық қызмет көрсетуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) Қазақстан Республикасының заңнамасында көзделген тәртіппен білім алушылар мен тәрбиеленушілердің жекелеген санаттарын тегін және жеңілдікпен тамақтандыруды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) білім беру ұйымдарында оқу бітірген адамдарды жұмысқа орналастыруға жәрдемдеседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) ауылдық жердегі білім беру ұйымдарына жұмыс істеуге келген жас мамандарды тұрғын үй-тұрмыстық жағдайлармен қамтамасыз етуге жәрдемдеседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) мәслихатқа білім алушылардың қоғамдық көлікте (таксиден басқа) жеңілдікпен жол жүруі туралы ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18) мектепке дейінгі тәрбие және оқыту ұйымдарына және отбасыларына қажетті әдістемелік және консультациялық көмек көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) облыстың жергілікті атқарушы органымен келісу бойынша аудандық (қалалық) білім бөлімдерінің бірінші басшыларын тағайындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19-1) білім беру мониторингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19-2) негізгі орта, жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарының білім туралы мемлекеттік үлгідегі құжаттардың бланкілеріне тапсырыс беруін және солармен қамтамасыз етілуін ұйымдастырады және олардың пайдаланылуына бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19-3) жыл сайын белгіленген мерзімдерде білім саласындағы уәкілетті органның білім берудің бірыңғай ақпараттық жүйесінде статистикалық байқаулар деректерін жинауды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId128" w:anchor="z192" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId129" w:anchor="z192" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-1) мемлекеттік білім беру ұйымдарының кадрмен қамтамасыз етілуін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-2) білім беру ұйымдарындағы психологиялық қызметтің әдістемелік басшылығын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-3) негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-4) алып тасталды - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId130" w:anchor="z128" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-5) білім беру ұйымдарында ерекше білім берілуіне қажеттілігі бар адамдар (балалар) үшін білім алудың арнайы жағдайларын жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Қаладағы ауданның, облыстық, аудандық маңызы бар қаланың, кенттің, ауылдың, ауылдық округтің әкімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) мектеп жасына дейінгі және мектеп жасындағы балаларды есепке алуды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1) тірек мектептердің (ресурс орталықтарының) жұмыс істеуін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) мектепке дейінгі тәрбие мен оқытуды қамтамасыз етеді, оның ішінде Қазақстан Республикасының заңнамасында белгіленген тәртіппен мектепке дейінгі тәрбие және оқыту ұйымдарына медициналық қызмет көрсетуді ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Кенттің, ауылдың, ауылдық округтің әкімі елді мекенде мектеп болмаған жағдайда білім алушыларды таяудағы мектепке дейін және кері қарай тегін жеткізіп салуды ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 6-бапқа өзгерістер енгізілді - ҚР 2010.12.29 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId131" w:anchor="211" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 372-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2011.07.05 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId132" w:anchor="1632" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (2011.10.13 бастап қолданысқа енгізіледі), 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId133" w:anchor="146" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId134" w:anchor="458" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>2-баптан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қараңыз), 2011.07.15 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId135" w:anchor="928" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (2012.01.30 бастап қолданысқа енгізіледі), 13.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId136" w:anchor="810" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 102-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId137" w:anchor="630" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId138" w:anchor="172" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 130-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId139" w:anchor="3852" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId140" w:anchor="101" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 09.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId141" w:anchor="352" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.12.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId142" w:anchor="16" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 29-VІ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2017 бастап қолданысқа енгізіледі); 05.05.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId143" w:anchor="149" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 59-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.05.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId144" w:anchor="210" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 60-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.07.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId145" w:anchor="27" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 88-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7-бап. Білім беру жүйесін басқару органдарын ақпараттық қамтамасыз ету</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім беру жүйесін басқару органдарын толық, дұрыс, салыстырмалы ақпаратпен уақтылы қамтамасыз ету мақсатында Қазақстан Республикасында білім беруді тиімді басқарудың мүмкіндіктерін қамтамасыз ететін білім берудің бірыңғай ақпараттық жүйесі құрылады және жұмыс істейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім берудің бірыңғай ақпараттық жүйесі білім беру мониторингінің деректерін, статистикалық байқауларды және білім беру саласындағы уәкілетті орган, жергілікті атқарушы органдар, білім беру ұйымдары өз міндеттерін жүзеге асыру кезінде алған өзге де деректерді қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 7-бапқа өзгерту енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId146" w:anchor="197" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8-бап. Білім беру саласындағы мемлекеттік кепілдіктер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Мемлекет білім алу құқығын білім беру жүйесін дамыту, оның жұмыс істеуінің құқықтық негізін жетілдіру және Қазақстан Республикасының Конституциясына сәйкес білім алу үшін қажетті әлеуметтік-экономикалық жағдайлар жасау арқылы қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру сапасын мемлекеттік бақылау білім беру сапасын бағалаудың ұлттық жүйесін жасау және оның жұмыс істеуін қамтамасыз ету арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-1. Мемлекет ақпараттық-коммуникациялық технологияларды пайдаланыла отырып, электрондық оқытудың ақпараттық-коммуникациялық инфрақұрылымын құру жағдайларын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мемлекет Қазақстан Республикасы азаматтарының тегін мектепалды, бастауыш, негізгі орта, жалпы орта білім алуын, түлектерге жұмысшы біліктілігінің белгіленген және жоғарылатылған деңгейін бере отырып, техникалық және кәсіптік білім алуын, сондай-ақ, әскери, арнаулы оқу орындарында алынатын білімді қоспағанда, егер Қазақстан Республикасының азаматы осы деңгейлердің әрқайсысында бірінші рет білім алатын болса, мемлекеттік білім беру тапсырысына сәйкес конкурстық негізде тегін техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білім алуын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасында тұрақты тұратын, сондай-ақ Қазақстан Республикасына отбасына қосылу мақсатында келген шетелдіктердің және азаматтығы жоқ адамдардың білім беру саласындағы уәкілетті орган белгілеген тәртіппен Қазақстан Республикасының азаматтарымен бірдей мектепалды, бастауыш, негізгі орта және жалпы орта білім алуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Әскери, арнаулы оқу орындарын қоспағанда, Қазақстан Республикасында тұрақты тұратын азаматтығы жоқ адамдарға, егер олар осы деңгейлердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>әрқайсысында бірінші рет білім алатын болса, мемлекеттік білім беру тапсырысына сәйкес конкурстық негізде тегін техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білім алуға құқық беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Шетелдіктердің мемлекеттік білім беру тапсырысына сәйкес конкурстық негізде тегін техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білім алуға құқығы Қазақстан Республикасының халықаралық шарттарымен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білім алуға қолжетімділікті қамтамасыз ету мақсатында Мемлекеттік білім беру жинақтау жүйесін және мемлекеттік емес білім беруді кредиттеуді дамыту үшін жағдайлар жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекет қаржылық ұйымдар беретiн бiлiм беру кредиттерiнiң кепiлдiк жүйесiн құру жөнiнде шаралар қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Мемлекет әлеуметтік көмекке мұқтаж Қазақстан Республикасы азаматтарын олардың білім алуы кезеңінде қаржылау шығыстарын толық немесе ішінара өтейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Әлеуметтік көмек көрсетілетін Қазақстан Республикасы азаматтарының санатына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) жетім балалар, ата-анасының қамқорлығынсыз қалған балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) даму мүмкіндіктері шектеулі балалар, мүгедектер және бала кезінен мүгедектер, мүгедек балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) көп балалы отбасылардың балалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) кәмелетке толмағандарды бейімдеу орталықтарындағы балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) жалпы және санаторийлік үлгідегі мектеп-интернаттарында, мектеп жанындағы интернаттарда тұратын балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) дарынды балаларға арналған мамандандырылған интернаттық білім беру ұйымдарында тәрбиеленетін және білім алатын балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) интернаттық ұйымдардың тәрбиеленушілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы орташа табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) денсаулық жағдайына байланысты бастауыш, негізгі орта, жалпы орта білім беру бағдарламалары бойынша ұзақ уақыт бойы үйде немесе стационарлық көмек, сондай-ақ қалпына келтіру емін және медициналық оңалту көрсететін ұйымдарда оқитын балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) Қазақстан Республикасының заңдарымен айқындалатын өзге де санаттағы азаматтар жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-1. Мемлекет Қазақстан Республикасының заңнамасында көзделген тәртіппен білім алушылардың жекелеген санаттарын тамақтандыруға жұмсалатын шығыстарды толығымен немесе ішінара өтейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Орта білім беру ұйымдарында білім алушыларды тамақтандыруды ұйымдастыру бойынша көрсетілетін қызметтерді, тауарларды, сондай-ақ мектепке дейінгі білім беру ұйымдарында, жетім балалар мен ата-аналарының қамқорлығынсыз қалған балаларға білім беру ұйымдарында тәрбиеленуші және білім алушы балаларды тамақтандыруды қамтамасыз етуге байланысты тауарларды сатып алу бөлігінде Қазақстан Республикасының білім саласындағы заңнамасымен реттелген құқықтық қатынастарға Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасының күші қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Орта білім беру ұйымдарында оқитындарды тамақтандыруды ұйымдастыру және мектепке дейінгі білім беру ұйымдарында, жетім балалар мен ата-аналарының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарында тәрбие алатын және оқитын балаларды тамақтандыруды қамтамасыз етуге байланысты тауарлар сатып алу қағидалары, Мектепке дейінгі, орта білім беру ұйымдарында, жетім балалар мен ата-аналарының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарында оқитын және тәрбиеленетін балаларды тамақтандыруды ұйымдастыру жөніндегі көрсетілетін қызметтерді жосықсыз берушілердің, тауарлардың тізбесін қалыптастыру қағидаларын білім саласындағы уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Денсаулық жағдайына қарай ұзақ уақыт бойы орта бiлiм беру ұйымдарына бара алмайтын азаматтар үшін үйде немесе стационарлық көмек, сондай-ақ қалпына келтіру емін және медициналық оңалту көрсететін ұйымдарда тегін жеке оқыту ұйымдастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      6. Мемлекет инклюзивті білім берудің мақсатын іске асыра отырып, білім берудің барлық деңгейінде даму мүмкіндіктері шектеулі азаматтарға олардың білім алуына, дамуындағы ауытқуды түзетуіне және әлеуметтік бейімделуіне арнайы жағдайлар жасауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Мемлекет тұрғындар саны аз елді мекендерде тұратын балалардың бастауыш, негізгі орта, жалпы орта білім алу құқықтарын қамтамасыз ету үшін шағын жинақты мектептер мен интернат ұйымдарының жұмыс істеуіне кепілдік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Мемлекет Қазақстан Республикасының дарынды азаматтарының элиталық білім, оның ішінде шетелде білім алуына қажетті жағдай жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 8-бапқа өзгерістер енгізілді - ҚР 2011.07.22 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId147" w:anchor="98" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 478-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId148" w:anchor="198" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2012.02.13 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId149" w:anchor="652" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 553-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2013.01.14 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId150" w:anchor="6" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 68-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 21.05.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId151" w:anchor="3" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 93-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 14.01.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId152" w:anchor="466" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 161-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId153" w:anchor="3863" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId154" w:anchor="130" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId155" w:anchor="757" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 419-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2016 бастап қолданысқа енгізіледі); 04.12.2015</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId156" w:anchor="108" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> № 435-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2016 бастап қолданысқа енгізіледі); 09.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId157" w:anchor="357" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8-1-бап. Білім беру саласындағы ең төмен әлеуметтік стандарттар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің, техникалық және кәсіптік, орта білімнен кейінгі білім берудің, конкурстық негізде алынатын жоғары білімнің ең төмен әлеуметтік стандарттары "Ең төмен әлеуметтік стандарттар және олардың кепілдіктері туралы" Қазақстан Республикасының Заңына сәйкес білім беру саласындағы ең төмен әлеуметтік стандарттар болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 2-тарау 8-1-баппен толықтырылды - ҚР 19.05.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId158" w:anchor="37" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 315-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8-2-бап. Білім беру саласындағы мемлекеттік монополия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру деңгейлері бойынша оқулықтарға, оқу-әдістемелік кешендер мен құралдарға сараптама жүргізуді, сондай-ақ білім беру жүйесі мен білім беру процесін әдіснамалық және ғылыми-әдістемелік (мемлекеттік жалпыға міндетті білім беру стандарттары, оқу жоспарлары, оқу бағдарламалары) қамтамасыз етуді ұйымдастыру жөніндегі қызмет мемлекеттік монополияға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 2-тарау 8-2-баппен толықтырылды - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId159" w:anchor="137" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9-бап. Оқыту және тәрбиелеу тілі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім беру ұйымдарындағы тіл саясаты Қазақстан Республикасының Конституциясына және Қазақстан Республикасының тіл туралы заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Меншік нысандарына қарамастан барлық білім беру ұйымдары білім алушылардың мемлекеттік тіл ретінде қазақ тілін білуін, сондай-ақ білім берудің тиісті деңгейінің мемлекеттік жалпыға міндетті стандартына сәйкес орыс тілін және шет тілдерінің біреуін оқып-үйренуін қамтамасыз етуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Ана тілінде білім алу құқығы тиісті білім беру ұйымдарының мүмкіндіктері болған жағдайда сыныптар, топтар құрумен, сондай-ақ олардың жұмыс істеуіне жағдай жасаумен қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Мемлекеттік тілде оқытатын тиісті білім беру ұйымдарын, сыныптарды, топтарды құру басым бағыт болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Мемлекеттік тіл және орыс тілі орта білім беру ұйымдарында білім алушыларға қорытынды аттестаттау өткізу кезінде пәндер тізбесіне енгізілетін міндетті пәндер болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 9-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId160" w:anchor="215" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 09.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId161" w:anchor="359" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2017 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId162" w:anchor="399" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қолданысқа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9-1-бап. Білім беру ұйымдарын аккредиттеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім беру ұйымын аккредиттеу ерікті негізде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымы аккредиттеу органын өз бетінше таңдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Аккредиттеуден өткізу туралы немесе аккредиттеуді өткізуден бас тарту туралы шешімді аккредиттеу органы білім беру ұйымы өтінішінің және тізбесін аккредиттеу органы айқындайтын, ұсынылған құжаттардың қаралу нәтижелері бойынша қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Аккредиттеуді өткізудің шарттары мен мерзімдері білім беру ұйымы мен аккредиттеу органы арасындағы аккредиттеуді өткізу туралы шартта айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Аккредиттеу органы өзінің аккредиттеу стандарттарына (регламенттеріне) сәйкес институционалдық немесе мамандандырылған аккредиттеуді өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Білім беру ұйымын аккредиттеу білім беру ұйымының қаражаты есебінен өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Білім беру ұйымдары уәкілетті органның тізіліміне енгізілген аккредиттеу органдарында ұлттық және халықаралық институционалдық, мамандандырылған аккредиттеуден өтуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Біліктілікті арттыру институттары Қазақстан Республикасының заңнамасына сәйкес жалпы негіздерде аккредиттеуден өтуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 2-тарау 9-1-баппен толықтырылды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId163" w:anchor="218" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3-тарау. БІЛІМ БЕРУ ЖҮЙЕСІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10-бап. Білім беру жүйесі ұғымы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының білім беру жүйесі өзара іс-қимыл жасайтын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) білім беру деңгейінің сабақтастығын қамтамасыз ететін мемлекеттік жалпыға міндетті білім беру стандарттарының және білім беру бағдарламаларының;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) үлгілері мен түрлеріне қарамастан, білім беру бағдарламаларын іске асыратын білім беру ұйымдарының;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) білім беруді басқару органдары мен тиісті инфрақұрылымдардың, оның ішінде білім беру мониторингін жүзеге асыратын оқу-әдістемелік және ғылыми-әдістемелік қамтамасыз ету ұйымдарының;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) білім беру қызметінің субъектілері бірлестіктерінің жиынтығын бiлдiредi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 10-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId164" w:anchor="225" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId165" w:anchor="138" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11-бап. Білім беру жүйесінің міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім беру жүйесінің міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) ұлттық және жалпы адамзаттық құндылықтар, ғылым мен практика жетістіктері негізінде жеке адамды қалыптастыруға, дамытуға және кәсіптік шыңдауға бағытталған сапалы білім алу үшін қажетті жағдайлар жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) жеке адамның шығармашылық, рухани және күш-қуат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мүмкіндіктерін дамыту, адамгершілік пен салауатты өмір салтының берік негіздерін қалыптастыру, даралықты дамыту үшін жағдай жасау арқылы ой-өрісін байыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) азаматтық пен патриотизмге, өз Отаны - Қазақстан Республикасына сүйіспеншілікке, мемлекеттік рәміздер мен мемлекеттік тілді құрметтеуге, халық дәстүрлерін қастерлеуге, Конституцияға қайшы және қоғамға жат кез келген көріністерге төзбеуге тәрбиелеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) белсенді азаматтық ұстанымы бар жеке адамды тәрбиелеу, республиканың қоғамдық-саяси, экономикалық және мәдени өміріне қатысу қажеттігін, жеке адамның өз құқықтары мен міндеттеріне саналы көзқарасын қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) отандық және әлемдік мәдениеттің жетістіктеріне баулу; қазақ халқы мен республиканың басқа да халықтарының тарихын, әдет-ғұрпы мен дәстүрлерін зерделеу; мемлекеттік тілді, орыс, шетел тілдерін меңгерту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) педагог қызметкерлердің әлеуметтік мәртебесін арттыруды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) білім беру ұйымдарының еріктілігін, дербестігін кеңейту, білім беру ісін басқаруды демократияландыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) қоғам мен экономиканың қажеттеріне жауап беретін білім беру сапасын бағалаудың ұлттық жүйесінің жұмыс істеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) оқытудың жаңа технологияларын, оның ішінде кәсіптік білім беру бағдарламаларының қоғам мен еңбек нарығының өзгеріп отыратын қажеттеріне тез бейімделуіне ықпал ететін кредиттік, қашықтан оқыту, ақпараттық-коммуникациялық технологияларды енгізу және тиімді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) жалпы оқытудың, жұмыс орны бойынша оқытудың және еңбек нарығының қажеттері арасындағы өзара байланысты қамтамасыз ететін және әркімге өзінің білім мен біліктілікке негізделген жеке әлеуетін қоғамда барынша пайдалануға көмектесетін оқыту жүйесін өмір бойы дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) білімнің, ғылымның және өндірістің интеграциясы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) білім алушылардың кәсіптік ұмтылысын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) жұмыс берушілермен және басқа да әлеуметтік әріптестермен белсенді өзара іс-қимыл арқылы техникалық және кәсіптік білім берудің озық қарқынмен дамытылуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) ерекше білім берілуіне қажеттілігі бар адамдардың (балалардың) сапалы білім алуына арнайы жағдайлар жасау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 11-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId166" w:anchor="229" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId167" w:anchor="141" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12-бап. Білім беру деңгейлері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасындағы білім беру жүйесі жалпы білім беретін оқу және білім беру бағдарламаларының үздіксіздігі және сабақтастығы принципі негізінде мынадай білім беру деңгейлерін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) мектепке дейінгі тәрбие мен оқытуды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) бастауыш білім беруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) негізгі орта білім беруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) орта білім беруді (жалпы орта білім беруді, техникалық және</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      кәсіптік білім беруді);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) орта білімнен кейінгі білім беруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) жоғары білім беруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) жоғары оқу орнынан кейінгі білім беруді қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 12-бапқа өзгеріс енгізілді - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId168" w:anchor="142" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4-тарау. БІЛІМ БЕРУ МАЗМҰНЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>13-бап. Білім беру мазмұнының ұғымы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру мазмұны - жеке адамның біліктілігі мен жан-жақты дамуын қалыптастыру үшін негіз болып табылатын білім берудің әрбір деңгейі бойынша білімдер жүйесі (кешені).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру мазмұны білім берудің мемлекеттік жалпыға міндетті стандарттары негізінде әзірленетін жалпы білім беретін оқу және білім беру бағдарламаларымен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Ескерту. 13-бапқа өзгеріс енгізілді - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId169" w:anchor="143" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>14-бап. Білім беру бағдарламалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 14-баптың тақырыбына өзгеріс енгізілді - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId170" w:anchor="145" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім беру бағдарламалары мазмұны мен бағыттарына (міндеттеріне) қатысты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) жалпы білім беретін (үлгілік, жұмыстық);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) кәсіптік (үлгілік, жұмыстық);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) қосымша болып бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Үлгілік оқу бағдарламалары мемлекеттік жалпыға міндетті білім беру стандарттарының талаптарына сәйкес әзірленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жұмыстық оқу бағдарламалары тиісті </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId171" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>үлгілік оқу жоспарлары</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мен үлгілік оқу бағдарламаларының негізінде әзірленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Жалпы білім беретін оқу бағдарламалары жеке адамның жалпы мәдениетін қалыптастырудың, жеке адамды қоғамдағы өмірге бейімдеудің міндеттерін шешуге, кәсіпті, мамандықты саналы түрде таңдау мен меңгеру үшін негіз жасауға бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жалпы білім беретін оқу бағдарламалары мазмұнына қарай мынадай оқу бағдарламаларына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) мектепке дейінгі тәрбие мен оқыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) бастауыш білім беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) негізгі орта білім беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) жалпы орта білім беру болып бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Дарынды адамдардың әлеуетті мүмкіндіктерін неғұрлым толық дамыту үшін оқу бағдарламасының жекелеген пәндерін тереңдетіп оқытуды көздейтін мамандандырылған жалпы білім беретін оқу бағдарламалары әзірленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Адамдардың жекелеген санаттары үшін психологиялық-медициналық-педагогтік консультациялардың ұсынымдары ескеріле отырып айқындалатын, білім алушылар мен тәрбиеленушілердің даму және әлеуеттік мүмкіндіктерінің ерекшеліктері ескерілетін арнайы оқу бағдарламалары әзірленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Білім беру бағдарламалары экономика салаларындағы кәсiптiк қызмет бағыттары бойынша білікті жұмысшы кадрлары мен орта буын мамандарын даярлауға, жеке бастың кәсiптiк және жалпы бiлiм деңгейiн дәйекті түрде арттыруға бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Кәсіптік бағдарламалар мазмұнына қарай:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) техникалық және кәсiптiк бiлiмнің;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) орта бiлiмнен кейiнгi бiлiмнің;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) жоғары бiлiмнің;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) жоғары оқу орнынан кейiнгi бiлiмнің білім беру бағдарламаларына бөлiнедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Қосымша білімнің білім беру бағдарламалары білім алушылардың өзін-өзі билеуін, шығармашылығын дамыту, олардың қабілеттерін іске асыру, қоғам өміріне бейімделуі, азаматтық сана-сезімін, жалпы мәдениетін, салауатты өмір салтын қалыптастыру, бос уақытын мазмұнды ұйымдастыру үшін жағдайлар жасауды көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Оқытудың жаңа технологияларын сынақтан өткізу, білім берудің жаңа мазмұнын енгізу үшін эксперимент режимінде (эксперименттік алаңдарда) жұмыс істейтін білім беру ұйымдарында іске асырылатын эксперименттік білім беру бағдарламалары әзірленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Интеграцияланған білім беру бағдарламаларын бiлiм беру ұйымдары әзiрлейдi. Интеграцияланған бiлiм беретін оқу бағдарламалары пәнаралық және деңгейаралық, жоғары оқу орындары аралық және халықаралық болуы мүмкiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Алып тасталды - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId172" w:anchor="z151" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Медициналық және фармацевтік мамандықтар бойынша үлгілік оқу бағдарламаларын бiлiм беру саласындағы уәкiлеттi органмен келiсiм бойынша денсаулық сақтау саласындағы уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      8-1. Су көлігі саласындағы мамандықтар бойынша үлгілік оқу бағдарламаларын білім беру саласындағы уәкілетті органмен келісу бойынша сауда мақсатында теңізде жүзу саласындағы басшылықты жүзеге асыратын орталық атқарушы орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, бiлiм беру ұйымы лицензиясы болған жағдайда әртүрлi деңгейдегi білім беру бағдарламаларын iске асыруға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 4-бапқа өзгерістер енгізілді - ҚР 2011.01.19 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId173" w:anchor="45" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 395-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId174" w:anchor="235" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2012.07.10 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId175" w:anchor="1587" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.01.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId176" w:anchor="50" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 276-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId177" w:anchor="144" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>15-бап. Мектепке дейінгі тәрбие мен оқытудың жалпы білім беретін оқу бағдарламалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Мектепке дейінгі тәрбие мен оқытудың жалпы білім беретін оқу бағдарламалары іс-әрекет түрлерінің мектеп жасына дейінгі балалар үшін ерекшеліктерін ескере отырып, мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының негізінде әзірленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мектепке дейінгі тәрбие мен оқытудың жалпы білім беретін оқу бағдарламалары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) балаларды тәрбиелеу, оқыту, дамыту және сауықтыру тұтастығы принциптерін ескере отырып, мектепке дейінгі және бастауыш білім берудің сабақтастығы мен үздіксіздігін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) әр баланың талабын, бейімділігін, қабілеттілігін, дарындылығын іске асыруға және оның даму ерекшеліктері мен денсаулық жағдайын ескере отырып, дара әдіс негізінде оны бастауыш білім берудің білім беру бағдарламасын меңгеруге даярлауға бағдарланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мектепке дейінгі оқытудың жалпы білім беретін оқу бағдарламалары оқудың, жазудың, есептеудің және тілдік қатынас тәжірибесінің қарапайым дағдыларын қалыптастырады және бастауыш білім беруді меңгеру үшін бірдей бастапқы жағдайларды жасауды көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>16-бап. Бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Бастауыш білім берудің жалпы білім беретін оқу бағдарламалары баланың жеке басын қалыптастыруға, оның жеке қабілеттерін, оқу ісіндегі оң талпынысы мен алғырлығын: негізгі мектептің білім беру бағдарламаларын кейіннен меңгеру үшін оқудың, жазудың, есептеудің, тілдік қатынастың, шығармашылық тұрғыдан өзін-өзі көрсетудің, мінез-құлық мәдениетінің берік дағдыларын дамытуға бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Негізгі орта білім берудің жалпы білім беретін оқу бағдарламалары білім алушылардың ғылым жүйесінің базалық негіздерін меңгеруге, олардың бойында тұлғааралық және этносаралық қатынастың жоғары мәдениетін қалыптастыруға, жеке адамның өзін-өзі билеуіне және кәсіптік бағдарлануына бағытталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жалпы білім беретін оқу бағдарламасы білім алушылардың бейін алды даярлығын қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Әрбір пәннің мазмұнын зерделеу негізгі орта білім беру деңгейінде аяқталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Негiзгi орта бiлiм берудің жалпы бiлiм беретін оқу бағдарламасын меңгеру мерзiмi – бес жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Жалпы орта білімнің жалпы білім беретін оқу бағдарламалары бейіндік оқытуды енгізе отырып, білім беру мазмұнын саралау, интеграциялау және кәсіптік бағдарлау негізінде әзірленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жалпы орта білім берудің жалпы білім беретін оқу бағдарламасын игеру мерзімі - екі жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Ескерту. 16-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId178" w:anchor="240" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId179" w:anchor="153" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>17-бап. Техникалық және кәсіптік білімнің білім беру бағдарламалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 17-баптың тақырыбына өзгеріс енгізілді - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId180" w:anchor="157" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Техникалық және кәсіптік білім беру орта білім беру деңгейінің құрамдас бөлігі болып табылады және білікті қызметкерлер мен орта буын мамандарды даярлауға бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Техникалық және кәсіптік білімнің білім беру бағдарламалары олардың мазмұнына және білім алушылардың даярлық біліктілігінің деңгейіне қарай мынадай білімнің білім беру бағдарламалары болып бөлінеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) білікті жұмысшы кадрлар даярлауды көздейтін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру бағдарламаларының мазмұны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      жалпы кәсіптік және арнайы пәндерді меңгеру үшін бейіндеуші болып табылатын жалпы білім беретін пәндер бойынша интеграцияланған курстарды зерделеуді, кәсіптік дағдыларды меңгеру бойынша өндірістік оқудан және кәсіптік практикадан өтуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      білім алушыларға нақты кәсіп бойынша кәсіптік біліктіліктің белгіленген деңгейін (разряд, сынып, санат) беруді көздейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) экономиканың барлық салаларында жоғары технологиялармен және кәсіптік қызметпен байланысты жұмыстарды орындаудың күрделі (аралас) кәсіптері мен практикалық дағдыларын меңгеруді көздейтін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру бағдарламаларының мазмұны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      жалпы білім беретін, жалпы гуманитарлық, экономикалық, жалпы кәсіптік, арнайы пәндерді зерделеуді, кәсіптік дағдыларды игеру және бекіту бойынша өндірістік оқудан және кәсіптік практикадан өтуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      білім алушыларға нақты мамандық бойынша кәсіптік біліктіліктің жоғары деңгейін беруді көздейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) орта буын мамандарды даярлауды қамтамасыз ететін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру бағдарламаларының мазмұны техникалық және кәсіптік білім берудің интеграцияланған білімнің білім беру бағдарламаларын жоғары оқу орындарының 1-2-курстарының білім беру бағдарламаларымен қоса зерделеуді көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Аралық аттестаттау қорытындысы бойынша (оқытудың әрбір курсынан кейін) білім алушыларға нақты мамандық бойынша кәсіптік біліктіліктің қол жеткізген деңгейі (разряды, сыныбы, санаты) беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Оқытудың толық курсын аяқтағаннан және қорытынды аттестаттаудан өткеннен кейін білім алушыларға орта буын маманы біліктілігі беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мәдениет және өнер мамандықтары бойынша техникалық және кәсіптік білімнің білім беру бағдарламалары көрсетілген мамандықтар бойынша білім алушылардың ерте мамандануы қағидаты мен даярлау ерекшеліктері ескеріле отырып әзірленеді. Оқыту ұзақтығы бағдарламалардың күрделілігі мен берілетін біліктілік деңгейіне байланысты және ол тиісті мемлекеттік жалпыға міндетті білім беру стандартымен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Жалпы орта білімі бар азаматтар үшін техникалық және кәсіптік білімнің білім беру бағдарламалары жалпы кәсіптік, экономикалық, арнайы пәндерді зерделеуді және таңдаған мамандығы бойынша болашақ кәсіптік қызметін айқындайтын оқу-өндірістік жұмыстарды орындауды көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Техникалық және кәсіптік білімнің білім беру бағдарламалары теориялық және өндірістік оқыту бағдарламаларынан және кәсіптік практикадан тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Дуальды оқыту пайдаланылатын техникалық және кәсіптік білімнің білім беру бағдарламалары білім беру ұйымдарындағы теориялық оқытуды және кәсіпорын базасында кемінде алпыс пайыздық өндірістік оқытуды, практиканы көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Ескерту. 17-бап жаңа редакцияда - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId181" w:anchor="244" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен; өзгеріс енгізілді - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId182" w:anchor="156" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>18-бап. Мамандандырылған жалпы білім беретін оқу бағдарламалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мамандандырылған жалпы білім беретін оқу бағдарламалары негізгі орта, жалпы орта білім берудің жалпы білім беретін оқу бағдарламалары негізінде әзірленеді және білім алушылардың ғылым, мәдениет, өнер, спорт, әскери іс негіздерін терең игеруіне, олардың шығармашылық әлеуеттері мен дарын-қабілеттерін дамытуға бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мамандандырылған жалпы білім беретін оқу бағдарламалары дарынды балаларға арналған мамандандырылған білім беру ұйымдарында, сондай-ақ Қазақстан Республикасы Қорғаныс министрлігінің әскер қатарына шақыруға дейінгі терең даярлықты мамандандырылған мектептерінде іске асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>19-бап. Арнайы оқу бағдарламалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 19-баптың тақырыбына өзгеріс енгізілді - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId183" w:anchor="162" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Арнайы оқу бағдарламалары бастауыш, негізгі орта, жалпы орта білімнің жалпы білім беретін оқу бағдарламалары және техникалық және кәсіптік білімнің білім беру бағдарламалары негізінде әзірленеді және ерекше білім берілуіне қажеттілігі бар адамдарды (балаларды) оқытуға және дамытуға бағытталады, білім алушылар мен тәрбиеленушілердің психологиялық-медициналық-педагогтік консультациялар ұсынымдары ескеріле отырып айқындалатын психикалық-физикалық ерекшеліктері мен танымдық мүмкіндіктерін ескереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Ұзақ уақыт емделуді қажет ететін адамдар үшін, сондай-ақ даму мүмкіндіктері шектеулі балалар мен жасөспірімдер үшін арнайы оқу бағдарламалары әзірленеді және енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Арнайы оқу бағдарламалары Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId184" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>заңдарында</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> көзделген арнайы білім беру ұйымдарында, жалпы білім беретін мектептерде, техникалық және кәсіптік білім беру ұйымдарында немесе үйде іске асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 19-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId185" w:anchor="254" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId186" w:anchor="161" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>20-бап. Орта білімнен кейінгі білімнің білім беру бағдарламалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Орта білімнен кейінгі білімнің білім беру бағдарламалары орта (жалпы орта немесе техникалық және кәсіптік) білімі бар азаматтардың қатарынан білікті жұмысшы кадрлар, орта буын және қолданбалы бакалавр мамандарын даярлауға бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім беру бағдарламаларының мазмұны техникалық және кәсіптік білімнің интеграцияланған, модульдік бағдарламаларын және бакалавриаттың жекелеген пәндерін зерделеуді көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Аралық аттестаттау қорытындылары бойынша кәсіптік даярлық деңгейін бағалау негізінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) біліктілік (разряд, сынып, санат);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) күрделі (аралас) кәсіптер бойынша біліктіліктің жоғарылатылған деңгейі беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Оқытуды аяқтағаннан және қорытынды аттестаттаудан өткеннен кейін білім алушыларға "орта буын маманы", "қолданбалы бакалавр" біліктілігі беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 20-бап жаңа редакцияда - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId187" w:anchor="168" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>21-бап. Жоғары білімнің білім беру бағдарламалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Жоғары білімнің білім беру бағдарламалары "бакалавр" дәрежесін немесе "маман" біліктілігін бере отырып, экономика салаларының қажеттіліктеріне сәйкес біліктілігі жоғары кадрлар даярлауға бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "Бакалавр" дәрежесі беріліп немесе "маман" біліктілігін бере отырып, жоғары білімнің білім беру бағдарламасы бойынша оқытуды аяқтаған адамдар өздері үшін біліктілік талаптарында жоғары білімі болуы көзделген лауазымдарға орналаса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Жоғары білімнің білім беру бағдарламаларының мазмұны жалпы білім беретін пәндер циклін, базалық пәндер циклін, бейіндеуші пәндер циклін зерделеуді, сондай-ақ тиісті мамандықтар бойынша кәсіптік практикадан өтуді көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жоғары білімнің білім беру бағдарламалары мiндеттi құрамдас бөлiктің және таңдау бойынша құрамдас бөлiктің пәндерін қамтиды. Білім алушының таңдауы бойынша құрамдас бөліктегі пәндер әрбір циклде міндетті құрамдас бөліктің пәндерін мазмұндық жағынан толықтыруға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жоғары оқу орындары білім беру жүйесін одан әрі дамытуға және жетілдіруге бағытталған жаңа оқыту технологиялары мен әдістерін қамтитын инновациялық білім беру бағдарламаларын конкурстық негізде әзірлеуге және енгізуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Жоғары білімнің білім беру бағдарламаларын игеру мерзімі мемлекеттік жалпыға міндетті жоғары білім беру стандартында айқындалады және ол кемінде төрт жыл болуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Техникалық және кәсіптік, орта білімнен кейінгі немесе жоғары білімі бар Қазақстан Республикасының азаматтары үшін жоғары оқу орындары қысқартылған оқыту мерзімдерін көздейтін білім беру бағдарламаларын әзірлейді және іске асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Интернатураның кәсіптік білім беру бағдарламасын игеру денсаулық сақтау саласындағы уәкілетті орган тізбесін бекітетін клиникалық мамандықтар бойынша жоғары медициналық білім алған Қазақстан Республикасының азаматтарын клиникалық практикаға жіберудің міндетті шарты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Интернатура туралы ережені денсаулық сақтау саласындағы уәкілетті орган </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId188" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бекітеді</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 21-бап жаңа редакцияда - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId189" w:anchor="169" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22-бап. Жоғары оқу орнынан кейінгі білімнің білім беру бағдарламалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 22-баптың тақырыбы жаңа редакцияда - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId190" w:anchor="171" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Жоғары оқу орнынан кейінгі білімнің білім беру бағдарламалары біліктілігі жоғары ғылыми-педагог кадрлар мен басшы кадрлар даярлауға, олардың ғылыми, педагогтік және кәсіптік даярлық деңгейін дәйектілікпен арттыруға бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларының мазмұны: базалық және бейіндеуші пәндерді қамтитын теориялық оқытуды; кәсіптік практиканы; диссертация жаза отырып ғылыми-зерттеу (эксперименттік-зерттеу) жұмысын көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Резидентураның кәсіптік оқу бағдарламаларын игеру денсаулық сақтау саласындағы уәкілетті орган тізбесін бекіткен клиникалық мамандықтар бойынша жоғары медициналық білім алған азаматтарды клиникалық практикаға жіберудің міндетті шарты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 22-бапқа өзгеріс енгізілді - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId191" w:anchor="170" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>23-бап. Қосымша білім беретін білім беру бағдарламалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 23-баптың тақырыбына өзгеріс енгізілді - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId192" w:anchor="174" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Қосымша білім беретін білім беру бағдарламалары білім алушылардың, тәрбиеленушілер мен мамандардың жан-жақты қажеттіліктерін қанағаттандыруға бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Қосымша білім беретін білім беру бағдарламалары мазмұнына және бағытына қатысты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) білім алушылар мен тәрбиеленушілерге қосымша білім беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) қазіргі заман талаптарына сай келетін кәсіптік біліктілікті дамытуға бағытталған, мамандарды қайта даярлау және олардың біліктілігін арттыру бағдарламалары болып бөлiнедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Балалардың музыкалық мектептерінің, балалардың көркемсурет мектептерінің және балалардың өнер мектептерінің білім беру саласындағы уәкілетті орган бекітетін білім беру бағдарламаларын қоспағанда, мемлекеттік білім беру ұйымдары іске асыратын балаларға арналған қосымша білімнің білім беру бағдарламаларын оларға қатысты мемлекеттік басқару органының функцияларын атқаратын органдар бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 23-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId193" w:anchor="263" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId194" w:anchor="173" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>24-бап. Ересектерге білім беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 24-бап алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId195" w:anchor="268" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>25-бап. Эксперименттік білім беру бағдарламалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 25-баптың тақырыбына өзгеріс енгізілді - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId196" w:anchor="176" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Эксперименттік білім беру бағдарламалары оқытудың жаңа технологияларын сынақтан өткізуге, білім берудің жаңа мазмұнын енгізуге бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 25-бапқа өзгеріс енгізілді - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId197" w:anchor="176" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5-тарау. БІЛІМ БЕРУ ҚЫЗМЕТІН ҰЙЫМДАСТЫРУ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>26-бап. Білім алушылар мен тәрбиеленушілерді білім беру ұйымдарына қабылдауға қойылатын жалпы талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Әскери, арнаулы оқу орындарын қоспағанда, мектепке дейінгі және орта білім беру ұйымдарына, техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдау тәртібі тиісті үлгідегі оқу орындарына қабылдаудың үлгілік қағидаларымен белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1. Ерекше мәртебесі бар жоғары оқу орындарына қабылдау тәртібін олардың өздері дербес айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Бiлiм беру ұйымдарының қызмет көрсету аумағында тұратын барлық балаларды қабылдауды қамтамасыз ететiн мектепке дейiнгi және орта бiлiм беру ұйымдарына оқуға қабылдау тәртiбi тиісті үлгідегі оқу орындарына қабылдаудың үлгілік қағидалары негiзiнде жергiлiктi атқарушы органдар бекiтетін қабылдау қағидаларымен белгiленедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-1. Конкурстық негізде "Өркен" гранты берілген Қазақстан Республикасының азаматтарын оқуға қабылдауды "Назарбаев Зияткерлік мектептері" дербес білім беру ұйымы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3. Техникалық және кәсіптік, орта білімнен кейінгі, жоғары, жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдау конкурстық негізде азаматтардың өтініші бойынша жүзеге асырылады. Конкурстың шарттары білім алу құқықтарын сақтауға кепілдік беруге және неғұрлым қабілетті және тиісті деңгейдегі білім беру бағдарламаларын меңгеруге даярлығы бар азаматтарды қабылдауды қамтамасыз етуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3-1. Дербес білім беру ұйымдарына оқуға қабылдау ұлттық бірыңғай тестілеу рәсімін қолданбастан, аталған ұйымдар айқындайтын тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Қазақстан Республикасының заңнамасында белгіленген тәртіппен жыл сайын бекітілетін мамандықтар тізбесіне сәйкес оқытудың күндізгі нысаны бойынша жетекші шетелдік жоғары оқу орындарында жоғары оқу орнынан кейінгі білімді алу үшін Қазақстан Республикасы азаматының конкурстық негізде "Болашақ" халықаралық стипендиясын алу құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "Болашақ" халықаралық стипендиясы берілген Қазақстан Республикасының азаматтарымен "Болашақ" халықаралық стипендиясы бойынша оқуға арналған шарт жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Бiлiм беру гранттарын алуға, сондай-ақ техникалық және кәсiптiк, орта бiлiмнен кейiнгi және жоғары бiлiмдi кадрлар даярлауға мемлекеттiк білім беру тапсырысы бойынша бiлiм алушылардың құрамына қабылдауға арналған конкурсты өткiзу кезiнде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) "Алтын белгi" белгiсімен марапатталған адамдардың;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) алып тасталды - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId198" w:anchor="z183" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-1) техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарының білім туралы құжаттары бар, біліктілігін растаған және мамандығы бойынша кемінде бір жыл жұмыс өтілі бар адамдардың;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) тiзбесiн бiлiм беру саласындағы уәкiлеттi орган айқындайтын жалпы бiлiм беретiн пәндер бойынша халықаралық олимпиадалар мен ғылыми жобалар конкурстарының (ғылыми жарыстардың) (бiрiншi, екiншi және үшiншi дәрежелi дипломдармен марапатталған), орындаушылардың халықаралық және республикалық конкурстарының және спорттық жарыстардың (бiрiншi, екiншi және үшiншi дәрежелi дипломдармен марапатталған) соңғы үш жылдағы жеңiмпаздарының, сондай-ақ өздерi таңдаған мамандықтары олимпиаданың, конкурстың немесе спорттық жарыстың пәнiне сәйкес келген жағдайда, жалпы бiлiм беретiн пәндер бойынша ағымдағы оқу жылында президенттік, республикалық олимпиадалар мен ғылыми жобалар конкурстары (бiрiншi, екiншi және үшiншi дәрежелi дипломдармен марапатталған) жеңiмпаздарының басым құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру гаранттарын алуға конкурс өткізу кезінде, сондай-ақ техникалық және кәсіптік, орта білімнен кейінгі және жоғары білімі бар кадрларды даярлауға мемлекеттік білім беру тапсырысы бойынша білім алушылардың құрамына кіргізу кезінде көрсеткiштері бiрдей болған жағдайда, жетiм балалар мен ата-аналарының қамқорлығынсыз қалған балалардың, сондай-ақ кәмелетке толғанға дейін ата-аналарынсыз қалған немесе ата-аналарының қамқорлығынсыз қалған жастардың қатарындағы Қазақстан Республикасы азаматтарының, бірінші және екінші топтардағы мүгедектердің, жеңілдіктері мен кепілдіктері бойынша Ұлы Отан соғысына қатысушылар мен оның мүгедектеріне теңестірілген адамдардың, медициналық қорытындыға сәйкес тиісті білім беру ұйымдарында оқуға қарсы көрсетілімдері жоқ бала кезінен мүгедектердің, мүгедек балалардың және үздік білімі туралы құжаттары (куәліктері, аттестаттары, дипломдары) бар адамдардың артықшылық құқығы болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5-1. Білім беру грантын иеленуші оны жоғары оқу орнына қабылдағанға дейін одан бас тартқан жағдайда, білім беру грантын беру туралы куәліктің күші жойылады, ал білім беру гранты белгіленген тәртіппен беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Орта білімнен кейінгі білімнің білім беру бағдарламалары бойынша оқуға қабылдау білім беру саласындағы уәкілетті орган айқындаған шарттармен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Жоғары оқу орнынан кейінгі білім алу үшін жоғары оқу орындарына оқуға қабылдау білім беру саласындағы уәкілетті орган белгілеген тәртіппен конкурстық негізде азаматтардың өтініштері бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      8. Техникалық және кәсіптік, орта білімнен кейінгі және жоғары білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарына оқуға түсу кезінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) I, II топтағы мүгедектер, бала кезінен мүгедектер, мүгедек-балалар арасынан шыққан азаматтар үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) жеңілдіктер мен кепілдіктер бойынша Ұлы Отан соғысының қатысушылары мен мүгедектеріне теңестірілген адамдар үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) ауылдың әлеуметтік-экономикалық дамуын айқындайтын мамандықтар бойынша ауыл жастары арасынан шыққан азаматтар үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) Қазақстан Республикасының азаматтары болып табылмайтын ұлты қазақ адамдар үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) жетім балаларды және ата-аналарының қамқорлығынсыз қалған балаларды, сондай-ақ кәмелеттік жасқа толғанға дейін ата-анасын жоғалтқан немесе ата-анасының қамқорлығынсыз қалған жастар қатарындағы Қазақстан Республикасының азаматтарын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) Қазақстан Республикасының Үкіметі айқындаған өңірлерге қоныс аударған ауыл жастары арасынан шыққан Қазақстан Республикасының азаматтарын қабылдау үшін квота көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Педагогикалық мамандықтарға, арнаулы немесе шығармашылық дайындықты қажет ететін мамандықтарға оқуға қабылдау арнаулы немесе шығармашылық емтихандар нәтижелерін ескере отырып жүзеге асырылады. Мамандықтар тізбесі және арнаулы немесе шығармашылық емтихандарды өткізу тәртібі үлгілік қабылдау ережелерімен белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. Рухани (діни) білім беру ұйымдарына оқуға қабылдау орта білімі бар адамдар арасынан құрылтайшы белгілеген тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11. Мемлекеттік құпиялармен жұмыс істеу талап етілетін техникалық және кәсіптік, орта білімнен кейінгі және жоғары білім берудің жекелеген мамандықтары бойынша мемлекеттік білім беру тапсырыстарымен оқуға қабылдау Қазақстан Республикасының мемлекеттік құпиялар туралы заңнамасына сәйкес ұлттық қауіпсіздік органдарының рұқсаты бар білім беру ұйымдарында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12. Білім беру ұйымдарына оқуға қабылдау тәртібін осы Заңмен және қабылдаудың тиісті үлгілік ережелерімен реттелмеген бөлігінде білім беру ұйымдарының құрылтайшысы немесе құрылтайшылары (мемлекеттік басқару органы) белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Әскери, арнаулы оқу орындарын қоспағанда, техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдары оқуға түскен адамдармен шарт жасасады, оның үлгі нысанын білім беру саласындағы уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 26-бапқа өзгерістер енгізілді - ҚР 2011.01.19 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId199" w:anchor="46" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 395-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId200" w:anchor="269" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 21.07.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId201" w:anchor="89" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 337-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId202" w:anchor="177" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId203" w:anchor="390" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>2-б</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. қараңыз); 24.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId204" w:anchor="251" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 421-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.12.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId205" w:anchor="222" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 433-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2016 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId206" w:anchor="329" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қолданысқа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізіледі); 09.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId207" w:anchor="361" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>27-бап. Білім алу нысандары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жеке адамның қажеттіліктері мен мүмкіндіктері ескеріле отырып, білім беру бағдарламаларының мазмұнына, білім берудің әрбір деңгейін алуға қол жеткізу жағдайларының жасалуына қарай оқыту күндізгі, кешкі, сырттай оқу, экстернат және ерекше білім берілуіне қажеттілігі бар адамдар (балалар) үшін қашықтықтан оқыту нысанында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 27-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId208" w:anchor="280" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId209" w:anchor="193" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>28-бап. Оқу-тәрбие процесін ұйымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1. Білім беру ұйымдарындағы оқу-тәрбие процесі жұмыстық оқу жоспарлары мен жұмыстық оқу бағдарламаларына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім беру ұйымдары жүзеге асыратын оқу және тәрбие жұмысын жоспарлау мен есепке алу оқу-тәрбие процесін ұйымдастырудың негізі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Оқу және тәрбие жұмыстарын жоспарлау оқу жоспарлары мен бағдарламаларының толық көлемде уақтылы және сапалы орындалуын қамтамасыз етуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Орта білім беру ұйымдарында, техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында оқу-тәрбие жұмысын жоспарлау бекітілген оқу-тәрбие процесінің оқу жылына арналған графигі мен бекітілген теориялық және практикалық сабақтардың кестесі негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Орта білім беру ұйымдарында, техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында оқу-тәрбие жұмысын есепке алу теориялық және өндірістік оқытудың есепке алу журналдарын және оқу бағдарламаларының оқу сағаттарында орындалуын есепке алу табельдерін жүргізу арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жоғары оқу орындарында оқу-тәрбие жұмысын жоспарлау бекітілген оқу жылына арналған академиялық күнтізбе және бекітілген оқу сабақтарының кестесі негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Білім беру ұйымдарындағы тәрбие бағдарламалары білім беру процесінің құрамдас бөлігі болып табылады және білім алушылардың, тәрбиеленушілердің патриоттық, азаматтық, интернационалдық, жоғары моральдық және имандылық сезімін қалыптастыруға, сондай-ақ жан-жақты қызығушылықтары мен қабілеттерін дамытуға бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымдарында нәсілдік, этностық, діни, әлеуметтік ымырасыздық пен айырықшалықты насихаттауға, милитаристік және де халықаралық құқық пен ізгіліктің жалпыға танылған принциптеріне қайшы келетін өзге де идеяларды насихаттауға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Оқу-тәрбие процесі білім алушылардың, тәрбиеленушілердің, педагог жұмыскерлердің адамгершілік қадір-қасиетін өзара құрметтеу және мүгедектердің құқықтарына білім беру жүйесінің барлық деңгейлерінде құрметпен қарау негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім алушылар мен тәрбиеленушілерге қатысты күш көрсету, моральдық және психикалық қысым жасау әдістерін қолдануға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Азаматтарды күндізгі бөлімдерінде оқыту уақыты мерзімді әскери қызметті өткеруге теңестірілетін білім беру ұйымдарындағы білім беру қызметін ұйымдастыру тәртібін олардың мемлекеттік басқару органдары айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Әскерге шақырылуға дейінгі және шақырылу жасындағы білім алушылардың негізгі орта білім беру базасындағы алғашқы әскери даярлығы - жалпы орта білімнің жалпы орта білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі білім беретін кәсіптік оқу бағдарламаларын іске асыратын білім беру ұйымдарында (арнаулы білім беру ұйымдарынан басқа), ал жоғары білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында Қазақстан Республикасының заңнамасында белгіленген тәртіппен әскери кафедраларда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Білім беру ұйымдары білім алушылардың білім беру бағдарламаларын игеруін бақылау мақсатында білім алушылардың үлгерімін ағымдағы бақылауды жүзеге асырады және оларға аралық аттестаттау жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымдары білім алушылардың үлгеріміне ағымдағы бақылауды жүзеге асыру және оларға аралық аттестаттау жүргізу нысандарын, тәртібін және мерзімділігін таңдауда дербес болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын меңгеру білім алушыларды міндетті қорытынды аттестаттаумен аяқталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Орта білім беру ұйымдарында білім алушыларды қорытынды аттестаттау мемлекеттік оқу бітіру емтихандары нысанында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. Техникалық және кәсiптiк, орта бiлiмнен кейiнгi білімнің білім беру бағдарламаларын іске асыратын бiлiм беру ұйымдарында бiлiм алушыларды қорытынды аттестаттау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) бiлiм беру ұйымдарында бiлiм алушыларды қорытынды аттестаттауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) кәсiптiк даярлығының деңгейiн бағалауды және бiлiктiлiктi берудi қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жоғары оқу орнынан кейiнгi білімнің білім беру бағдарламаларын меңгерген бiлiм алушыларды қорытынды аттестаттау ерекшелiктерiн бiлiм беру саласындағы уәкiлеттi орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11. Білім беру ұйымдары кәмелетке толмаған білім алушылардың, тәрбиеленушілердің ата-аналарына және өзге де заңды өкілдеріне оқу-тәрбие процесінің барысымен және мазмұнымен, сондай-ақ білім алушылардың үлгерімімен танысу мүмкіндігін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 28-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId210" w:anchor="281" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId211" w:anchor="196" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.12.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId212" w:anchor="224" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 433-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2016 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId213" w:anchor="329" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қолданысқа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізіледі); 09.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId214" w:anchor="363" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2017 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId215" w:anchor="399" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қолданысқа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>29-бап. Оқу-әдістемелік және ғылыми-әдістемелік жұмысты ұйымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім мен ғылымды интеграциялау, оқу-тәрбие процесін қамтамасыз ету және жетілдіру, оқытудың жаңа технологияларын әзірлеу және енгізу, білім беру ұйымдарында және тиісті инфрақұрылымда педагог қызметкерлердің біліктілігін арттыруды қамтамасыз ету мақсатында оқу-әдістемелік және ғылыми-әдістемелік жұмыс жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Оқу-әдістемелік және ғылыми-әдістемелік жұмысқа басшылық жасау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      орта білім беру ұйымдарында – облыстық, республикалық маңызы бар қалалардың және астананың әдістемелік кабинеттеріне және аудандық (қалалық) білім бөлімдерінің әдістемелік кабинеттеріне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында – облыстық, республикалық маңызы бар қалалардың және астананың білім беруді басқару органдарының әдістемелік кабинеттеріне жүктеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Білім беру ұйымдарында және тиісті инфрақұрылымда, оның ішінде оқу-әдістемелік және ғылыми-әдістемелік қамтамасыз ету ұйымдарында ғылыми және оқу-әдістемелік қызметті үйлестіру білім беру саласындағы уәкілетті орган белгілеген тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 29-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId216" w:anchor="286" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId217" w:anchor="204" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>30-бап. Мектепке дейінгі тәрбие мен оқыту</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z434"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-тармақ жаңа редакцияда көзделген - ҚР 09.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId218" w:anchor="z365" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2019 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId219" w:anchor="z401" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қолданысқа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Алты (жеті) жасқа дейiнгi балаларды мектепке дейiнгi тәрбиелеу отбасында немесе бiр жастан бастап мектеп жасына жеткенге дейін мектепке дейiнгi ұйымдарда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мектепке дейiнгi оқыту балаларды мектепте оқытуға мектеп алды даярлық түрiнде бес жастан бастап жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мектеп алды даярлық мiндеттi және отбасында, мектепке дейiнгi ұйымдарда, жалпы бiлiм беретiн мектептердiң, лицейлердiң және гимназиялардың мектеп алды сыныптарында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттiк бiлiм беру ұйымдарындағы мектеп алды даярлық тегiн болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 30-бап жаңа редакцияда - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId220" w:anchor="290" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>31-бап. Бастауыш, негізгі орта және жалпы орта білім беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z437"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-тармақ жаңа редакцияда көзделген - ҚР 09.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId221" w:anchor="z367" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2019 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId222" w:anchor="z401" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қолданысқа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1. 1-сыныпқа оқуға балалар алты (жеті) жастан қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Орта бiлiм беру ұйымдарының негiзгi түрлерi жалпы білім беретін мектеп, шағын жинақталған мектеп, гимназия, лицей, бейiндiк мектеп болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Он алты жасқа дейінгі балаларды орта білім беретін мемлекеттік ұйымдардан шығаруға құқыққа қарсы әрекеттер жасағаны, білім беру ұйымдарының жарғысын өрескел және бірнеше рет бұзғаны үшін білім беру ұйымы мемлекеттік басқару органының шешімі бойынша ерекше жағдайларда рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жетім балаларды және ата-анасының қамқорлығынсыз қалған балаларды шығару туралы шешім қорғаншы және қамқоршы ұйымдардың келісімімен қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Пробация қызметінің есебінде тұрған кәмелетке толмағандарды орта білім беретін мемлекеттік ұйымдардан шығару туралы шешім пробация қызметінің келісімімен қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 31-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId223" w:anchor="294" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId224" w:anchor="205" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 18.04.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId225" w:anchor="186" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 58-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>32-бап. Техникалық және кәсіптік білім беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Техникалық және кәсіптік білім беру негізгі орта және (немесе) жалпы орта білім беру базасында училищелерде, колледждерде және жоғары колледждерде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарындағы оқу процесі теориялық сабақтарды және оқу-өндірістік шеберханаларында, оқу шаруашылықтары мен оқу полигондарында өндірістік оқыту шеберінің басшылығымен орындалатын, сондай-ақ тікелей өндірістегі және тиісті бейіндегі ұйымдардағы өндірістік оқытуды қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId226" w:anchor="z299" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдары оқу-өндірістік шеберханаларда, оқу шаруашылықтарында және оқу полигондарында шығарылатын өз өндірісі өнімдерін өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 32-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId227" w:anchor="297" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId228" w:anchor="206" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>32-1-бап. Кәсіптік даярлық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Кәсіптік даярлық белгілі бір жұмыс түрін орындау үшін қажетті жаңа немесе өзгерген кәсіптік дағдыларды білім алушылардың жедел меңгеруіне бағытталған. Кәсіптік даярлық білім алушының білім деңгейін арттырумен байланысты емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Қызметкерлердің немесе жұмыс берушімен еңбек қатынастарында тұрмайтын өзге де адамдардың кәсіптік даярлығын жұмыс беруші тікелей ұйымдарда, оқу орталықтарында, курстарда, сондай-ақ заңды тұлғалардың әр түрлі оқу-өндірістік құрылымдарында немесе техникалық және кәсіптік, орта білімнен кейінгі білім берудің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарында жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Кәсіптік даярлық оқыту шартына сәйкес жұмыс берушінің қаражаты немесе Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де қаражат есебінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Кәсіптік даярлықтың нысанын, мазмұны мен көлемін жұмыс беруші тиісті кәсіп бойынша қолданыстағы білім беретін оқу бағдарламаларының негізінде айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Кәсіптік даярлық нысандарына кәсіпорындарда оқыту, басқа мамандыққа қайта оқыту, корпоративтік жауапкершілік және оқушылық негізінде кооперативтік оқыту жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4. Кәсіптік даярлық деңгейін бағалау бойынша біліктілік емтиханынан табысты өткен адамдарға нақты мамандық бойынша тиісті біліктілік деңгейі беріледі және біліктілікті беру туралы белгіленген үлгідегі куәлік (сертификат) беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 5-тарау 32-1-баппен толықтырылды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId229" w:anchor="300" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>33-бап. Орта білімнен кейінгі білім беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Орта білімнен кейінгі білімнің білім беру бағдарламалары колледждерде және жоғары колледждерде іске асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Орта білімнен кейінгі білімнің білім беру бағдарламалары бойынша мамандарды даярлау, тізбесін білім беру саласындағы уәкілетті орган бекітетін мамандықтар бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 33-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId230" w:anchor="306" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId231" w:anchor="211" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>34-бап. Жоғары техникалық мектептер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 34-бап алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId232" w:anchor="307" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>35-бап. Жоғары білім беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Жоғары білімді жалпы орта немесе техникалық және кәсіптік немесе орта білімнен кейінгі білімі бар азаматтар алады. Азаматтың конкурстық негізде тегін жоғары білім алуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Жоғары білімнің білім беру бағдарламалары жоғары оқу орындарында iске асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ұлттық зерттеу университеті, ұлттық жоғары оқу орны, зерттеу университеті, университет, академия, институт және оларға теңестiрiлгендер (консерватория, жоғары мектеп, жоғары училище) жоғары оқу орындарының негiзгi түрлерi болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жоғары оқу орындарында тиісті лицензия және материалдық-техникалық база болған кезде техникалық және кәсіптік, орта білімнен кейінгі, жоғары, жоғары оқу орнынан кейінгі және қосымша білімнің білім беру бағдарламалары, сондай-ақ мәдениет саласындағы білім беру ұйымдарында бастауыш, негізгі орта, жалпы орта білімнің жалпы білім беретін оқу бағдарламалары іске асырылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мәдениет саласындағы жоғары оқу орындарын қоспағанда, жоғары оқу орындары техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламалары бойынша оқу процесін жоғары оқу орындарының ақылы қызметтер көрсетуден алатын кірістері есебінен қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Жоғары білімнің білім беру бағдарламаларын меңгеру бойынша қорытынды аттестаттаудан табысты өткен білім алушыға біліктілік және (немесе) "бакалавр" академиялық дәрежесі беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Білім беру бағдарламаларын іске асыру және ғылыми-қолданбалы зерттеулерді жүргізу үшін жоғары оқу орындары инновациялық-білім беру консорциумын құруға және (немесе) оған кіруге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 35-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId233" w:anchor="308" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2011.07.15 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId234" w:anchor="944" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (2012.01.30 бастап қолданысқа енгізіледі); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId235" w:anchor="214" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>36-бап. Жоғары оқу орнынан кейінгі білім беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Жоғары оқу орнынан кейінгі білімді жоғары білімі бар азаматтар алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Жоғары оқу орнынан кейінгі білім беру жоғары оқу орындарының магистратурасы мен докторантурасында, жоғары оқу орындарының және ғылыми ұйымдардың резидентурасында, сондай-ақ "Болашақ" халықаралық стипендиясының стипендиаттарын Қазақстан Республикасының заңнамасында белгiленген тәртiппен жыл сайын бекiтiлетiн мамандықтар тiзбесiне сәйкес күндiзгi оқыту нысаны </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>бойынша жетекші шет елдердiң жоғары оқу орындарына оқуға жiберу арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Кадрларды магистратурада даярлау жоғары білімнің білім беру бағдарламалары базасында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) кемінде екі жылдық оқыту мерзімімен ғылыми-педагогтік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) кемінде бір жылдық оқыту мерзімімен бейіндік болып екі бағытта жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Кадрларды докторантурада даярлау магистратураның білім беру бағдарламалары базасында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) кемінде үш жылдық оқыту мерзімімен ғылыми-педагогтік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) кемінде үш жылдық оқыту мерзімімен бейіндік болып екі бағытта жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-1. Әскери мамандықтар бойынша магистр дәрежесін алған немесе жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын меңгерген адамдар философия докторы (PhD), бейіні бойынша доктор дәрежесін алу үшін әскери, арнаулы оқу орындарының докторантурасында кемінде үш жыл даярлықтан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Жоғары оқу орнынан кейінгі медициналық және фармацевтік білім беру резидентураны, магистратура мен докторантураны қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Резидентурада мамандануына қарай оқыту ұзақтығы екі жылдан төрт жылға дейін клиникалық мамандықтар бойынша тереңдетіле даярлау жүзеге асырылады. Резидентура туралы ережені денсаулық сақтау саласындағы уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 36-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId236" w:anchor="310" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2012.02.13 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId237" w:anchor="655" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 553-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId238" w:anchor="218" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>37-бап. Қосымша білім беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Балаларға қосымша білім беру олардың түрлерін білім беру саласындағы уәкілетті орган айқындайтын білім беру ұйымдарында және мектептен тыс ұйымдарда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қосымша білімнің білім беру бағдарламалары бойынша білім беру қызметтерін білім алушыларға бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдары көрсетеді және шарттық негізде ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Ересектерге (он сегiз жасқа толған адамдарға) бiлiм беру қоғамда болып жатқан әлеуметтiк-экономикалық өзгерiстерге сәйкес бiлiм мен дағдылардың қосымша көлемiн алу үшiн олардың өмiр бойы бiлiм алу қажеттiлiктерiн қанағаттандыруға бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ересектерге бiлiм берудi бiлiм беру ұйымдары, сондай-ақ қосымша бiлiм беру бағдарламаларын iске асыратын құрылымдық бөлiмшелерi бар заңды тұлғалар жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-1. Жоғары оқу орындарының дайындық бөлімдерінде оқыту қосымша білім беруге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Кадрлардың біліктілігін арттыру және оларды қайта даярлау қосымша білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында, ғылыми ұйымдарда, біліктілікті арттыру институттарында, өндірісте және "Болашақ" халықаралық стипендиясы бойынша тағылымдамадан өту кезінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Бiлiм беру ұйымдары басшы кадрларының, педагог және ғылыми қызметкерлерiнiң бiлiктiлiгiн арттыру бес жылда кемiнде бiр рет жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Медициналық және фармацевтік кадрлардың біліктілігін арттыру және оларды қайта даярлау денсаулық сақтау саласындағы уәкілетті орган бекітетін үлгілік бағдарламаларға сәйкес медициналық білім және ғылым ұйымдарында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Қазақстан Республикасының азаматтары тағылымдамадан өту үшін "Болашақ" халықаралық стипендиясын алуға арналған конкурсқа қатысуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Тағылымдамадан өту үшін "Болашақ" халықаралық стипендиясын алуға баллдары теңдей болған кезде Президенттік олимпиада жеңімпазы ғылыми жетекшісінің басым құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      "Болашақ" халықаралық стипендиясы берілген Қазақстан Республикасының азаматтарымен "Болашақ" халықаралық стипендиясы бойынша тағылымдамадан өту туралы шарт жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. "Болашақ" халықаралық стипендиясын әкімшілендіру жөніндегі іс-шаралар кешенін жүзеге асыратын, Қазақстан Республикасының Үкіметі құрған ұйым:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) "Болашақ" халықаралық стипендиясы бойынша іс-шараларды ақпараттық қолдап отыруды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) "Болашақ" халықаралық стипендиясын тағайындауға үміткерлердің құжаттарын қабылдауды ұйымдастыруды және жүргізуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) үміткерлерді конкурстық негізде іріктеуді ұйымдастыру жөніндегі іс-шаралар кешенін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) оқыту, кепіл және (немесе) кепілдік шарттарын жасасады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) стипендиаттардың академиялық оқытылуы мен тағылымдамадан өтуін ұйымдастыруды және оның мониторингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) оқытуды және тағылымдамадан өтуді ұйымдастыруға байланысты шығыстарды қаржыландыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) шарттың Қазақстан Республикасының аумағында жұмыспен өтеу бөлігіндегі талаптарын стипендиаттардың орындауына мониторингті жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) халықаралық әріптестермен, шетелдік оқу орындарымен стипендиаттардың оқуын ұйымдастыруға арналған шарттар жасасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 37-бап жаңа редакцияда - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId239" w:anchor="312" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); өзгеріс енгізілді - 21.07.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId240" w:anchor="91" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 337-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId241" w:anchor="222" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>37-1-бап. Жеке педагогтік қызмет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Табыс алумен байланысты жеке педагогтік қызмет кәсіпкерлік қызмет болып табылады. Жеке педагогтік қызметпен айналысатын тұлғаны мемлекеттік тіркеу Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Жеке педагогтік қызмет лицензияланбайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 5-тарау 37-1-баппен толықтырылды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId242" w:anchor="320" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>38-бап. Білім алушылардың кәсіптік практикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім алушылардың кәсіптік практикасы мамандар даярлайтын білім беру бағдарламаларының құрамдас бөлігі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Кәсіптік практика тиісті ұйымдарда жүргізіледі және оқыту процесінде алған білімдерді бекітуге, практикалық дағдыларды игеруге және озық тәжірибені меңгеруге бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Кәсіптік практиканың түрлері, мерзімдері мен мазмұны жұмыстық оқу бағдарламаларымен және жұмыстық оқу жоспарларымен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Кәсіптік практиканы өткізу үшін білім беру ұйымдары шарттық негізде практиканың базасы ретінде ұйымдары айқындайды, олармен практиканы өткізудің келісілген бағдарламалары мен күнтізбелік кестелерін бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Шарттарда білім беру ұйымының, практиканың базасы болып табылатын ұйымдардың және білім алушылардың міндеттері мен жауаптылықтары айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Кәсіптік практикаға кететін шығындар білім беру ұйымдарында және практиканың базасы болып табылатын ұйымдарда көзделеді және жасасылған шарттармен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Практиканың базалары болып табылатын ұйымдармен шарттар білім алушылардың кәсіптік практикасын өткізуге арналған шарттардың үлгілік нысаны негізінде жасасылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Жоғары білімнің білім беру бағдарламалары бойынша оқудың екінші курсынан бастап кәсіптік практикадан өту міндетті. Кәсіптік практиканың мазмұны мен базасы мамандықтың бейіні мен білім беру бағдарламасының мазмұнына сәйкес айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Осы баптың талаптары әскери, арнаулы оқу орындарында білім алушылардың кәсіптік практикасына қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Ескерту. 38-бапқа өзгеріс енгізілді - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId243" w:anchor="228" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>39-бап. Білім туралы құжаттар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Қазақстан Республикасында білімі туралы құжаттардың мына түрлері қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) тармақша жаңа редакцияда көзделген - ҚР 09.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId244" w:anchor="z370" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2021 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId245" w:anchor="z402" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қолданысқа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) білім туралы мемлекеттік үлгідегі құжаттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) дербес білім беру ұйымдарының білім туралы құжаттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) білім туралы өзіндік үлгідегі құжаттар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Дербес білім беру ұйымдарының, сондай-ақ Қазақстан Республикасының Президенті жанындағы білім беру ұйымдарының білім туралы құжаттары білім туралы мемлекеттік үлгідегі құжаттарға теңестіріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім туралы құжаттардың барлық түрлерінің қорғаныш белгілері болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім туралы мемлекеттік үлгідегі құжаттың не дербес білім беру ұйымының білім туралы құжатының не білім туралы өзіндік үлгідегі құжаттың болуы келесі деңгейдегі білім беру ұйымдарында білім алуды жалғастыру үшін қажетті талап болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3-тармақ жаңа редакцияда көзделген - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId246" w:anchor="z231" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2020 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3-тармақ жаңа редакцияда көзделген - ҚР 09.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId247" w:anchor="z372" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2021 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId248" w:anchor="z402" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қолданысқа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3-тармақтың осы редакциясы 01.01.2017 бастап 01.01.2020 дейін қолданыста болады - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId249" w:anchor="z401" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Қорытынды аттестаттаудан өткен білім алушыларға мемлекеттік үлгідегі білім туралы құжатты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) негізгі орта, жалпы орта білімнің жалпы білім беретін оқу бағдарламалары, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламалары, сондай-ақ әскери, арнаулы оқу орындарында жоғары және жоғары оқу орнынан кейінгі білім беру бағдарламалары бойынша білім беру қызметімен айналысуға лицензиясы бар және мемлекеттік аттестаттаудан өткен білім беру ұйымдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1) Қазақстан Республикасы ратификациялаған халықаралық шарттарда өзгеше көзделмесе, негізгі орта, жалпы орта білімнің жалпы білім беретін оқу бағдарламалары бойынша білім беру қызметімен айналысуға лицензиясы бар, Қазақстан Республикасының заңнамасында белгіленген тәртіппен мемлекеттік аттестаттаудан немесе аккредиттеуден өткен халықаралық мектептер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) әскери және арнаулы жоғары оқу орындарын қоспағанда, жоғары және жоғары оқу орнынан кейінгі білімнің білім беру бағдарламалары бойынша білім беру қызметімен айналысуға лицензиясы бар және білім беру сапасын қамтамасыз ету жөніндегі халықаралық еуропалық желілердің толық құқылы мүшелері болып табылатын шетелдік немесе ұлттық аккредиттеу органдарында халықаралық аккредиттеуден өткен және білім саласындағы уәкілетті органның тізіліміне енгізілген білім беру ұйымдары береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік үлгідегі білім туралы құжаттарды толтыруға қойылатын талаптарды білім саласындағы уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      39-бапты 3-1-тармақпен толықтыру көзделген - ҚР 09.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId250" w:anchor="z376" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2021 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId251" w:anchor="z402" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қолданысқа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Дербес білім беру ұйымдарының білім туралы құжаттарын дербес білім беру ұйымдары береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Дербес білім беру ұйымының білім туралы құжаттарының нысаны мен оларды толтыруға қойылатын талаптарды дербес білім беру ұйымы айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5-тармақ жаңа редакцияда көзделген - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId252" w:anchor="z231" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (01.01.2020 бастап </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5-тармақ жаңа редакцияда көзделген - ҚР 09.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId253" w:anchor="z378" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2021 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId254" w:anchor="z402" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қолданысқа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5-тармақтың бұл редакциясы 01.01.2020 дейін қолданыста болады - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId255" w:anchor="z402" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Білім туралы өзіндік үлгідегі құжатты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) ерекше мәртебесі бар білім беру ұйымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) жоғары және жоғары оқу орнынан кейінгі білімнің білім беру бағдарламалары бойынша білім беру қызметімен айналысуға лицензиясы бар білім беру ұйымы беруге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім туралы өзіндік үлгідегі құжаттардың нысаны мен оларды толтыруға қойылатын талаптарды білім беру ұйымы айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Білім алуды аяқтамаған не қорытынды аттестаттаудан өтпеген білім алушыларға белгіленген үлгідегі анықтама беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Шетелдік білім беру ұйымдары берген білім туралы құжаттар Қазақстан Республикасының аумағында халықаралық шарттар (келісімдер) негізінде танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Халықаралық шарттар (келісімдер) болмаған кезде Қазақстан Республикасы азаматтарының шетелдік білім беру ұйымдарында алған білімі туралы құжаттарын нострификациялау және оларға тиісті куәліктер беру білім беру саласындағы уәкілетті орган айқындаған тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. "Болашақ" халықаралық стипендиясын иеленуші Қазақстан Республикасының азаматтарына шетелдік жоғары оқу орындары, ғылыми орталықтары мен зертханалары берген білім туралы құжаттар тану немесе нострификациялау рәсімдерінен өтпей-ақ Қазақстан Республикасында танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 39-бап жаңа редакцияда - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId256" w:anchor="231" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6-тарау. БІЛІМ БЕРУ ҚЫЗМЕТІНІҢ СУБЪЕКТІЛЕРІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>40-бап. Білім беру ұйымдары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Меншік нысанына және ұйымдық құқықтық нысанына қарамастан, бір немесе бірнеше білім беру бағдарламаларын іске асыратын және (немесе) білім алушыларды, тәрбиеленушілерді бағып-күтуді және тәрбиелеуді қамтамасыз ететін заңды тұлғалар, сондай-ақ заңды тұлғалардың халықаралық мектептер мәртебесі бар филиалдары, заңды тұлға құрмай, мектепке дейінгі тәрбие мен оқытудың жалпы білім беретін оқу бағдарламаларын іске асыратын дара кәсіпкерлер білім беру ұйымдары болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім беру ұйымдарында бiлiм беру қызметiмен айналысу құқығы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) лицензиялауды талап ететін білім беру қызметінің кіші түрлері үшін – егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, лицензия алған сәттен бастап және Қазақстан Республикасының заңдарында белгіленген тәртіппен лицензиядан айыру немесе оны жарамсыз деп тану туралы соттың шешімі заңды күшіне енген сәттен бастап;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) лицензиялауды талап етпейтін білім беру қызметінің кіші түрлері үшін – заңды тұлғаларды мемлекеттік тіркеген сәттен бастап туындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) білім беру қызметінің хабарлама жасау тәртібі көзделген кіші түрлері үшін – хабарлама берілген кезден бастап туындайды және Қазақстан Республикасының заңдарында белгіленген тәртіппен хабарламалар тізілімінен білім беру ұйымы алып тасталған кезден бастап тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-1. Заңды тұлға ретінде мемлекеттік тіркеуден өткен кезден бастап алты ай ішінде бiлiм беру қызметiмен айналысуға лицензия алмаған жағдайда білім беру ұйымы сот тәртібімен таратылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы мерзімнің өтуін білім беру саласындағы уәкілетті орган білім беру ұйымының білім беру қызметімен айналысу құқығына лицензия алу туралы материалдарын қарау мерзіміне тоқтата тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, бiлiм беру ұйымының мәртебесін (үлгісін, түрін) оның құрылтайшылары айқындайды және осы Заңның талаптары, білім беру қызметін лицензиялау кезіндегі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>біліктілік талаптары, тиісті үлгідегі білім беру ұйымдары қызметінің үлгілік ережелері ескеріле отырып, оның жарғыларында көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Іске асырылатын білім беру бағдарламаларына қарай білім беру ұйымдарының мынадай үлгілері болуы мүмкін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) мектепке дейінгі ұйымдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) орта (бастауыш, негiзгi орта, жалпы орта) бiлiм беру ұйымдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) техникалық және кәсіптік білім беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) орта білімнен кейінгі білім беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) жоғары білім беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) жоғары және жоғары оқу орнынан кейінгі білім беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) мамандандырылған білім беру ұйымдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) арнайы білім беру ұйымдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) балаларға арналған қосымша білім беру ұйымдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) ересектерге арналған қосымша білім беру ұйымдары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымдары түрлерінің номенклатурасын білім беру саласындағы уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Медициналық білім беру ұйымдары қаржыландырылуы Қазақстан Республикасының заңнамасында тыйым салынбаған көздерден жүзеге асырылатын клиникалық базасы бар болған кезде ғана жұмыс істеуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Клиникалық базалар туралы ережені денсаулық сақтау саласындағы уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 40-бапқа өзгерістер енгізілді - ҚР 2011.01.19 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId257" w:anchor="48" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 395-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId258" w:anchor="329" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2011.07.15 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId259" w:anchor="945" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (2012.01.30 бастап қолданысқа енгізіледі); 16.05.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId260" w:anchor="808" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 203-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 21.07.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId261" w:anchor="94" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 337-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId262" w:anchor="232" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>40-1-бап. Жоғары оқу орнының ерекше мәртебесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ерекше мәртебесі бар жоғары оқу орны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) бакалавриат, магистратура және докторантура бағдарламаларын әзірлеуге және іске асыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) мемлекеттік жалпыға міндетті білім беру стандартына сәйкес ағымдағы, аралық және қорытынды аттестаттау қағидаларын айқындауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) профессор-оқытушылар құрамына білім алушылардың арақатынасын осы Заңның 52-бабының 8-тармағында белгіленген нормалар шегінде белгілеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) педагог жұмыскерлер мен оларға теңестірілген адамдар лауазымдарының біліктілік сипаттамаларын белгілеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) білім беру қызметтерін көрсету шартының нысанын бекітуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) өз бетінше әзірлеген оқу жүктемесінің нормалары, еңбекке ақы төлеу нысандары мен мөлшерлерінің негізінде білім беру қызметін жүзеге асыруға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 6-тарау 40-1-баппен толықтырылды - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId263" w:anchor="241" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>41-бап. Білім беру ұйымының жарғысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім беру ұйымының жарғысы Қазақстан Республикасының азаматтық заңнамасында көзделген талаптардан басқа, мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) іске асырылатын білім беру бағдарламаларының тізбесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) білім беру ұйымдарына қабылдау тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) білім беру процесін ұйымдастыру тәртібін (оның ішінде оқыту және тәрбиелеу тілін (тілдерін), білім алушылардың, тәрбиеленушілердің сабақ режимін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) білімдерді ағымдағы бақылау, білім алушыларды аралық және қорытынды аттестаттау жүйесін, оларды өткізудің нысандарын және тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-1) білім алушыларды, тәрбиеленушілерді оқудан шығару негіздерін және тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) ақылы қызмет көрсетудің тізбесін және тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      6) білім беру ұйымының білім алушылармен, тәрбиеленушілермен және (немесе) олардың ата-аналарымен және өзге де заңды өкілдерімен қатынастарын ресімдеу тәртібін қамтуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім беру ұйымының жарғысында оның қызметіне қатысты және Қазақстан Республикасының заңнамасына қайшы келмейтін өзге де ережелер қамтылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Білім беру ұйымының жарғысы Қазақстан Республикасының заңнамасында белгіленген тәртіппен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 41-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId264" w:anchor="344" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId265" w:anchor="242" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>42-бап. Білім беру ұйымдарын құру, қайта ұйымдастыру және тарату</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім беру ұйымдарын құру, қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім беру ұйымы білім беру қызметімен айналысуға лицензиясынан айырылған немесе таратылған жағдайда оның құрылтайшысы (құрылтайшылары) білім алушыларды оқуын жалғастыру үшін басқа білім беру ұйымдарына ауыстыруға шаралар қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 42-бапқа өзгеріс енгізілді - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId266" w:anchor="243" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>43-бап. Білім беру ұйымдарының құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім беру ұйымдары Қазақстан Республикасының заңнамасында, тиісті үлгідегі білім беру ұйымдарының қызметі туралы үлгілік ережелер мен білім беру ұйымдарының жарғыларында белгіленген шектерде оқу-тәрбие процесін жүзеге асыруда, кадрларды іріктеу мен орналастыруда ғылыми, қаржы-шаруашылық және өзге де қызметте дербес болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім беру ұйымдары өз қызметін жария түрде жүзеге асырады, жұртшылықты оқу, ғылыми-зерттеу және қаржы қызметі туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Білім беру ұйымдарының құзыретіне мынадай функциялар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) ішкі тәртіп ережелерін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) жұмыс оқу жоспарлары мен жұмыс оқу бағдарламаларын әзiрлеу және бекiту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-1) қысқартылған оқыту мерзімімен білім беру бағдарламаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-2) ата-аналарды және өзге де заңды өкілдерді, білім алушылар мен тәрбиеленушілерді жыл сайын ағымдағы оқу жылының соңына дейін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      алдағы оқу жылында пайдалануға ұсынылатын оқулықтар мен оқу-әдістемелік кешендерінің, құралдары мен қосымша әдебиеттердің, оның ішінде электрондық жеткізгіштегілерінің тізбесі туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      алдағы оқу жылында пайдаланылатын оқу материалдарының тізбесі туралы хабардар ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) егер осы Заңда және қабылдаудың Үлгілік ережесінде өзгеше көзделмесе бiлiм беру қызметiмен айналысуға берілген лицензияға сәйкес білім алушылардың, тәрбиеленушілердің контингентін қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) оқытудың жаңа технологияларын, оның ішінде оқытудың кредиттік технологиясын және қашықтықтан білім беру технологияларын енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) ұлттық бірыңғай тестілеу мен жұмысшы кадрлардың және орта буын мамандарының мамандықтары бойынша біліктілікті беруді қоспағанда, білім алушылардың үлгерімін ағымдық бақылауды, аралық және қорытынды аттестатталуын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) өз қаржы қаражаттары шектерінде мемлекеттік білім беру ұйымдарындағы қызметкерлерге Қазақстан Республикасының заңнамасында белгіленген тәртіппен лауазымдық айлықақылар (ставкалар), қосымша ақылар, үстеме ақылар және өзге де ынталандыратын төлемдер белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) Қазақстан Республикасының заңнамасында белгіленген тәртіппен кадрлардың біліктілігін арттыруды және оларды қайта даярлауды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      8) білім беру ұйымдарын материалдық-техникалық қамтамасыз ету, жарақтандыру мен жабдықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ақылы негізде тауарларды (жұмыстарды, қызметтер көрсетуді) ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) жарғылық қызметті жүзеге асыру үшін Қазақстан Республикасының заңнамасында белгіленген тәртіппен қосымша қаржылық және материалдық қаражат көздерін тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) денсаулық сақтау саласындағы уәкілетті органмен және халықтың санитариялық-эпидемиологиялық салауаттылығы саласындағы мемлекеттік органмен келісу бойынша білім беру саласындағы уәкілетті орган айқындайтын тәртіппен білім алушыларды тамақпен қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11-1) интернаттық ұйымдарға жатпайтын орта білім беру ұйымдарын қоспағанда, білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне медициналық қызмет көрсетуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11-2) білім алушылар мен тәрбиеленушілердің денсаулығын сақтау мен нығайтуды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) білім алушылардың, тәрбиеленушілердің жекелеген санаттарына Қазақстан Республикасының заңнамасында көзделген қосымша жеңілдіктер материалдық қамсыздандыру түрлерінің уақтылы берілуін қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) білім алушылар мен тәрбиеленушілерді асырау және олардың тіршілік ету жағдайларының белгіленген нормалардан төмен болмауын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) қоғамдық өзін-өзі басқару органдарының, қоғамдық бірлестіктердің қызметіне жәрдемдесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) Қазақстан Республикасының заңнамасында белгіленген тәртіппен қаржылық есептілікті табыс ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId267" w:anchor="z352" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) жоғары оқу орындарында білім алушыларға "бакалавр" және "магистр" дәрежелерін беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18) кадрларды кәсіптік даярлаудың қазіргі заманғы нысандарын енгізу жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Алып тасталды - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId268" w:anchor="z252" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Алып тасталды - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId269" w:anchor="z252" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Қазақстан Республикасы Үкіметінің шешімімен құрылған оқыту-сауықтыру білім беру ұйымдары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) жалпы білім беретін оқу және білім беру бағдарламаларын іске асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) балалардың, оның ішінде өздеріне Қазақстан Республикасының заңнамасына сәйкес атаулы әлеуметтік көмек көрсетілетін балалардың сауықтырылуын, демалысын ұйымдастыру жөніндегі шаралар кешенін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) балалардың сауықтырылуы, демалысы уақытында жалпы білім беретін оқу бағдарламаларын меңгеруіне жағдайлар жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) білім алушыларға медициналық қызмет көрсетілуін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) зияткерлік және имандылық дамуды қамтамасыз ететін инновациялық педагогикалық әдістер мен технологияларды әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) оқулықтарды, оқу-әдістемелік кешендерді, ғылыми-әдістемелік құралдар мен ұсынымдарды, оның ішінде олардың электрондық түрдегілерін, сондай-ақ имандылық-рухани даму саласындағы мерзімді және сериялы басылымдарды әзірлейді және басып шығарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) имандылық-рухани даму саласында педагог жұмыскерлерді қайта даярлауды және олардың біліктілігін арттыруды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) имандылық-рухани даму мәселелері бойынша ғылыми зерттеулер жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 43-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId270" w:anchor="346" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2012.02.13 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId271" w:anchor="657" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 553-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 21.05.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId272" w:anchor="4" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 93-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId273" w:anchor="244" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>соң қолданысқа енгізіледі); 22.12.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId274" w:anchor="21" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 29-VІ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2017 бастап қолданысқа енгізіледі); 30.06.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId275" w:anchor="201" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 80-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>44-бап. Білім беру ұйымдарын басқару</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім беру ұйымдарын басқару Қазақстан Республикасының заңнамасына, тиісті үлгідегі білім беру ұйымы қызметінің үлгілік ережелері мен білім беру ұйымының жарғысына сәйкес жеке-дара басқару және алқалылық принциптерімен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім беру ұйымын тікелей басқаруды оның басшысы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Лауазымға тағайындау және лауазымнан босату тәртібін Қазақстан Республикасының Президенті айқындайтын жекелеген мемлекеттік жоғары оқу орындарының бірінші басшыларын қоспағанда, білім беру ұйымының басшысы Қазақстан Республикасының заңнамасында белгіленген тәртіппен лауазымға тағайындалады және лауазымнан босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Бірінші басшыларын Қазақстан Республикасының Президенті лауазымға тағайындайтын және лауазымнан босататын мемлекеттік жоғары оқу орындарының тізбесін Қазақстан Республикасының Президенті бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мектепке дейінгі, орта білімнің жалпы білім беретін оқу бағдарламаларын және қосымша білімнің білім беру бағдарламаларын іске асыратын, мемлекеттік мекеме ұйымдық-құқықтық нысанындағы мемлекеттік білім беру ұйымының басшысы лауазымға конкурстық негізде тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId276" w:anchor="z359" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Мемлекеттік білім беру ұйымының басшысы үш жылда бір рет Қазақстан Республикасының заңнамасында белгіленген тәртіппен аттестаттаудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының Президенті лауазымға тағайындайтын және лауазымнан босататын жекелеген мемлекеттік жоғары оқу орындарының бірінші басшыларының аттестаттаудан өту тәртібін Қазақстан Республикасының Президенті айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Мемлекеттік білім беру ұйымының (медициналық және фармацевтік білім беру ұйымдарынан басқа) басшысы мемлекеттік басқару органымен келісім бойынша бас бухгалтерді лауазымға тағайындайды және лауазымнан босатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Мемлекеттік білім беру ұйымдарының басшыларына өздерінің лауазымдарын білім беру ұйымдары ішіндегі немесе одан тыс жерлердегі басқа да басшылық (ғылыми және ғылыми-әдістемелік басшылықтан басқа) лауазымдармен қоса атқаруға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Мемлекеттік білім беру ұйымдары басшыларының лауазымдық міндеттерін қоса атқаруға болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Білім беру ұйымдарында алқалы басқару органдары құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымын алқалы басқарудың нысандары, оларды сайлау тәртібімен қоса, жұмысты ұйымдастырудың үлгілік ережелерін білім беру саласындағы уәкілетті орган бекітетін білім беру ұйымының кеңесі (ғылыми кеңес), қамқоршылық кеңес, педагогтік, әдістемелік (оқу-әдістемелік, ғылыми әдістемелік), кеңестер және басқа да нысандар бола алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9-1. Мемлекеттік техникалық және кәсіптік білім беру ұйымының алқалы басқару органының құрамына Қазақстан Республикасының Ұлттық кәсіпкерлер палатасының өкілі келісу бойынша кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. Осы бап қадағалау кеңесі бар шаруашылық жүргізу құқығындағы мемлекеттік кәсіпорынның ұйымдық-құқықтық нысанында құрылған білім беру ұйымдарына "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңында белгіленген ережелерге қайшы келмейтін бөлігінде қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 44-бапқа өзгерістер енгізілді - ҚР 2011.03.01 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId277" w:anchor="271" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 414-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі), 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId278" w:anchor="358" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 04.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId279" w:anchor="174" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 130-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.07.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId280" w:anchor="96" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 337-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId281" w:anchor="254" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>45-бап. Еңбек қатынастары және білім беру ұйымы басшысының жауапкершілігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Қызметкер мен білім беру ұйымының еңбек қатынастары Қазақстан Республикасының еңбек заңнамасымен реттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жоғары оқу орындарындағы ғылыми-педагогтік қызметкерлердің (профессорлық-оқытушылық құрамның, ғылыми қызметкерлердің) лауазымдарға орналасуы конкурстық негізде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Әскери, арнаулы оқу орындарының басшылары мен профессор-оқытушылар құрамын лауазымға тағайындау тәртібін және олардың еңбек жағдайларын тиісінше Қазақстан Республикасының ұлттық қауіпсіздік органдары, Қазақстан Республикасының Ішкі істер министрлігі, Қазақстан Республикасының прокуратура органдары, Қазақстан Республикасының Қорғаныс министрлігі айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Білім беру ұйымының басшысы Қазақстан Республикасының заңдарында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) білім беру ұйымы білім алушыларының, тәрбиеленушілерінің, қызметкерлерінің құқықтары мен бостандықтарын бұзғаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) өзінің құзыретіне жатқызылған функцияларды орындамағаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) мемлекеттік жалпыға міндетті білім беру стандартының талаптарын бұзғаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) білім беру ұйымы білім алушыларының және тәрбиеленушілерінің, қызметкерлерінің оқу-тәрбие процесі кезіндегі өмірі мен денсаулығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) қаржы-шаруашылық қызметтің жай-күйі, оның ішінде материалдық және ақша қаражаттарын нысаналы пайдаланбағаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) нормативтік құқықтық актілерде және еңбек шартының талаптарында көзделген талаптарды өзге де бұзғаны үшін жауаптылықта болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 45-бапқа өзгеріс енгізілді - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId282" w:anchor="255" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>45-1-бап. Кәсіптік білім беру саласындағы әлеуметтік әріптестік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Кәсіптік білім беру саласындағы әлеуметтік әріптестік білім беру жүйесінің қызметі нәтижелерін арттыруға, экономика салалары мен жұмыс берушілердің қажеттіліктерін ескере отырып кадрлар даярлығының деңгейіне қол жеткізуге, оқытудың өндіріспен байланысын, оның ішінде дуальды оқытуды енгізу арқылы нығайтуға, мемлекеттік-жекешелік әріптестік негізінде жұмыс берушілердің қаражатын қоса алғанда, қосымша қаржыландыру көздерін тартуға бағдарланған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Кәсіптік білім беру саласындағы әріптестердің өзара іс-қимылдарының негізгі бағыттары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) жұмыс берушілердің мемлекеттік жалпыға міндетті білім беру стандарттарын, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId283" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>үлгілік оқу жоспарлары</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мен бағдарламаларын әзірлеуге қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) кәсіпорындардың технологиялық базасын пайдалана отырып, білім алушылардың кәсіптік практикасын, арнайы пәндер бойынша оқытушылардың және мамандардың тағылымдамаларын ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-1) техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында білім алушылардың практикадан өту үшін ұйымдардың жұмыс орындарын ұсынуына жәрдемдесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) мамандар даярлау және оларды жұмысқа орналастыруға жәрдемдесу мәселелері бойынша тараптардың өзара іс-қимылдарын дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) экономиканың тиісті салаларында кәсіптік қызмет тәжірибесі бар мамандарды оқыту процесіне тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) кәсіптік білім беру сапасын бақылауды ұйымдастыруға және түлектердің кәсіптік даярлығын бағалауға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) жұмыс берушілердің қаржылай қаражатын білім беру ұйымдарын дамытуға тарту болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Әлеуметтік әріптестік:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) республикалық деңгейде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) өңірлік (облыстық, қалалық, аудандық) деңгейде комиссиялар құру арқылы тараптардың өзара іс-қимылы жолымен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4. Кәсіптік және техникалық білім беру саласындағы әлеуметтік әріптестік жөніндегі комиссиялардың үлгі ережесі мен қызметінің тәртібін білім беру саласындағы уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 6-тарау 45-1-баппен толықтырылды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId284" w:anchor="362" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен; өзгерістер енгізілді - ҚР 04.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId285" w:anchor="176" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 130-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId286" w:anchor="256" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>46-бап. Білім беру жүйесіндегі бірлестіктер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру жүйесіндегі білім беру қызметі субъектілерінің мүдделерін олардың Қазақстан Республикасының заңнамасына сәйкес құрылған және әрекет ететін бірлестіктері білдіре алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>47-бап. Білім алушылар мен тәрбиеленушілердің құқықтары, міндеттері мен жауапкершілігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Қазақстан Республикасы азаматтарының, Қазақстан Республикасында тұрақты тұратын шетелдіктер мен азаматтығы жоқ адамдардың қабылдау талаптарына сәйкес білім беру ұйымдарын және білім алу нысандарын таңдауға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім алатын адамдар білім алушылар немесе тәрбиеленушілер болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Бiлiм алушыларға оқушылар, кадеттер, курсанттар, тыңдаушылар, студенттер, магистранттар, интерндер, резидентура тыңдаушылары және докторанттар жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Тәрбиеленушілерге мектепке дейінгі, интернаттық ұйымдарда білім алушы және тәрбиеленуші адамдар жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Білім алушылар мен тәрбиеленушілердің:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) мемлекеттік жалпыға міндетті білім беру стандарттарына сәйкес сапалы білім алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) білім беру ұйымы кеңесінің шешімі бойынша жалпыға міндетті мемлекеттік білім беру стандарттары шеңберінде жеке оқу жоспарлары, қысқартылған білім беру бағдарламалары бойынша оқуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) оқу жоспарларына сәйкес баламалы курстарды таңдауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) өзінің бейімділігі мен қажеттеріне қарай қосымша білім беру қызметтерін, білімдерді ақылы негізде алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) білім беру ұйымдарын басқаруға қатысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) қайта қабылдануға және бір оқу орнынан басқасына, бір мамандықтан басқасына, ақылы негізден мемлекеттік білім беру тапсырысы бойынша оқуға немесе оқудың бір нысанынан басқасына ауысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) білім беру ұйымдарында, оның ішінде мүгедектер, мүмкіндіктері шектеулі балалар үшін қолжетімді нысанда ақпараттық ресурстарды тегін пайдалануға, оқулықтармен, оқу-әдістемелік кешендермен және оқу-әдістемелік құралдармен, оның ішінде мүгедектер, мүмкіндіктері шектеулі балалар үшін дайындалған оқулықтармен, оқу-әдістемелік кешендермен және оқу-әдістемелік құралдармен қамтамасыз етілуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) спорт, оқу, акт залдарын, компьютерлік сыныптарын және кітапхананы тегін пайдалануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) Қазақстан Республикасының заңнамасына сәйкес халықты жұмыспен қамту саласындағы жағдай туралы ақпарат алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) өзінің пікірі мен сенімін еркін білдіруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) өзінің адамдық қадір-қасиетінің құрметтелуіне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) оқудағы, ғылыми және шығармашылық қызметтегі табыстары үшін көтермеленуге және сыйақы алуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Ведомстволық бағыныстылығына қарамастан, барлық білім беру ұйымдарының күндізгі оқу нысаны бойынша білім алушылары мен тәрбиеленушілерінің:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) жергілікті өкілді органдардың шешімі бойынша қоғамдық көлікте (таксиден басқа) жеңілдікпен жол жүруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) оқудан бос уақытта оқуды жұмыспен ұштастыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) Қазақстан Республикасының заңнамасына сәйкес әскери қызметке шақырылу мерзімін кейінге қалдыруға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      5. Медициналық айғақтар бойынша және өзге де ерекше жағдайларды білім алушыға академиялық демалыс берілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Білім беру ұйымдарын бітірген азаматтар келесі деңгейдегі білім беру ұйымына түсу кезінде бірдей құқықтарға ие болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-1. Алып тасталды - ҚР 09.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId287" w:anchor="z380" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2017 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId288" w:anchor="z399" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қолданысқа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-2. Алып тасталды - ҚР 09.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId289" w:anchor="z380" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2017 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId290" w:anchor="z399" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қолданысқа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Білім беру ұйымдарында күндізгі оқу нысаны бойынша мемлекеттік білім беру тапсырысы бойынша білім алушы (кәсіптік лицейлердің оқушыларынан басқа) студенттерге, интерндерге, магистранттарға, докторанттарға, резидентура тыңдаушыларына, жоғары оқу орындарының дайындық бөлімдерінің тыңдаушыларына мемлекеттік стипендия төленуі мүмкін. Мемлекеттік стипендияны тағайындау және төлеу қағидаларын, сондай-ақ оның мөлшерін Қазақстан Республикасының Үкіметі бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттiк атаулы стипендия жоғары оқу орындарының неғұрлым дарынды магистранттарына және Қазақстан Республикасы жоғары оқу орындарының күндiзгi оқу нысаны бойынша бiлiм алушыларына жоғары оқу орындары ғылыми кеңестерiнiң шешiмдерi негiзiнде төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Көзі көрмейтін мүгедектердің және құлағы естімейтін мүгедектердің, жетім балалар мен ата-анасының қамқорлығынсыз қалған және қорғаншылыққа (қамқорлыққа) алынған балалардың, сондай-ақ кезекті аралық аттестаттаудың нәтижелері бойынша "үздік" деген бағаға ғана оқитын студенттер мен магистранттардың мөлшерін Қазақстан Республикасының Үкіметі айқындайтын жоғары мемлекеттік стипендия алуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жеке және заңды тұлғалар тағайындайтын атаулы стипендиялар техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білім беру ұйымдарында оқытудың күндізгі нысаны бойынша білім алушыларға тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Атаулы стипендиялардың мөлшерін және оларды төлеу тәртібін оларды тағайындаған органдар мен тұлғалар айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId291" w:anchor="z381" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Мемлекеттік білім беру тапсырысына сәйкес оқуға қабылданған білім алушыларды білім беру ұйымдары білім беру саласындағы уәкілетті орган айқындаған тәртіппен жатақханалардағы орындармен қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. Білім алушылар мен тәрбиеленушілерді оқу процесінен алаңдатуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11. Жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарында білім алушы және (немесе) тәрбиеленуші жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар толық мемлекет қамқорлығында ұсталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12. Білім алушылар мен тәрбиеленушілердің жекелеген санаттарына Қазақстан Республикасының заңнамасына сәйкес басқа да жеңілдіктер беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Техникалық және кәсіптік, орта білімнен кейінгі және жоғары білім беретін ұйымдарда мемлекеттік білім беру тапсырысы негізінде білім алушылардың қысқы және жазғы каникул кезінде қалааралық теміржол және автомобиль (таксиден басқа) көлігінде жеңілдікпен жол жүруге құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14. Білім алушылар мен тәрбиеленушілер мемлекеттік жалпыға міндетті білім беру стандарттарының талаптарына сәйкес білімді, шеберлікті, практикалық дағдылар мен біліктілікті меңгеруге, ішкі тәртіп ережелерін сақтауға, білім беру ұйымының жарғысында және білім беру қызметтерін көрсету туралы шартта көзделген басқа да талаптарды орындауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15. Білім алушылар мен тәрбиеленушілер өздерінің денсаулығы үшін қам жеуге, рухани және тән саулығын өздігінен жетілдіруге ұмтылуға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15-1. Орта білім беру ұйымдарында білім алушылар білім беру саласындағы уәкілетті орган белгілеген, міндетті мектеп формасына қойылатын талаптарды сақтауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Өзге білім беру ұйымдарында білім алушылар білім беру ұйымында белгіленген киім формасын сақтауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16. Білім алушылар мен тәрбиеленушілер педагог қызметкердің ар-намысы мен қадір-қасиетін, өздері білім алатын оқу орнының дәстүрлерін құрметтеуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      17. Осы Заңның 26-бабы 8-тармағының 3) тармақшасында белгiленген квота шегiнде педагогтік, медициналық және ветеринарлық мамандықтар бойынша оқуға түскен ауыл жастары қатарынан шыққан азаматтар жоғары оқу орнын бітіргеннен кейiн тиісінше мемлекеттік бiлiм беру ұйымдарында, мемлекеттік медицина ұйымдарында, ветеринария саласында қызметін жүзеге асыратын мемлекеттік органдар бөлімшелерінде не ауылдық жерде орналасқан мемлекеттік ветеринария ұйымдарында кемiнде үш жыл жұмысты өтеуге мiндеттi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік білім беру тапсырысы негізінде педагогикалық және медициналық мамандықтарға оқуға түскен Қазақстан Республикасының азаматтары жоғары оқу орнын бітіргеннен кейін кемінде үш жыл мемлекеттік білім беру ұйымдарында және мемлекеттік денсаулық сақтау ұйымдарында жұмыспен өтеуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік білім беру тапсырысы негізінде басқа мамандықтар бойынша білім алған Қазақстан Республикасының азаматтары Қазақстан Республикасының Үкіметі айқындайтын тәртіппен кемінде үш жыл жұмыспен өтеуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік білім беру тапсырысы негізінде философия докторлары (РhD) бағдарламасы бойынша докторантураға оқуға түскен азаматтар оқуын бітіргеннен кейін жоғары оқу орындарында немесе ғылыми ұйымдарда кемінде үш жыл жұмысты өтеуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы тармақта аталған адамдардың жұмысты өтеу жөніндегі өз міндеттерін орындауына немесе жұмысты өтемеген жағдайда бюджет қаражатының шығыстарын өтеуіне мониторингті және олардың сақталуына бақылауды қамтамасыз ету білім беру саласындағы уәкілетті орган сенім білдірген агентке жүктеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы Заңның 26-бабы 8-тармағының 6) тармақшасында белгіленген квота шегінде педагогикалық, техникалық және ауыл шаруашылығы мамандықтары бойынша оқуға түскен ауыл жастары арасынан шыққан Қазақстан Республикасының азаматтары жоғары оқу орнын аяқтағаннан кейін оқытқан жері бойынша өңірде кемінде үш жыл жұмыспен өтеуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17-1. Мемлекеттік білім беру ұйымдарына және мемлекеттік медицина ұйымдарына жұмысқа бірінші кезекте бөліну құқығына мыналар ие:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) жұбайы (зайыбы) бос орынды ұсынған елді мекенде тұратын, жұмыс істейтін немесе қызметін өткеретін адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) ата-анасының біреуі немесе екеуі де мүгедек болып табылатын адамдар, сондай-ақ бос орынды ұсынған елді мекенде тұрақты тұратын, қорғаншылар және қамқоршылар болып табылатын адамдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17-2. Осы баптың 17-тармағында көзделген жұмысты өтеу жөніндегі міндеттен босату жас мамандарды жеке-жеке бөлу жөніндегі комиссияның шешімімен мынадай санаттағы жас мамандарға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) жұбайы (зайыбы) тұратын, жұмыс істейтін немесе қызметін өткеретін елді мекенде бос орын болмаған жағдайдағы адамдарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) І және ІІ топтағы мүгедектерге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) одан әрі оқу үшін магистратураға, резидентураға, докторантураға түскен адамдарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) жүкті әйелдерге, үш жасқа дейінгі баласы (балалары) бар, сондай-ақ үш жасқа дейінгі баланы (балаларды) өзі тәрбиелеп жатқан адамдарға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17-3. Оқумен байланысты бюджет қаражаты есебінен шыққан шығыстар өтелместен, осы баптың 17-тармағында көзделген жұмысты өтеу жөніндегі міндеттің тоқтатылуы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) жұмысты өтеу жөніндегі міндеттің орындалуына байланысты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) тиісті құжатпен расталатын білім алушының (жас маманның) қайтыс болуына байланысты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) жұмысты өтеу мерзімі ішінде І және ІІ топтағы мүгедектік белгіленген жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осы баптың 17-2-тармағында көзделген жағдайларда жұмысты өтеу жөніндегі міндеттен босатылуына байланысты басталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17-4. Осы баптың 17-2-тармағында көзделген жағдайларды қоспағанда, осы баптың 17-тармағында көзделген жұмысты өтеу жөніндегі міндетті орындамағаны үшін жас маман өзінің оқуына байланысты бюджет қаражаты есебінен шыққан шығыстарды өтеуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17-5. Жас мамандар осы баптың 17-тармағында көзделген жұмыспен өтеу жөніндегі міндетті орындамаған жағдайда, білім беру саласындағы уәкілетті органның сенім білдірілген агентінің бюджет қаражатының шығыстарын өтеу жөніндегі талабына талап қоюдың ескіруі қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      18. Білім алушылардың, тәрбиеленушілердің міндеттерін бұзғаны үшін оларға білім беру ұйымының ішкі тәртібінің ережелерімен және жарғысымен көзделген тәртіптік ықпал ету шаралары не білім беру қызметтерін көрсету туралы шартта көзделген өзге де шаралар қолданылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 47-бапқа өзгерістер енгізілді - ҚР 2011.01.19 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId292" w:anchor="49" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 395-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId293" w:anchor="372" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 2012.01.09 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId294" w:anchor="208" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 535-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.07.2012 </w:t>
-[...76 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.07.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId295" w:anchor="98" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 337-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.11.2015 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId296" w:anchor="259" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 398-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId297" w:anchor="390" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 419-V</w:t>
+          <w:t>2-баптан</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (</w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t> қараңыз); 24.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId298" w:anchor="253" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>вводится</w:t>
+          <w:t>№ 421-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> в действие с 01.01.2016); от 09.04.2016</w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.12.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId299" w:anchor="226" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t> № 501-V</w:t>
+          <w:t>№ 433-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (порядок введения в действие см. </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t> (01.01.2016 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId300" w:anchor="329" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>ст.2</w:t>
+          <w:t>қолданысқа</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>); от 05.05.2017 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t> енгізіледі); 09.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId301" w:anchor="380" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2017 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId302" w:anchor="399" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қолданысқа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>48-бап. Білім алушылардың, тәрбиеленушілердің денсаулығын сақтау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім беру ұйымдарында білім алушылардың, тәрбиеленушілердің науқастануын болдырмау, денсаулығын нығайту, тән саулығын жетілдіру, салауатты өмір салтына қалыптастыру жөніндегі қажетті шаралардың орындалуы қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім алушылардың, тәрбиеленушілердің оқу жүктемесі, сабақ режимі мемлекеттік жалпыға міндетті білім беру стандарттары, санитарлық-эпидемиологиялық ережелер мен нормалар, оқу жоспарлары мен денсаулық сақтау және білім беру органдарының ұсынымдары негізінде әзірленген білім беру ұйымдары бекітетін ережелермен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Денсаулық сақтау жүйесінің ұйымдары білім алушылардың, тәрбиеленушілердің денсаулық жағдайына үнемі бақылау жасауды, оларға медициналық қызмет көрсетуді жүзеге асырады. Білім беру ұйымдары медициналық пункттер үшін үй-жайлар ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім алушылардың, тәрбиеленушілердің денсаулығын сақтауды қамтамасыз ету мақсатында білім беру ұйымдары білім алушыларға және тәрбиеленушілерге медициналық қызмет көрсетуді қамтамасыз ететін құрылымдық бөлімшелер құруға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3-1. Интернаттық ұйымдарға жатпайтын орта білім беру ұйымдарының білім алушыларына медициналық қызмет көрсетуді алғашқы медициналық-санитариялық көмек көрсету ұйымдары денсаулық сақтау саласындағы уәкілетті орган бекіткен қағидаларға сәйкес қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Мектепке дейiнгi және орта білім беру ұйымдарының, техникалық және кәсiптiк, орта бiлiмнен кейiнгi бiлiмнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарының педагог жұмыскерлерi Қазақстан Республикасының заңнамасында белгiленген тәртiппен жыл сайын тегiн медициналық зерттеп-қараудан өтуге мiндеттi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Білім беру ұйымдарындағы сабақ кестесінде білім алушылар мен тәрбиеленушілердің тамақтануы және белсенді тынығуы үшін ұзақтығы жеткілікті үзіліс жасалуы көзделуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымдарында білім алушылардың тамақтануын ұйымдастыру үшін жағдай жасалады. Тамақ сапасын бақылау денсаулық сақтау органдарына жүктеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Білім беру ұйымдарында оқытудың, тәрбиелеудің, еңбек пен тынығудың салауатты және қауіпсіз жағдайларын жасау үшін жауапкершілік олардың басшыларына жүктеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 48-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId303" w:anchor="399" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId304" w:anchor="273" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.12.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId305" w:anchor="26" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 29-VІ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2017 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>49-бап. Ата-аналардың және өзге де заңды өкілдердің құқықтары мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Кәмелетке толмаған балалардың ата-аналары мен өзге де заңды өкілдерінің:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1) баланың тілегін, жеке бейімділігі мен ерекшеліктерін ескере отырып білім беру ұйымын таңдауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) ата-аналар комитеттері арқылы білім беру ұйымдарын басқару органдарының жұмысына қатысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) білім беру ұйымдарынан өз балаларының үлгеріміне, мінез-құлқына және оқу жағдайларына қатысты ақпарат алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) өз балаларын оқыту мен тәрбиелеу проблемалары жөнінде психологиялық-медициналық-педагогикалық консультациялардан консультациялық көмек алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) балаларының шарттық негізде қосымша қызмет көрсетулер алуына құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Ата-аналар мен өзге де заңды өкілдер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) балаларға өмірі мен оқуы үшін салауатты және қауіпсіз жағдайлар жасауға, олардың ой-өрісі мен дене күшін дамытуды, имандылық тұрғысынан қалыптасуын қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) балаларды одан әрі жалпы білім беретін мектепке беруді айқындай отырып, мектеп алды даярлығын қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) білім беру ұйымының жарғысында айқындалған қағидаларды орындауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) балалардың оқу орнындағы сабаққа баруын қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) білім беру ұйымы жұмыскерлерінің ар-намысы мен қадір-қасиетін құрметтеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) білім беру саласындағы уәкілетті орган белгілеген, міндетті мектеп формасына қойылатын талаптарды орындауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) білім беру ұйымында белгіленген киім формасын сақтауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 49-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId306" w:anchor="402" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId307" w:anchor="274" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7-тарау. ПЕДАГОГ ҚЫЗМЕТКЕРДІҢ МӘРТЕБЕСІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>50-бап. Педагог қызметкердің мәртебесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім беру ұйымдарында, сондай-ақ білім беру бағдарламаларын іске асыратын басқа да ұйымдарда білім алушылар мен тәрбиеленушілерді оқытуға және тәрбиелеуге байланысты білім беру қызметімен айналысатын адамдар педагог қызметкерлерге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік мекемелер мен қазыналық кәсіпорындардың ұйымдық-құқықтық нысанында құрылған мемлекеттік білім беру ұйымдарының педагог жұмыскерлері (әскери, арнаулы оқу орындарының әскери немесе арнаулы атағы, сыныптық шені бар қызметкерлерін және әскери қызметшілерін қоспағанда) азаматтық қызметшілер болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мемлекет қоғамдағы педагог қызметкерлердің ерекше мәртебесін таниды және кәсіптік қызметін жүзеге асыруы үшін жағдайлар жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 50-бапқа өзгерістер енгізілді - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId308" w:anchor="275" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId309" w:anchor="179" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 84-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>51-бап. Педагог қызметкердің құқықтары, міндеттері мен жауапкершілігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Тиісті бейіні бойынша арнайы педагогтік немесе кәсіптік білімі бар адамдар педагогтік қызметпен айналысуға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымдарындағы жұмысқа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) медициналық қарсы көрсетілімі бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) психатриялық және (немесе) наркологиялық диспансерде есепте тұратын адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) Қазақстан Республикасының Еңбек кодексінде көзделген шектеулер негізінде жіберілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Педагог жұмыскердің:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) кәсіби қызметіне арналған жағдаймен қамтамасыз етіле отырып, педагогтік қызметпен айналысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) ғылыми-зерттеу, тәжірибелік-эксперименттік жұмыспен айналысуға, педагогтік практикаға жаңа әдістемелер мен технологияларды енгізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) дара педагогтік қызметке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) тиісті білім беру деңгейінің мемлекеттік жалпыға міндетті стандартының талаптары сақталған жағдайда педагогтік қызметті ұйымдастырудың тәсілдері мен нысандарын еркін таңдауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) білім беру ұйымдарын басқарудың алқалы органдарының жұмысына қатысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) бес жылда бір реттен сиретпей, ұзақтығы төрт айдан аспайтын біліктілігін арттыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) санатын арттыру мақсатында мерзімінен бұрын аттестатталуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) педагогтік қызметтегі табыстары үшін мемлекеттік наградалар, құрметті атақтар, сыйлықтар мен атаулы стипендиялар түрінде моральдық және материалдық көтермеленуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) өзінің кәсіптік ар-намысы мен қадір-қасиетінің қорғалуына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) әскери қызметке шақырылу мерзімінің кейінге қалдырылуына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) ғылыми қызметпен айналысу үшін педагогтік өтілі сақтала отырып, шығармашылық демалыс алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) білім беру ұйымы әкімшілігінің бұйрықтары мен өкімдеріне шағым жасауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) білім алушылар, тәрбиеленушілер және олардың ата-аналары немесе өзге де заңды өкілдері тарапынан өз ар-намысы мен қадір-қасиетінің құрметтелуіне құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Педагог жұмыскер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) өзінің кәсіптік құзыреті саласында тиісті теориялық және практикалық білімді және оқыту дағдыларын меңгеруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) мемлекеттік жалпыға міндетті білім беру стандарттарының талаптарына сәйкес ұсынылатын білім беру қызметтерінің сапасын қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) білім алушыларды жоғары имандылық, ата-аналарына, этномәдени құндылықтарға құрмет көрсету, қоршаған дүниеге ұқыпты қарау рухында тәрбиелеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) білім алушылардың өмірлік дағдыларын, құзыретін, өздігінен жұмыс істеуін, шығармашылық қабілеттерін дамытуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) өзінің кәсіптік шеберлігін, зияткерлік, шығармашылық және жалпы ғылыми деңгейін ұдайы жетілдіріп отыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) бес жылда бір реттен сиретпей аттестаттаудан өтуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) педагогтік әдеп қағидаларын сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) білім алушылардың, тәрбиеленушілер мен олардың ата-аналарының немесе өзге де заңды өкілдерінің ар-намысы мен қадір-қасиетін құрметтеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) білім алушылар жасаған, оның ішінде білім алушыларға қатысты қылмыстық құқық бұзушылықтар фактілері туралы не өздеріне белгілі болған, білім беру ұйымдарынан тыс жерде болған осындай құқық бұзушылықтар жасау фактілері туралы құқық қорғау органдарына дереу хабарлауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) өмірде қиын жағдайға тап болған баланы анықтағаннан бастап бір жұмыс күні ішінде кәмелетке толмағандар арасындағы құқық бұзушылықтардың, қадағалаусыз және панасыз қалудың профилактикасы жүйесі органдарына хабарлауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Міндеттерін бұзғаны және педагог жұмыскер атағына кір келтіретін теріс қылық жасағаны үшін педагог жұмыскер Қазақстан Республикасының заңдарында белгіленген жауаптылыққа тартылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, педагог жұмыскерлерді өздерінің кәсіптік міндеттерін орындаумен байланысы жоқ жұмыс түрлеріне тартуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Педагог жұмыскерлердің білім беру процесін саяси үгіттеу, діни насихат жүргізу мақсатында немесе білім алушыларды Қазақстан Республикасының Конституциясына және Қазақстан Республикасының заңнамасына қайшы келетін әрекеттерге итермелеу үшін пайдалануына тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 51-бап жаңа редакцияда - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId310" w:anchor="276" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 09.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId311" w:anchor="381" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>52-бап. Білім беру ұйымдары қызметкерлерінің еңбегіне ақы төлеу жүйесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1. Мемлекеттік білім беру ұйымдары қызметкерлерінің еңбегіне ақы төлеу жүйесі Қазақстан Республикасының заңнамасында белгіленген тәртіппен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жеке меншік білім беру ұйымдары қызметкерлерінің еңбегіне ақы төлеуді Қазақстан Республикасының заңнамасына сәйкес олардың құрылтайшылары немесе оған уәкілетті адам айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Бюджет қаражаты есебінен қаржыландырылатын мемлекеттік білім беру ұйымдары қызметкерлеріне жалақыны есептеу ережесін еңбек саласындағы уәкілетті органмен келісім бойынша білім беру саласындағы уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Білім беретін мемлекеттік мекемелер мен қазыналық кәсіпорындардың педагог қызметкерлерінің лауазымдық айлықақысы, қосымша ақылар мен үстеме ақылар, сондай-ақ ынталандыру сипатындағы басқа да төлемдер Қазақстан Республикасының заңнамасымен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Білім беру ұйымдарының қызметкерлеріне ауылдық жерде жұмыс істегені үшін, сынып жетекшілігі үшін, дәптерді, жазу жұмыстарын тексергені үшін, оқу кабинеттеріне меңгерушілік еткені, пәндерді тереңдетіп оқытқаны үшін, эксперимент режимінде жұмыс істегені үшін, мүмкіндігі шектеулі балалармен жұмыс істегені үшін Қазақстан Республикасының заңнамасында белгіленген тәртіппен қосымша ақы және басқа да төлемдер төлеу жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Ерекше мәртебесі бар мемлекеттік жоғары оқу орындарының профессор-оқытушылар құрамы мен басшы қызметкерлерінің лауазымдық айлықақысы арттырылып отыратын коэффициентті ескере отырып айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Мемлекеттік білім беру ұйымдарының педагог қызметкерлеріне тиісті дипломы бар болған кезде негізгі жұмыс орны бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      философия докторы (РhD) және бейіні бойынша доктор дәрежесі үшін бір айлық ең төменгі жалақы мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ғылым кандидаты дәрежесі үшін бір айлық ең төменгі жалақы және ғылым докторы дәрежесі үшін екі айлық ең төменгі жалақы мөлшерінде қосымша ақы белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Мемлекеттік білім беру ұйымдарында оқу-тәрбие процесін тікелей жүзеге асыратын педагог қызметкерлерге айлық жалақыны есептеу үшін аптасына нормативтік оқу жүктемесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) 18 сағат:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      орта білім беру ұйымдары және техникалық және кәсiптiк, орта бiлiмнен кейiнгi бiлiмнің білім беру бағдарламаларын іске асыратын білім беру ұйымдары үшiн;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      білім алушылар мен тәрбиеленушілерге қосымша білім беру ұйымдары үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мамандандырылған және арнайы білім беру ұйымдары үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) 24 сағат:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мектепке дейінгі ұйымдар және мектепке дейінгі тәрбие берудің мектепалды топтары және білім беру ұйымдарының мектеп алды сыныптары үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      балалар мен жасөспірімдердің спорттық білім беру ұйымдары үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) 30 сағат интернаттық ұйымдардың, демалыс лагерьлерінің, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары жатақханаларының тәрбиешілері үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) 25 сағат арнайы білім беру ұйымдары және жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарының тәрбиелеушілері үшін белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Нормативтік оқу жүктемесі белгіленбеген білім беру ұйымдары қызметкерлерінің жұмыс уақытының ұзақтығы Қазақстан Республикасының еңбек заңнамасына сәйкес белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жоғары оқу орындары профессор-оқытушылар құрамының жылдық оқу жүктемесі жұмыс уақытының жылдық нормасының шегінде белгіленеді және ғылыми кеңестің шешімі негізінде жоғары оқу орнының басшысы бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Мемлекеттік білім беру тапсырысын айқындау кезінде жоғары оқу орындары профессор-оқытушылар құрамының жалпы саны мынадай орташа арақатынасты негізге ала отырып есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) студенттер мен оқытушылар (бір оқытушыға шаққандағы студенттердің орташа саны) тиісінше:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      күндізгі оқу нысаны үшін - 8:1 (медициналық жоғары оқу орындары үшін - 6:1);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      кешкі оқу нысаны үшін - 16:1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      сырттай оқу нысаны үшін - 32:1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) магистранттар және оқытушылар - 4:1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) докторанттар және оқытушылар - 3:1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) резиденттер мен оқытушылар 2,5:1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) тыңдаушылар 6:1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы тармақтың бірінші бөлігінде көрсетілген нормалар әскери, арнаулы оқу орындарына қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 52-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId312" w:anchor="408" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId313" w:anchor="277" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>53-бап. Әлеуметтік кепілдіктер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Педагог қызметкерлер мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) Қазақстан Республикасының заңнамасына сәйкес тұрғын үй, оның ішінде қызметтік үй және (немесе) жатақхана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) орта білім беру ұйымдары мен техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген адамдар үшін ұзақтығы күнтізбелік 56 күн; оқу-әдістемелік қызметкерлері қамтамасыз ету, мектепке дейінгі және қосымша білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген адамдар үшін - күнтізбелік 42 күн ақы төленетін жыл сайынғы демалыс алудың әлеуметтік кепілдіктерін иеленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Ауылдық жерде жұмыс істейтін білім берудің педагог қызметкерлері жергілікті өкілді органдардың шешімі бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) қала жағдайында педагогтік қызметпен айналысатын педагог қызметкерлердің ставкаларымен салыстырғанда айлықақылар мен тарифтік ставкалар кемінде жиырма бес процентке арттырылып белгіленеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) коммуналдық қызмет көрсетулерге шығыстарды жабуға және тұрғын үй-жайларды жылыту үшін отын сатып алуға жергілікті өкілді органдардың шешімі бойынша белгіленетін мөлшерде бюджет қаражаты есебінен біржолғы ақшалай өтемақы төленеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z616"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) (алынып тасталды - ҚР 2008.12.24. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId314" w:anchor="6" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 111-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (2009.01.01 бастап қолданысқа енгізіледі) Заңымен).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-1. Ауылдық жерде жұмыс істейтін білім беру саласының педагог қызметкерлеріне Қазақстан Республикасының заңнамасында көзделген қосымша әлеуметтік қолдау шаралары ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-2. Ауылдық жерде жұмыс істейтін, жеке меншігінде малы бар білім беру саласының педагог қызметкерлеріне жергілікті өкілді және атқарушы органдардың шешімі бойынша жемшөп, мал жаю және шөп шабу үшін жер учаскелері беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Білім беру ұйымдарының педагог қызметкерлеріне жыл сайын тиісті бюджет қаражаты есебінен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) оларға кезекті еңбек демалысын беру кезінде мемлекеттік білім беру ұйымдарында Қазақстан Республикасының еңбек туралы заңнамасымен айқындалған мөлшерде күнтізбелік жылда бір рет сауықтыруға жәрдемақы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) "Жоғары оқу орнының үздік оқытушысы" атағын иеленушіге жұмсау бағытын Қазақстан Республикасының Үкіметі айқындайтын айлық есептік көрсеткіштің 2000 еселенген мөлшерінде мемлекеттік грант;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) "Үздік педагог" атағын иеленушіге айлық есептік көрсеткіштің 1000 еселенген мөлшерінде сыйақы төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 53-бапқа өзгерістер енгізілді - ҚР 2008.12.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId315" w:anchor="6" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 111-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (2009.01.01 бастап қолданысқа енгізіледі), 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId316" w:anchor="416" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId317" w:anchor="280" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8-тарау. БІЛІМ БЕРУ САЛАСЫНДАҒЫ МЕМЛЕКЕТТІК РЕТТЕУ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>54-бап. Білім беру саласындағы мемлекеттік реттеудің мақсаты мен нысандары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім беру саласындағы мемлекеттік реттеу білім алуға конституциялық құқықтарды іске асыруды қамтамасыз ететін жағдайларды жасауға және білім беру ұйымдары ұсынатын білім беру қызметтерін көрсетудің жоғары сапасын қамтамасыз етуге бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім беру саласындағы мемлекеттік реттеу құқықтық қамтамасыз ету, білім сапасын басқару, стандарттау, бақылау жүргізу арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>55-бап. Білім беру сапасын басқару</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім беру сапасын басқару білім беру саласындағы бірыңғай мемлекеттік саясатты іске асыруға бағытталған және білім сапасын бағалаудың бірыңғай ұлттық жүйесін құрайтын мемлекеттік және институционалдық құрылымдарын, білім беруді қаржыландыруға бөлінетін қаражатты пайдалану ұтымдылығын және білім беру жүйесі жұмыс істеуінің тұтастай тиімділігін қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім беру сапасын басқару білім беру мониторингінің нәтижелері, негізінде барлық деңгейлерде басқарушылық шешімдерді қабылдау арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Бiлiм беру мониторингi бiлiм беру жүйесінің сапасын сырттай және iшкi бағалау үшін статистикалық және талдамалық бағалау көрсеткіштерінің кешені көмегімен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Оқу жетістіктерін сырттай бағалау білім беру ұйымына тәуелсіз, оқыту сапасына мониторинг түрлерінің бірі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Оқу жетістіктерін сырттай бағалау білім беру қызметтерінің сапасын бағалау және білім алушылардың мемлекеттік жалпыға міндетті стандарттарда көзделген, бастауыш, негізгі орта, жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын және жоғары білімнің білім беру бағдарламаларын меңгеру деңгейін айқындау мақсатында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Оқу жетістіктерін сырттай бағалау, жоғары медициналық және фармацевтикалық білім беру мамандықтарын қоспағанда, орта және жоғары білім беру ұйымдарында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) бастауыш мектепте – оқу жетістіктерін мониторингтеу мақсатында іріктеліп;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) негізгі мектепте – оқу жетістіктерін мониторингтеу және оқу процесін ұйымдастырудың тиімділігін бағалау мақсатында іріктеліп;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) жалпы орта мектепте – оқу жетістіктерінің деңгейін бағалау мақсатында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) жоғары білім беруде – оқыту бағыттары бойынша оқу бағдарламасын игеруді мониторингтеу мақсатында іріктеліп жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Оқу жетістіктеріне сырттай бағалау жүргізілетін орта білім беру ұйымдарының және жоғары білімді мамандықтардың тізбесін білім беру саласындағы уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Білім беру қызметтерінің сапасына сырттай бағалау жүргізу жөніндегі іс-шаралар кешенін жүзеге асыратын ұйым:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) жоғары білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарына түсетін адамдар үшін кешенді тест тапсырмаларын әзірлейді және енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) оқу процесінің сапасын бақылау технологияларын, білім беру ұйымдарында білім алушылар контингентін конкурстық жолмен қалыптастыру модельдерін әзірлейді және енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) білім беру сапасын өлшеуді тестілеудің теориясы мен әдіснамасы және оның мемлекеттік жалпыға міндетті білім беру стандарттары талаптарына сәйкестігі бойынша ғылыми-әдістемелік зерттеулер жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 55-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId318" w:anchor="421" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId319" w:anchor="281" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>56-бап. Білім берудің мемлекеттік жалпыға міндетті стандарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1. Қазақстан Республикасында әрбір білім беру деңгейі бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) білімнің мазмұнына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) білім алушылар мен тәрбиеленушілердің оқу жүктемесінің ең көп көлеміне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) білім алушылардың даярлық деңгейіне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) оқу мерзіміне қойылатын жалпы талаптардың жиынтығын айқындайтын білім берудің мемлекеттік жалпыға міндетті стандарттары белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Тиісті білім беру деңгейлерінің мемлекеттік жалпыға міндетті стандарттары, үлгілері мен түрлеріне қарамастан, барлық білім беру ұйымдары үшін міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттік жалпыға міндетті білім беру стандарттары инклюзивті білім беру ескеріле отырып әзірленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 56-бапқа өзгерістер енгізілді - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId320" w:anchor="286" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.12.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId321" w:anchor="231" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 433-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2016 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId322" w:anchor="329" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қолданысқа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>57-бап. Білім беру саласындағы қызметті лицензиялау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 57-баптың тақырыбы жаңа редакцияда - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId323" w:anchor="290" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Заңды тұлғалардың (бұдан әрі – лицензиат) білім беру қызметі Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасына сәйкес лицензиялануға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын заңды тұлғалардың білім беру саласындағы қызметін лицензиялау техникалық және кәсіптік, орта білімнен кейінгі білім беру мамандықтарының сыныптауышына сәйкес біліктіліктер бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жоғары және жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын іске асыратын заңды тұлғалардың білім беру саласындағы қызметін лицензиялау жоғары және жоғары оқу орнынан кейінгі білім беру мамандықтарының сыныптауышына сәйкес мамандықтары бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Бұл ретте, білім беру қызметімен айналысу лицензиясында және (немесе) лицензияның қосымшаларында мамандық немесе біліктілік бойынша шифр, атауы, оқу мерзімі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Лицензиар білім беру қызметімен айналысуға лицензияны және (немесе) лицензияға қосымшаны беру, білім беру ұйымының қайта ұйымдастырылуына байланысты білім беру қызметімен айналысуға лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу мәселелерін алқалы және жария қарау үшін консультациялық-кеңесші орган құрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Халықаралық мектептер мәртебесі бар филиалдар арқылы білім беру қызметін жүзеге асыратын лицензиатты қоспағанда, білім беру қызметімен айналысуға лицензияның және (немесе) лицензия қосымшасының қолданысы лицензиаттың (заңды мекенжайына сәйкес) тіркелген орны бойынша әкімшілік-аумақтық бірлік шегінде шектеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-1. Коммерциялық емес ұйымдардың халықаралық мектептер мәртебесі бар филиалдары лицензиялауға жататын білім беру қызметін осы коммерциялық емес ұйымға берілген лицензия және (немесе) лицензияға қосымша негізінде жүзеге асыруға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Лицензиардың білім беру қызметімен білім беру қызметімен айналысуға лицензияның қолданысын Қазақстан Республикасының әкімшілік құқық бұзушылық туралы заңнамасында көзделген тәртіппен алты айға дейінгі мерзімге тоқтата тұруға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру қызметімен айналысуға лицензияның қолданысы тоқтатыла тұрған кезеңде лицензиат оқу-тәрбие процесінің жалғастырылуын және білім беру қызметімен айналысуға лицензияның қолданысын тоқтата тұруға әкеп соқтырған бұзушылықтарды жоюды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Білім беру ұйымы оның түрін өзгерту жолымен қайта ұйымдастырылған жағдайда, қайта ұйымдастыру нәтижесінде жаңадан пайда болған білім беру ұйымының білім беру қызметін лицензиялау кезінде қойылатын біліктілік талаптарына сәйкестігі расталған жағдайда, оның қолда бар білім беру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қызметімен айналысуға лицензиясы және (немесе) лицензиясының қосымшасы қайта ресімделуге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Бюджет қаражаты есебiнен қаржыландырылатын бiлiм беру ұйымдары қайта ұйымдастырылған жағдайда, лицензиар қайта ұйымдастыру жүргізілгенге дейін қайта ұйымдастырылатын білім беру ұйымының білім беру қызметін лицензиялау кезінде қойылатын біліктілік талаптарына сәйкестігіне тексеру жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қайта ұйымдастыру жүргізілгеннен кейін лицензиат білім беру қызметімен айналысуға лицензияны және (немесе) лицензияның қосымшасын қайта ресімдеуге өтініш береді, ал лицензиар өзі бұрын жүргізген, білім беру қызметін лицензиялау кезінде қойылатын біліктілік талаптарына сәйкестігін тексеру негізінде білім беру қызметімен айналысуға лицензияны және (немесе) лицензияның қосымшасын береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру қызметімен айналысуға лицензияны және (немесе) лицензияның қосымшасын қайта ресімдеу үшін лицензиат білім беру саласындағы уәкілетті орган бекітетін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId324" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>нысан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> бойынша өтінішті, лицензиялық алымның төленгенін растайтын құжатты, сондай-ақ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) лицензияны және (немесе) оған қосымшаны қайта ресімдеуге негіз болған өзгерістер туралы ақпаратты қамтитын құжаттардың көшірмелерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) білім беру қызметін лицензиялау кезінде қойылатын бiлiктiлiк талаптарына сәйкестігі туралы мәлiметтер мен құжаттарды береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Лицензиар осы тармақта көзделген негіз бойынша білім беру қызметімен айналысуға лицензияны және (немесе) лицензияның қосымшасын қайта ресімдеуден:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) осы тармақтың төртінші бөлігінде көрсетілген құжаттар ұсынылмаған немесе тиісті түрде ресімделмеген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) өтініш беруші білім беру қызметін лицензиялау кезінде қойылатын біліктілік талаптарына сәйкес келмеген жағдайда, бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру қызметімен айналысуға лицензия және (немесе) лицензияның қосымшасы тиісті құжаттармен қоса өтініш ұсынылған күннен бастап күнтізбелік отыз күн ішінде қайта ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру қызметімен айналысуға лицензия және (немесе) лицензияның қосымшасы қайта ресімделгенге дейін лицензиат қызметті қайта ресімделуге жататын лицензияның негізінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 57-бап жаңа редакцияда - ҚР 16.05.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId325" w:anchor="813" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 203-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 21.07.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId326" w:anchor="99" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 337-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId327" w:anchor="289" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>57-1-бап. Мектепке дейiнгi тәрбие мен оқыту саласындағы қызметті жүзеге асырудың басталғаны немесе тоқтатылғаны туралы хабарлама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Мектепке дейiнгi тәрбие мен оқытудың жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымының қызметі Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасына сәйкес хабарлама жасау тәртібімен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мектепке дейiнгi тәрбие мен оқыту саласындағы қызметті жүзеге асырудың басталғаны немесе тоқтатылғаны туралы хабарламаларды қабылдауды білім беру саласындағы уәкілетті орган жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 8-тарау 57-1-баппен толықтырылды - ҚР 16.05.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId328" w:anchor="821" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 203-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId329" w:anchor="302" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>58-бап. Білім беру ұйымдарын аккредиттеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 58-бап алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId330" w:anchor="429" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>59-бап. Білім беру жүйесіндегі мемлекеттік бақылау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1. Бiлiм беру жүйесiндегi мемлекеттiк бақылау мемлекеттiң бiлiм алуға құқықты қамтамасыз етуіне және жалпы білім беретін оқу және білім беру бағдарламаларын iске асыратын заңды тұлғалардың, сондай-ақ заңды тұлға құрмай дара кәсіпкерлердің өздерi жүзеге асыратын бiлiм беру қызметiнiң Қазақстан Республикасының бiлiм беру саласындағы заңнамасының және Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасының талаптарына сәйкестігін сақтауға бағытталған және оны бiлiм саласындағы уәкiлеттi орган, жергiлiктi атқарушы органдар өз құзыретi шегiнде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім беру жүйесіндегі мемлекеттік бақылау объектілері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) жалпы білім беретін оқу және білім беру бағдарламаларын іске асыратын заңды тұлғалардың білім беру қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) білім алушылардың тиісті жалпы білім беретін оқу және білім беру бағдарламаларын меңгеру деңгейі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттік бақылаудың негізгі түрлері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) білім беру ұйымдарын мемлекеттік аттестаттау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId331" w:anchor="z432" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) Қазақстан Республикасының білім туралы заңнамасының және білім беру қызметіне қойылатын біліктілік талаптарының сақталуын бақылау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Білім беру ұйымдарын мемлекеттік аттестаттауды, олардың ведомстволық бағыныстылығына қарамастан, білім беруді мемлекеттік басқару органдары өздерінің құзыретіне сәйкес жоспарлы түрде бес жылда бір рет өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-тармақтың екінші бөлігі жаңа редакцияда көзделген - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId332" w:anchor="z310" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2020 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-тармақтың екінші бөлігінің бұл редакциясы 01.01.2017 бастап 01.01.2020 дейін қолданыста болады - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId333" w:anchor="z406" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Техникалық және кәсіптік, орта білімнен кейінгі білімнің, сондай-ақ әскери, арнаулы оқу орындарында жоғары және жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдары үшін мемлекеттік аттестаттау мамандықтар бойынша да жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-тармақтың үшінші бөлігін алып тастау көзделген - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId334" w:anchor="z311" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2020 бастап қолданыста болады).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-тармақтың үшінші бөлігіне енгізілген өзгеріс 01.01.2020 дейін қолданыста болады - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId335" w:anchor="z407" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Аккредиттеу органдарының, аккредиттелген білім беру ұйымдары мен білім беру бағдарламаларының тізіліміне енгізілген аккредиттеу органдарында институционалдық және мамандандырылған аккредиттеуден өткен білім беру ұйымдары аккредиттеу мерзіміне, бірақ 5 жылдан аспайтын мерзімге аккредиттелген білім беру бағдарламалары (мамандықтар) бойынша мемлекеттік аттестаттау рәсімінен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Медициналық және фармацевтік білім беру ұйымдарын мемлекеттік аттестаттауды денсаулық сақтау саласындағы уәкілетті орган жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Бірінші мемлекеттік аттестаттау жаңадан құрылған:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарында төрт жылдан кейін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z650"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) тармақша жаңа редакцияда көзделген - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId336" w:anchor="z312" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2020 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) тармақшаның бұл редакциясы 01.01.2017 бастап 01.01.2020 дейін қолданыста болады - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId337" w:anchor="z411" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) әскери, арнаулы оқу орындарындағы техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында мамандардың алғашқы бітіру жылынан кешіктірілмей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) мектепке дейінгі ұйымдарда және қосымша білім беру ұйымдарында үш жылдан кейін өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-1. Мемлекеттік аттестатталуға жататын білім беру ұйымдары өзін-өзі бағалауды жүргізеді және өзін-өзі бағалау материалдарын білім беруді басқарудың мемлекеттік органдарына табыс етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Шетелдік білім беру ұйымдары мен халықаралық білім беру ұйымдарының филиалдарын аттестаттау, егер Қазақстан Республикасы ратификациялаған халықаралық шарттарда өзгеше белгіленбесе, осы Заңға сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId338" w:anchor="z437" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Алып тасталды - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId339" w:anchor="z437" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Бiлiм беру ұйымдарының Қазақстан Республикасының бiлiм туралы және рұқсаттар және хабарламалар туралы заңнамасының сақтауын бақылау тексерулер нысанында және өзге де нысандарда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-1. Білім беру қызметімен айналысуға лицензияның қолданысы тоқтатыла тұрған кезде лицензиаттың білім туралы құжатты бере отырып, білім берудің оқу жылын аяқтауға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-2. Білім беру қызметімен айналысу лицензиясының қолданысы тоқтатыла тұрған кезде лицензиат:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) мемлекеттік білім беру тапсырысын орналастыруға арналған конкурсқа қатысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) білім беру қызметімен айналысу лицензиясымен және (немесе) лицензияның қосымшаларымен әрекеттер жасауға (тоқтатуға, қайта ресімдеуге, тоқтатыла тұрған білім беру қызметімен айналысу лицензиясына жаңа қосымшалар алуға);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) оқуға қабылдауды жүзеге асыруға құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-3. Қызметін хабарлама жасау тәртібімен жүзеге асыратын білім беру ұйымдарының қызметі тоқтатыла тұрған кезде білім беру ұйымдары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) мемлекеттік білім беру тапсырысын орналастыруға арналған конкурсқа қатысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) бұзушылықтарды жойғанға және білім беру саласындағы уәкілетті орган қызметті қайта бастағанға дейін қызметті жүзеге асыруға құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-4. Қызметін хабарлама жасау тәртібімен жүзеге асыратын, мектепке дейінгі тәрбие мен оқытудың жалпы бiлiм беретін оқу бағдарламаларын іске асыратын білім беру ұйымдары Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес тексерілуге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қызметін хабарлама жасау тәртібімен жүзеге асыратын білім беру ұйымдарының қызметін Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы кодексінде көзделген тәртіппен тоқтата тұруға білім беру саласындағы уәкілетті органның құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мектепке дейінгі тәрбие мен оқыту бойынша қызметтер көрсететін субъектілер тексеру және (немесе) мемлекеттік аттестаттау нәтижесінде анықталған бұзушылықтарды жоймаған кезде, білім беру саласындағы уәкілетті орган мектепке дейінгі тәрбие мен оқыту бойынша қызметті жүзеге асырудың басталғаны немесе тоқтатылғаны туралы хабарламалар тізілімінен білім беру ұйымын алып тастайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Алып тасталды - ҚР 2009.07.17. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId340" w:anchor="z380" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 188-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. Алып тасталды - ҚР 2009.07.17. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId341" w:anchor="z380" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 188-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11. Қазақстан Республикасының аумағында құрылған халықаралық және шетелдік білім беру ұйымдары мен олардың филиалдары Қазақстан Республикасының заңдарына сәйкес тексеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12. Алып тасталды - ҚР 2009.07.17. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId342" w:anchor="z380" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 188-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Алып тасталды - ҚР 2009.07.17. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId343" w:anchor="z380" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 188-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14. Алып тасталды - ҚР 2009.07.17. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId344" w:anchor="z380" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 188-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15. Алып тасталды - ҚР 2009.07.17. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId345" w:anchor="z380" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 188-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16. Алып тасталды - ҚР 2009.07.17. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId346" w:anchor="z380" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 188-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Ескерту. 59-бапқа өзгерістер енгізілді - ҚР 2009.07.17. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId347" w:anchor="380" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 188-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId348" w:anchor="395" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>2-баптан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қараңыз), 2011.01.06 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId349" w:anchor="191" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 378-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId350" w:anchor="430" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2011.07.15 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId351" w:anchor="951" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(2012.01.30 бастап қолданысқа енгізіледі); 16.05.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId352" w:anchor="825" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 203-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId353" w:anchor="303" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.10.2015</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId354" w:anchor="805" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> № 376-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2016 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>60-бап. Мемлекеттік бақылауды жүзеге асыратын лауазымды адамдардың құқықтары мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім беру саласындағы мемлекеттік бақылауды жүзеге асыратын лауазымды адамдар қажетті біліктілікке ие болуы және қосымша білім беруі жүйесінде кемінде бес жылда бір рет тиісті оқытудан өтуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім беру саласындағы мемлекеттік бақылауды жүзеге асыратын лауазымды адамдардың:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) білім беру ұйымдарына, мекемелеріне және кәсіпорындарына, тексеру мақсатында қызметтік куәлікті көрсету арқылы кедергісіз кіруге, ал ведомстволық білім беру ұйымдарына - оларға кірудің белгіленген режимін ескере отырып кіруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) тексеруді жүргізу кезінде кез келген қажетті ақпаратты сұратып алуға, тексеру нысанасына жататын құжаттардың түпнұсқаларымен танысуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Білім беру саласындағы мемлекеттік бақылауды жүзеге асыратын лауазымды адамдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) Қазақстан Республикасының заңнамаларын, білім беру қызметі субъектілерінің құқықтары мен заңды мүдделерін сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) тексерулерді осы Заң және Қазақстан Республикасының өзге де нормативтік құқықтық актілері негізінде және оларда белгіленген тәртіпке қатаң сәйкестікте жүргізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) тексеру жүргізу кезеңінде білім беру ұйымдарының белгіленген жұмыс режиміне кедергі келтірмеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) Қазақстан Республикасының білім беру саласындағы заңнамаларымен белгіленген талаптарын бұзушылықтардың алдын алу оларды анықтау және болдырмау жөніндегі Қазақстан Республикасы заңдарына сәйкес берілген өкілеттілікті уақтылы және толық көлемде</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      орындауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) білім беру ұйымына тексеру нәтижелері туралы актіні оны аяқтаған күні беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) алынған құжаттар мен тексеру нәтижесінде алынған мәліметтердің сақталуын қамтамасыз етуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Білім беру саласындағы мемлекеттік бақылауды жүзеге асыратын лауазымды адамдардың іс-әрекетіне (шешімдеріне) және іс-әрекеттер жасау (шешімдерді қабылдау) үшін негіздеме болған ақпаратқа мүдделі адамдар жоғары тұрған лауазымды адамға және (немесе) сотқа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId355" w:anchor="z221" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>шағымдануы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 60-бапқа өзгеріс енгізілді - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId356" w:anchor="319" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9-тарау. БІЛІМ БЕРУ ЖҮЙЕСІН ҚАРЖЫЛЫҚ ҚАМТАМАСЫЗ ЕТУ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>61-бап. Қаржыландыру жүйесі, принциптері мен көздері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім беруді қаржыландыру жүйесі - республикалық және жергілікті бюджеттердің, басқа да кіріс көздерінің жиынтығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім беруді қаржыландыру жүйесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) тиімділік пен нәтижелілік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) басымдық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) айқындылық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) жауаптылық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      5) бюджеттердің барлық деңгейлерінің ара жігін ажырату мен дербестік принциптеріне негізделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Білім беру жүйесі қаржыландыру көздері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) мемлекеттік білім беру мекемелерін ұстауды бюджеттік қаржыландыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) мемлекеттік білім беру тапсырысын бюджеттік қаржыландыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) Қазақстан Республикасының заңнамасына қайшы келмейтін ақылы қызметтер көрсетуден түскен кірістер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) қаржылық ұйымдардың кредиттері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) қайырымдылық көмек, өтемсіз аударымдар мен қайырмалдықтар, гранттар, құрылтайшылардың (қатысушылардың) салымдары болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Республикалық және жергілікті бюждеттердің қаражаты жоғары және жоғары оқу орнынан кейінгі білімі бар мамандарды даярлауға мемлекеттік білім беру тапсырысын қаржыландыру көздері болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 61-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId357" w:anchor="438" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId358" w:anchor="320" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId359" w:anchor="86" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 403-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.05.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId360" w:anchor="218" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 60-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.07.2017 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>62-бап. Білім беру ұйымдарын мемлекеттік қаржыландыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Мемлекет білім берудің басымдығын ескере отырып оған бюджеттік қаражаттардың бөлінуін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мемлекеттік білім беру ұйымдарын қаржыландыру білім беру деңгейлері бойынша мемлекеттік жалпыға міндетті білім беру стандарттарымен белгіленген талаптар және Қазақстан Республикасының заңнамасымен айқындалатын нормалар негізінде бюджеттік қаражаттар есебінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттік білім беру мекемелерін бюджеттік қаражаттар есебінен қаржыландыру мекемелердің мемлекеттік жалпыға міндетті білім беру стандарттарына сәйкес ұсталуын және функцияларды орындауын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Мемлекеттік білім беру кәсіпорындарын, басқа да ұйымдық-құқықтық нысандағы білім беру ұйымдарын қаржыландыру мемлекеттік білім тапсырысы негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік білім беру тапсырысына байланысты қызметтердің тізбесін білім беру саласындағы уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-1. Мектепке дейінгі тәрбие мен оқытуды, техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білім беруді (ведомстволық білім беру ұйымдарын қоспағанда) қаржыландыру көлемі жан басына шаққандағы қаржыландыру нормативі бойынша анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-2. Жергілікті атқарушы органдар жергілікті бюджеттерде мүмкіндік болған кезде, меншік нысанына қарамастан, орта білім беру ұйымдарында мемлекеттік білім беру тапсырысын орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын жеке меншік білім беру ұйымдарындағы мемлекеттік білім беру тапсырысы бойынша бір оқушыға жұмсалатын шығыстардың орташа құны бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын мемлекеттік білім беру ұйымдарындағы бір оқушыға жұмсалатын шығыстар құнынан жоғары болмауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Білікті жұмысшылар мен мамандарды даярлауға, біліктілігін арттыруға және қайта даярлауға мемлекеттік білім беру тапсырысы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) мамандарды даярлау бағыттарын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) оқыту нысандары бойынша мемлекеттік білім беру тапсырысының көлемін (орындар, гранттар санын);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) бір маманды оқытуға жұмсалатын шығыстардың орташа құнын қамтуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік білім беру мекемелерінде техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білімі бар мамандарды даярлауға мемлекеттік білім беру тапсырысын орналастыру кезінде бюджеттік бағдарламаның әкімшісі және білім беру ұйымының атауы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Мемлекеттік білім беру тапсырысына сонымен қатар осы Заңның 65-бабының 4-тармағында көзделген тәртіппен құрылған оқу орындарында және (немесе) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>олардың филиалдарында мамандарды даярлау, сондай-ақ жоғары оқу орындарының дайындық бөлімдерінде шетелдіктер мен азаматтығы жоқ адамдарды оқыту енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z638"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5-1-тармақ жаңа редакцияда көзделген - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId361" w:anchor="z321" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2020 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5-1-тармақтың бұл редакциясы 01.01.2017 бастап 01.01.2020 дейін қолданыста болады - ҚР 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId362" w:anchor="z414" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5-1. Білім беру грантының негізінде жоғары білімі бар кадрлар даярлауды қаржыландыру, әскери, арнаулы оқу орындарын қоспағанда, білім беру сапасын қамтамасыз ету жөніндегі халықаралық еуропалық желілердің толық мүшелері болып табылатын және білім беру саласындағы уәкілетті органның тізіліміне енгізілген шетелдік немесе ұлттық аккредиттеу органдарында халықаралық аккредиттеуден өткен білім беру ұйымдарында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру тапсырысының негізінде жоғары оқу орнынан кейінгі білімі бар кадрлар даярлауды қаржыландыру, әскери, арнаулы оқу орындарын қоспағанда, білім беру сапасын қамтамасыз ету жөніндегі халықаралық еуропалық желілердің толық мүшелері болып табылатын, білім беру саласындағы уәкілетті органның тізіліміне енгізілген шетелдік немесе ұлттық аккредиттеу органдарында халықаралық аккредиттеуден өткен білім беру ұйымдарында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Мектепке дейінгі тәрбие мен оқыту ұйымдарында орналастырылатын мемлекеттік білім беру тапсырысы тәрбиеленушілер санын және бір тәрбиеленушіге жұмсалатын шығыстардың орташа құнын қамтуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-1. Орта білім беру ұйымдарында орналастырылатын мемлекеттік білім беру тапсырысы білім алушылардың санын және бір оқушыға жұмсалатын шығыстардың орташа құнын қамтуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Білім беру жүйесін оқу-әдістемелік қамтамасыз ету бойынша мемлекеттік білім беру тапсырысын ұстауға қойылатын талаптарды білім беру саласындағы уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Жоғары білім беруді қаржыландыруға мемлекеттік білім беру тапсырысы білім беру гранттары түрінде мамандыққа, оқу орнының түрі мен мәртебесіне қарай саралана отырып орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жоғары және жоғары оқу орнынан кейінгі білім берудің кәсіптік оқу бағдарламаларын іске асыратын білім беру ұйымдарының ақылы негізде бір білім алушыға жұмсалатын шығындары білім беру грантының немесе мемлекеттік білім беру тапсырысының мөлшерінен кем болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 62-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId363" w:anchor="440" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-ІV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId364" w:anchor="457" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>2-баптан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қараңыз); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId365" w:anchor="412" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.07.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId366" w:anchor="40" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 88-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00623BC0">
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>63-бап. Білім беру ұйымдарының ақылы негізде тауарлар (жұмыстар, қызметтер көрсету) ұсынуы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Білім алушылар мен тәрбиеленушілерге білім беру ұйымдары бюджет қаражаттары есебінен көрсететін білім беру қызметтері тегін ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мемлекеттiк бiлiм беру мекемелерiне:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) бiлiм алушылар мен тәрбиеленушiлерге мемлекеттiк жалпыға мiндеттi бiлiм беру стандарттары шеңберiнде ақылы негiзде бiлiм беру қызметтерiн көрсетуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) осы Заңның 63-бабының 3-тармағында көзделген жағдайларды қоспағанда, оқушылардан және педагог қызметкерлерден ақшаны өндіріп алуға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Өнер мамандығы бойынша жоғары білімнің білім беру бағдарламаларын, сондай-ақ техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын мемлекеттік білім беру мекемелері бюджеттік қаражаттар есебінен көрсетілетін білім беру қызметтерінің көлемдерінен тыс ақылы негізде білім беру қызметтерін ұсынуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттік білім беру мекемелері мемлекеттік жалпыға міндетті білім беру стандарттарының талаптарынан тыс, ақылы қызметтер көрсету туралы шартты жасай отырып, ақылы негізде мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1) қосымша білім беру бағдарламаларын (балалар және жасөспірімдер шығармашылығын, спорт, мәдениет және өнер саласындағы бейімділіктер мен қызығушылықтарды дамыту, мамандардың біліктілігін арттыру) іске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) оқу жоспары мен бағдарламалары бойынша бөлінген оқу уақытынан пәндер (сабақтар және сабақтардың циклдері) бойынша жекелеген білім алушылармен қосымша сабақтар ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) пәндер (сабақтар және сабақтардың циклдері) бойынша білім алушылармен ғылым негіздерін тереңдетіп оқып үйренуді ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) білім алушылар мен тәрбиеленушілер, педагог қызметкерлер мен ересек жұртшылық арасында әр түрлі: спорт жарыстарын, семинарлар, кеңестер, конференциялар, сондай-ақ оқу-әдістемелік әдебиетті әзірлеу мен өткізу жөніндегі іс-шаралар ұйымдастыру және өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) музыка аспаптарын пайдалануға беру және Интернет-байланыстың қосымша қызметтерін ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) жазғы демалысты ұйымдастыру, білім алушылар мен тәрбиеленушілердің, білім беру ұйымында өткізілетін түрлі іс-шараларға қатысушылардың тамақтануын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) энергия қондырғылары мен қазандықтар беретін жылу энергиясын жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) кәсіптік білім беруді ұйымдастыру (білікті жұмысшы кадрлар мен орта буын мамандарын қайта даярлау және олардың біліктілігін арттыру);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) оқу-өндірістік шеберханалардың, оқу шаруашылықтарының, оқу-тәжірибе учаскелерінің өнімдерін өндіру мен өткізуді ұйымдастыру бойынша тауарларды (жұмыстарды, қызметтер көрсетуді) беруге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Мемлекеттік білім беру мекемелері ақылы негізде ұсынатын тауарларға (жұмыстарға және қызметтер көрсетуге) бағалар Қазақстан Республикасының заңнамасында белгіленген тәртіппен бекітілуге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Жеке меншік білім беру ұйымдары ақылы негізде тауарларды (жұмыстарды және қызметтер көрсетуді) өткізуден, оның ішінде мемлекеттік жалпыға міндетті білім беру стандарттарының шеңберінде оқытудан түскен кірістерді, құрылтайшылардың қаражаттарын және заңнамамен тыйым салынбаған басқа да қаржыландыру көздерін дербес пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Ақылы негізде қызметтер көрсететін білім беру ұйымдарының және білім алушының (тәрбиеленушінің), оның ата-анасының немесе өзге де заңды өкілдердің өзара қатынастары шартпен реттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім алушы шарт жасасу кезінде бүкіл оқу кезеңіне шығыстарды бір мезгілде төлеген жағдайда төлем сомасы оқу мерзімі аяқталғанға дейін өзгермейтін болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Оқуға төлемді кезең-кезеңмен төлеген ретте төлем сомасы жалақының ұлғаюы жағдайында және инфляция индексі ескеріле отырып, жылына бір реттен жиі емес өзгертілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> от 11.07.2017 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t>      Ескерту. 63-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId367" w:anchor="446" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 91-VI </w:t>
+          <w:t>№ 487-ІV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...484 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 19.05.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId368" w:anchor="39" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-IV</w:t>
+          <w:t>№ 315-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
-[...1661 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId369" w:anchor="322" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 398-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00623BC0">
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 5. Компетенция уполномоченного органа в области образования</w:t>
-[...227 lines deleted...]
-    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+        <w:t>64-бап. Білім беру ұйымдарының материалдық-техникалық базасын дамыту</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Мемлекеттік білім беру ұйымдарының материалдық-техникалық базасын жасау және дамыту бюджет қаражаттары, ақылы негізде көрсетілетін қызметтерден түскен кірістер, Қазақстан Республикасының заңнамасымен тыйым салынбаған өзге де көздер есебінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім беру ұйымдарының Қазақстан Республикасының заңнамасымен айқындалатын тәртіппен мүліктерге иелік ету және пайдалану құқығы бар. Білім беру ұйымының мемлекеттік мүлкі алып қойылуға немесе білім беру ұйымының негізгі міндеттеріне қайшы келетін мақсаттарда пайдаланылуға тиіс емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Білім беру ұйымдарын жекешелендіру "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңына сәйкес және білім беру саласындағы уәкілетті органмен келісім бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4. Конкурстық негізде "Орта білім беретін үздік ұйым" грантын алған мемлекеттік орта білім беру мекемелері грантты материалдық-техникалық және ғылыми-әдістемелік жағынан білім беру процесін қамтамасыз етуге жұмсайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      </w:t>
-[...15 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t>      Ескерту. 64-бапқа өзгерту енгізілді - ҚР 2011.03.01 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId370" w:anchor="319" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 398-V</w:t>
+          <w:t>N 414-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
-[...124 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі), 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId371" w:anchor="453" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-IV</w:t>
+          <w:t>№ 487-ІV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00623BC0">
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
-[...225 lines deleted...]
-    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10-тарау. БІЛІМ БЕРУ САЛАСЫНДАҒЫ ХАЛЫҚАРАЛЫҚ ҚЫЗМЕТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>65-бап. Халықаралық ынтымақтастық және сыртқы экономикалық қызмет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Қазақстан Республикасының білім беру саласындағы халықаралық ынтымақтастығы Қазақстан Республикасының заңнамасы және Қазақстан Республикасының халықаралық шарттары негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім беру ұйымының өз жұмысының ерекшеліктеріне сәйкес шетелдік білім беру, ғылым және мәдениет ұйымдарымен, халықаралық ұйымдармен және қорлармен тікелей байланыстар орнатуға, ынтымақтастық туралы екі жақтан және көп жақты шарттар жасасуға, студенттер, магистранттар, докторанттар, педагог және ғылыми қызметкерлер алмасудың халықаралық бағдарламаларына қатысуға, білім беру саласындағы халықаралық үкіметтік емес ұйымдарға (қауымдастықтарға) кіруге құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Әскери және арнаулы оқу орындарының халықаралық шарттар мен келiсiмшарттарға сәйкес шетелдiк азаматтардың қатарынан мамандар даярлауды жүзеге асыруға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымдары Қазақстан Республикасының заңнамасында және білім беру ұйымдарының жарғысында айқындалған тәртіппен сыртқы экономикалық қызметпен айналысуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Қазақстан Республикасы білім беру ұйымдарының халықаралық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ынтымақтастықты жүзеге асыру тәртібін білім беру саласындағы уәкілетті орган белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Қазақстан Республикасында халықаралық және шетелдік оқу орындарын және (немесе) олардың филиалдарын құру халықаралық шарттардың негізінде немесе Қазақстан Республикасы Үкіметінің шешімі бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Халықаралық мектеп мәртебесін беру Қазақстан Республикасы Үкіметінің шешімі бойынша, ол айқындаған тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Халықаралық оқу орындарының және Қазақстан Республикасының аумағында басқа мемлекеттер немесе олардың заңды және жеке тұлғалары оқу орындарының, олардың филиалдарының білім беру қызметін лицензиялау, сондай-ақ оларды мемлекеттік аттестаттау мен аккредиттеу, Қазақстан Республикасы ратификациялаған халықаралық шарттарда өзгеше көзделмесе, Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      </w:t>
-[...15 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t>      Ескерту. 65-бапқа өзгеріс енгізілді - ҚР 2012.01.09 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId372" w:anchor="209" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 398-V</w:t>
+          <w:t>№ 535-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
-[...873 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.07.15 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId373" w:anchor="952" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-IV</w:t>
+          <w:t>N 461-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
-[...946 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t> (2012.01.30 бастап қолданысқа енгізіледі), 2012.02.13 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId374" w:anchor="659" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 159-V</w:t>
+          <w:t>N 553-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00623BC0">
+        <w:t>(алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-    </w:p>
-[...77 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00623BC0">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>66-бап. Шет елдегі қазақ диаспорасының білім алу қажеттіліктерін қанағаттандыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Қазақстан Республикасының азаматтары болып табылмайтын ұлты қазақ адамдардың Қазақстан Республикасында білім алуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мемлекет шет елдегі қазақ диаспорасының білім алу қажеттіліктерін қанағаттандыруға жәрдемдеседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Шет елдегі қазақ диаспорасы үшін білім беру ұйымдарын құру және оған қаржылық-материалдық көмек көрсету халықаралық шарттарда белгіленген тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>11-тарау. ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ БІЛІМ БЕРУ САЛАСЫНДАҒЫ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ЗАҢНАМАСЫН БҰЗҒАНЫ ҮШІН ЖАУАПТЫЛЫҚ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>67-бап. Қазақстан Республикасының білім беру саласындағы заңнамасын бұзғаны үшін жауаптылық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының білім беру саласындағы заңнамасын бұзу Қазақстан Республикасының заңдарына сәйкес жауаптылыққа әкеп соғады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>68-бап. Осы Заңның қолданысқа енгізілуі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Осы Заң, 2008 жылғы 1 қаңтардан бастап қолданысқа енгізілетін 8-баптың 2-тармағының екінші бөлігін, 52-баптың 6-тармағының екінші абзацын, 7-тармағы 1) тармақшасының екінші және бесінші абзацтарын, 8-тармағының 2), 3) тармақшаларын және 53-баптың 3-тармағының 1), 3) тармақшаларын қоспағанда, алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткеннен кейін қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Бiлiм беру ұйымдарына осы Заң қолданысқа енгiзiлгенге дейiн тиісті оқу мерзімдерімен оқуға түскен адамдар оқуға түскен кезде қолданыста болған бiлiм беру бағдарламалары бойынша оқуын бiтiрiп, оларға оқуға түскен кезде қолданыста болған бiлiм туралы белгiленген үлгiдегi құжат берiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. "Білім туралы" 1999 жылғы 7 маусымдағы Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId375" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="006068BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Заңының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (Қазақстан Республикасы Парламентінің Жаршысы 1999 ж., N 13, 429-құжат; N 23, 927-құжат; 2001 ж., N 13-14, 173-құжат; N 24, 338-құжат; 2004 ж., N 18, 111-құжат; N 23, 142-құжат; 2006 ж., N 1, 5-құжат; N 3, 22-құжат; N 12, 71-құжат; N 15, 92-құжат; 2007 ж., N 2, 18-құжат; N 9, 67-құжат) күші жойылды деп танылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      33) исключен Законом РК от 24.10.2011 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+        <w:t>      Ескерту. 68-бапқа өзгерту енгізілді - ҚР 2011.10.24 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId376" w:anchor="455" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-IV</w:t>
+          <w:t>№ 487-ІV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00623BC0">
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006068BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
-[...150 lines deleted...]
-    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9225" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8919"/>
+        <w:gridCol w:w="306"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidTr="006068BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006068BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006068BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Президенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00623BC0">
-[...24 lines deleted...]
-        <w:r w:rsidRPr="00623BC0">
+      <w:r w:rsidRPr="006068BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId377" w:anchor="header" w:history="1">
+        <w:r w:rsidRPr="006068BA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:bdr w:val="single" w:sz="6" w:space="0" w:color="CFCFCF" w:frame="1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 36-V</w:t>
+          <w:t> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00623BC0">
-[...3931 lines deleted...]
-    <w:sectPr w:rsidR="00000E27" w:rsidRPr="00623BC0">
+    </w:p>
+    <w:p w:rsidR="00000E27" w:rsidRDefault="00000E27" w:rsidP="006068BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00000E27">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -13587,53 +46849,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="018873F4"/>
+    <w:nsid w:val="14746B80"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="579A3AC0"/>
+    <w:tmpl w:val="D37CCC40"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -13736,53 +46998,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0A1F7C9C"/>
+    <w:nsid w:val="16167CF4"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8AEE5D6E"/>
+    <w:tmpl w:val="FB6A9F7A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -13885,53 +47147,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="12904649"/>
+    <w:nsid w:val="241B5B5B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="2E26B64A"/>
+    <w:tmpl w:val="0AB63D14"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -14034,53 +47296,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="1AFF6CD1"/>
+    <w:nsid w:val="2FC02064"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A3D0F9D4"/>
+    <w:tmpl w:val="C57E0C9E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -14183,53 +47445,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="31071AD1"/>
+    <w:nsid w:val="37BD7ED2"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D0A84F6A"/>
+    <w:tmpl w:val="49F0E81E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -14332,53 +47594,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="43DA488F"/>
+    <w:nsid w:val="3F450538"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="C9F2D098"/>
+    <w:tmpl w:val="B914C35C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -14481,53 +47743,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="45AF0C33"/>
+    <w:nsid w:val="4A25371A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="7B4462AA"/>
+    <w:tmpl w:val="1AF81396"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -14630,53 +47892,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="47B51C19"/>
+    <w:nsid w:val="78BC2415"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5E9E6030"/>
+    <w:tmpl w:val="072ECD42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -14779,53 +48041,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="49F57AA2"/>
+    <w:nsid w:val="7CB62E1F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="DD8E1162"/>
+    <w:tmpl w:val="1DB06E5C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -14927,704 +48189,95 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
-[...594 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="9"/>
-[...11 lines deleted...]
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00623BC0"/>
+    <w:rsidRoot w:val="006068BA"/>
     <w:rsid w:val="00000E27"/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -15774,267 +48427,267 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="icon">
     <w:name w:val="icon"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -16166,743 +48819,572 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="icon">
     <w:name w:val="icon"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00623BC0"/>
+    <w:rsid w:val="006068BA"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1870751075">
+    <w:div w:id="722751549">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1212427457">
+        <w:div w:id="1331714919">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1316569061">
+            <w:div w:id="1362583288">
               <w:marLeft w:val="150"/>
               <w:marRight w:val="150"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="2076513720">
+                <w:div w:id="1117338473">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="341664114">
+                    <w:div w:id="1100566832">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1048070265">
+            <w:div w:id="992414020">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="75"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1222323617">
+            <w:div w:id="1177109569">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="598682879">
+                <w:div w:id="683286839">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1670789134">
+                    <w:div w:id="1885676348">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="2097630575">
+                    <w:div w:id="109394584">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1780107043">
+                        <w:div w:id="1711416544">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="2032343061">
+                        <w:div w:id="770201533">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="854155759">
+                    <w:div w:id="806314186">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="608315760">
+                        <w:div w:id="333336089">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="1065031112">
+                    <w:div w:id="1099639452">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1369375775">
+            <w:div w:id="1345089506">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="138425384">
+                <w:div w:id="954285497">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="225"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1953171682">
+                    <w:div w:id="341011792">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1765110739">
+                    <w:div w:id="1206327869">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1586844049">
+                <w:div w:id="211037028">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="225"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="1934895656">
+                <w:div w:id="719326087">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="290400511">
+            <w:div w:id="1260990232">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="150"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="2040814043">
-[...169 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000337" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000372" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1700000058" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000419" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000315" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1700000060" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000553" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1700000060" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000175" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1700000088" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000258_" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_/z070319.htm" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000419" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1700000088" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000535" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1700000088" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1700000091" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200007547" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000130" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010195" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000088" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000058" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013420" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000553" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000111_" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000553" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000130" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000175" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1100007355" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000068" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_/z319.3.htm" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000060" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000337" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000111_" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013735" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000337" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000029" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000337" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013088" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000088" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000093" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000315" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000088" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013594" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_/z070319_.htm" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000553" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000395" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_/z319.4.htm" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000372" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000161" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000395" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000337" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000337" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013182" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000403" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000029" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_/z319.2.htm" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000414" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000419" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000093" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_/z319.4.htm" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000060" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_/z319.3.htm" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013306" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000059" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000121" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000535" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V090005750_" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000258_" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013445" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000060" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000372" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000535" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000029" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000337" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000084" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000553" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013038" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008676" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000419" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000276" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000337" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000130" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000315" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000088" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000060" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000080" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000435" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V100006331_" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000553" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013409" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000088" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000395" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000091" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000478" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000376" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000389_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000414" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000421" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000315" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000535" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008890" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000421" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000058" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013420" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z000000107_" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000395" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -17150,51 +49632,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>66155</Characters>
+  <Pages>68</Pages>
+  <Words>41105</Words>
+  <Characters>234303</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>551</Lines>
-  <Paragraphs>155</Paragraphs>
+  <Lines>1952</Lines>
+  <Paragraphs>549</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>77605</CharactersWithSpaces>
+  <CharactersWithSpaces>274859</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Head</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>