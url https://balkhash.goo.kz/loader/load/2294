--- v0 (2025-12-08)
+++ v1 (2026-01-01)
@@ -1,1258 +1,903 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00663E2A" w:rsidRDefault="00663E2A" w:rsidP="00663E2A">
-[...20 lines deleted...]
-        <w:contextualSpacing/>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D5220C">
+      <w:r w:rsidRPr="00874DC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">Информация о </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk498430135"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мероприятии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00874DC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Жасөспірім қыздардың табиғаты»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRPr="00874DC5" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В школе  проведено мероприятие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00663E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>«Жасөспірім қыздардың табиғаты»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...52 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с ученицами 6-11 классов. Цель: расширить знания о здоровом образе жизни, вредных привычках, влияющих на здоровье людей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Психологический тренинг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.Настрой </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.Упражнение «Сілкіп таста» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.Виде</w:t>
+      </w:r>
       <w:r w:rsidRPr="00663E2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Жасөспірім қыздардың табиғаты»</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> ж</w:t>
+        <w:t>о-ролик</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRPr="00663E2A" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. Советы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00663E2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> н</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Доклад </w:t>
       </w:r>
       <w:r w:rsidRPr="00663E2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ашақорлықтың алдын алу</w:t>
-[...161 lines deleted...]
-        </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="003C1277">
-[...94 lines deleted...]
-    <w:p w:rsidR="00211934" w:rsidRDefault="003C1277" w:rsidP="00CE703F">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Наркомания и ее последствия»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2880360</wp:posOffset>
+              <wp:posOffset>-108585</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>2445385</wp:posOffset>
+              <wp:posOffset>1947545</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2514600" cy="1414145"/>
-[...64 lines deleted...]
-            <wp:extent cx="2381250" cy="1352550"/>
+            <wp:extent cx="2438400" cy="1371600"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="5" name="Рисунок 4" descr="C:\Users\абылай\Downloads\IMG-20171110-WA0012.jpg"/>
-[...259 lines deleted...]
-            <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\абылай\Downloads\IMG-20171110-WA0014.jpg"/>
+            <wp:docPr id="11" name="Рисунок 3" descr="C:\Users\абылай\Downloads\IMG-20171110-WA0014.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\абылай\Downloads\IMG-20171110-WA0014.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
+                    <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2438400" cy="1371600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00CE703F">
-[...183 lines deleted...]
-    <w:sectPr w:rsidR="003C1277" w:rsidSect="00663E2A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2844165</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>175895</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2487930" cy="1409700"/>
+            <wp:effectExtent l="19050" t="0" r="7620" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="10" name="Рисунок 2" descr="C:\Users\абылай\Downloads\IMG-20171110-WA0015.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\абылай\Downloads\IMG-20171110-WA0015.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2487930" cy="1409700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-89535</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>233045</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2381250" cy="1352550"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="9" name="Рисунок 4" descr="C:\Users\абылай\Downloads\IMG-20171110-WA0012.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\абылай\Downloads\IMG-20171110-WA0012.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2381250" cy="1352550"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2920365</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1909445</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2514600" cy="1409700"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="8" name="Рисунок 1" descr="C:\Users\абылай\Downloads\IMG-20171110-WA0016.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\абылай\Downloads\IMG-20171110-WA0016.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2514600" cy="1409700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404D8C" w:rsidRDefault="00404D8C" w:rsidP="00404D8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CC4C58" w:rsidRPr="00404D8C" w:rsidRDefault="00CC4C58">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00CC4C58" w:rsidRPr="00404D8C">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="851" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...3 lines deleted...]
-    <w:notTrueType/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...95 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:useFELayout/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00663E2A"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00E61B96"/>
+    <w:rsidRoot w:val="00404D8C"/>
+    <w:rsid w:val="00404D8C"/>
+    <w:rsid w:val="00CC4C58"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -1359,188 +1004,90 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002714ED"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...78 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1574,86 +1121,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -1789,66 +1334,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>91</Words>
-  <Characters>520</Characters>
+  <Words>59</Words>
+  <Characters>338</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Microsoft</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>610</CharactersWithSpaces>
+  <CharactersWithSpaces>396</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>абылай</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>admin</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>